--- v0 (2025-10-26)
+++ v1 (2026-02-05)
@@ -20,75 +20,75 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20406"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MA197421\OneDrive - PGA\Desktop\Documentos a alterar_Qualidade\Sílvia\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SB197922\OneDrive - PGA\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="38" documentId="13_ncr:1_{6B7022C9-A92E-46AB-B906-668ADA37EA49}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{F9FC25A7-C10B-4FCB-ADCA-9D84D4F7903E}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A3CF92B-E5B5-4362-9716-5025BC6FE688}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CBB8" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10905" firstSheet="7" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="7" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Branco" sheetId="24" state="hidden" r:id="rId1"/>
     <sheet name="Terceira" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Pico" sheetId="3" state="hidden" r:id="rId3"/>
     <sheet name="Faial" sheetId="4" state="hidden" r:id="rId4"/>
     <sheet name="Graciosa" sheetId="5" state="hidden" r:id="rId5"/>
     <sheet name="S. Jorge" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Folha1" sheetId="7" state="hidden" r:id="rId7"/>
     <sheet name="70-19" sheetId="25" r:id="rId8"/>
     <sheet name="Branco (3)" sheetId="26" state="hidden" r:id="rId9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="7">'70-19'!$A$1:$AC$75</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">'70-19'!$A$1:$AC$74</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Branco!$A$1:$AA$82</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Branco (3)'!$A$1:$AA$81</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Faial!$A$1:$AA$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Graciosa!$A$1:$AA$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Pico!$A$1:$AA$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'S. Jorge'!$A$1:$AA$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Terceira!$A$1:$AA$64</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'70-19'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Branco!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'Branco (3)'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="146">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
@@ -580,70 +580,72 @@
   <si>
     <t>Nº ordem</t>
   </si>
   <si>
     <t>Id. amostra</t>
   </si>
   <si>
     <t>LABORATÓRIO REGIONAL DE VETERINÁRIA                                                                                  Folha de Requisição de Análises</t>
   </si>
   <si>
     <t>ENTIDADE A FATURAR</t>
   </si>
   <si>
     <t>Data e hora da colheita:</t>
   </si>
   <si>
     <t>Consultar a lista de análises realizadas e as condições gerais dos serviços analíticos disponiveis no LRV ou no portal online</t>
   </si>
   <si>
     <t>O requisitante (Nome legível):</t>
   </si>
   <si>
     <t>Tomei conhecimento da lista de análises realizadas e das condições gerais dos serviços analíticos.</t>
   </si>
   <si>
-    <t>a. O teste de Gestação deverá ser utilizado a partir dos 28 dias após inseminação/cobrição e a partir dos 60 dias após o parto.</t>
+    <t>PESQUISA DE GLICOPROTEÍNAS ASSOCIADAS À GESTAÇÃO</t>
   </si>
   <si>
-    <t>b. Na interpretação dos resultados, considera-se que a inseminação/cobrição foi realizada há mais de 28 dias e o parto acorreu há mais de 60 dias, após colheita da amostra.</t>
+    <t>b. Na interpretação dos resultados, considera-se que: no leite — inseminação/cobrição há mais de 28 dias (bovinos e caprinos), 35 dias (ovinos); parto há mais de 50 dias (bovinos), 80 dias (ovinos e caprinos).
+No sangue/soro — inseminação/cobrição há mais de 28 dias (bovinos, caprinos), 35 dias (ovinos); parto há mais de 60 dias nos bovinos, sem restrições para ovinos e caprinos.</t>
   </si>
   <si>
-    <t>Mod.70-19/05</t>
+    <t>a. O teste de gestação deverá ser realizado: no leite 28 dias após inseminação/cobrição em bovinos e caprinos, 35 dias em ovinos; Após o parto, 50 dias em bovinos e 80 dias em ovinos e caprinos; 
+No sangue/soro deverá ser realizado: 28 dias após inseminação/cobrição em bovinos e caprinos, 35 dias em ovinos; Após o parto, 60 dias, sem restrições para ovinos e caprinos.</t>
   </si>
   <si>
-    <t>PESQUISA DE GLICOPROTEÍNAS ASSOCIADAS À GESTAÇÃO</t>
+    <t>Mod.70-19/06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/dd/mm"/>
   </numFmts>
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="7"/>
       <name val="Arial"/>
@@ -738,50 +740,56 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -958,1805 +966,1498 @@
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="487">
+  <cellXfs count="400">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0" hidden="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...422 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...114 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...342 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection hidden="1"/>
-[...90 lines deleted...]
-      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...34 lines deleted...]
-      <protection locked="0" hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hiperligação" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -3874,197 +3575,163 @@
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="361949" y="76200"/>
           <a:ext cx="1152525" cy="923925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -4229,23685 +3896,23145 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaifhorta@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaifhorta@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contrasteleiteiro2006@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.drag@azores.gov.pt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaitcontraste@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Contraste.18.Graciosa@azores.gov.pt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaifhorta@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Contraste.18.Graciosa@azores.gov.pt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contrasteleiteiro2006@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.drag@azores.gov.pt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaitcontraste@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Contraste.18.Graciosa@azores.gov.pt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaifhorta@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contrasteleiteiro2006@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contrasteleiteiro2006@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.drag@azores.gov.pt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaitcontraste@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Contraste.18.Graciosa@azores.gov.pt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaitcontraste@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contrasteleiteiro2006@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaitcontraste@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contrasteleiteiro2006@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaip@mail.telepac.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:CF86"/>
+  <dimension ref="A1:BD86"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" view="pageBreakPreview" topLeftCell="A55" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="M98" sqref="M98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="29" max="29" width="10.7109375" style="50" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="6.28515625" style="21" customWidth="1"/>
+    <col min="4" max="6" width="3.28515625" style="21" customWidth="1"/>
+    <col min="7" max="7" width="5.85546875" style="21" customWidth="1"/>
+    <col min="8" max="8" width="1.140625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="7" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.7109375" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="2.140625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="2" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="3.5703125" style="21" customWidth="1"/>
+    <col min="26" max="26" width="5.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="16.42578125" style="21" customWidth="1"/>
+    <col min="28" max="28" width="10.7109375" style="21" customWidth="1"/>
+    <col min="29" max="29" width="10.7109375" style="21" hidden="1" customWidth="1"/>
     <col min="30" max="33" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="36" max="36" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="37" max="52" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="53" max="53" width="0.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="54" max="54" width="1" style="1" hidden="1" customWidth="1"/>
     <col min="55" max="55" width="0.7109375" style="1" hidden="1" customWidth="1"/>
-    <col min="56" max="56" width="3.28515625" style="49" hidden="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="85" max="16384" width="3.28515625" style="1"/>
+    <col min="56" max="56" width="3.28515625" style="1" hidden="1" customWidth="1"/>
+    <col min="57" max="80" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="81" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:39" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="342" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="275" t="s">
         <v>104</v>
       </c>
-      <c r="K1" s="342"/>
-[...17 lines deleted...]
-      <c r="AC1" s="85"/>
+      <c r="K1" s="275"/>
+      <c r="L1" s="275"/>
+      <c r="M1" s="275"/>
+      <c r="N1" s="275"/>
+      <c r="O1" s="275"/>
+      <c r="P1" s="275"/>
+      <c r="Q1" s="275"/>
+      <c r="R1" s="275"/>
+      <c r="S1" s="275"/>
+      <c r="T1" s="275"/>
+      <c r="U1" s="275"/>
+      <c r="V1" s="275"/>
+      <c r="W1" s="275"/>
+      <c r="X1" s="275"/>
+      <c r="Y1" s="275"/>
+      <c r="Z1" s="275"/>
+      <c r="AA1" s="276"/>
+      <c r="AB1" s="74"/>
+      <c r="AC1" s="74"/>
     </row>
     <row r="2" spans="2:39" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
     </row>
     <row r="3" spans="2:39" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>88</v>
       </c>
-      <c r="C3" s="344"/>
-[...12 lines deleted...]
-      <c r="P3" s="345"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
+      <c r="O3" s="277"/>
+      <c r="P3" s="278"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
-      <c r="AB3" s="86"/>
-      <c r="AC3" s="86"/>
+      <c r="AB3" s="75"/>
+      <c r="AC3" s="75"/>
       <c r="AE3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...14 lines deleted...]
-      <c r="Q4" s="330" t="s">
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
+      <c r="O4" s="277"/>
+      <c r="P4" s="278"/>
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...10 lines deleted...]
-      <c r="AC4" s="103"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
+      <c r="AB4" s="45"/>
+      <c r="AC4" s="45"/>
       <c r="AE4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:39" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
-      <c r="E5" s="347" t="s">
+      <c r="E5" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F5" s="347"/>
-[...7 lines deleted...]
-      <c r="N5" s="347"/>
+      <c r="F5" s="282"/>
+      <c r="G5" s="282"/>
+      <c r="H5" s="282"/>
+      <c r="I5" s="282"/>
+      <c r="J5" s="282"/>
+      <c r="K5" s="282"/>
+      <c r="L5" s="282"/>
+      <c r="M5" s="282"/>
+      <c r="N5" s="282"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...10 lines deleted...]
-      <c r="AC5" s="109"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
+      <c r="AB5" s="17"/>
+      <c r="AC5" s="17"/>
     </row>
     <row r="6" spans="2:39" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="320" t="s">
+      <c r="B6" s="224" t="s">
         <v>92</v>
       </c>
-      <c r="C6" s="320"/>
-[...13 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="C6" s="224"/>
+      <c r="D6" s="224"/>
+      <c r="E6" s="224"/>
+      <c r="F6" s="224"/>
+      <c r="G6" s="224"/>
+      <c r="H6" s="224"/>
+      <c r="I6" s="224"/>
+      <c r="J6" s="224"/>
+      <c r="K6" s="224"/>
+      <c r="L6" s="224"/>
+      <c r="M6" s="224"/>
+      <c r="N6" s="224"/>
+      <c r="O6" s="224"/>
+      <c r="P6" s="225"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...10 lines deleted...]
-      <c r="AC6" s="109"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
+      <c r="AB6" s="17"/>
+      <c r="AC6" s="17"/>
     </row>
     <row r="7" spans="2:39" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="348" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="223" t="s">
         <v>85</v>
       </c>
-      <c r="R7" s="349"/>
-[...20 lines deleted...]
-      <c r="AM7" s="379"/>
+      <c r="R7" s="224"/>
+      <c r="S7" s="224"/>
+      <c r="T7" s="224"/>
+      <c r="U7" s="224"/>
+      <c r="V7" s="224"/>
+      <c r="W7" s="224"/>
+      <c r="X7" s="224"/>
+      <c r="Y7" s="224"/>
+      <c r="Z7" s="224"/>
+      <c r="AA7" s="225"/>
+      <c r="AB7" s="45"/>
+      <c r="AC7" s="45"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="222"/>
+      <c r="AF7" s="222"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
+      <c r="AL7" s="219"/>
+      <c r="AM7" s="219"/>
     </row>
     <row r="8" spans="2:39" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...21 lines deleted...]
-      <c r="AM8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="17"/>
+      <c r="AC8" s="17"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="222"/>
+      <c r="AF8" s="222"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
+      <c r="AL8" s="219"/>
+      <c r="AM8" s="219"/>
     </row>
     <row r="9" spans="2:39" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AM9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="222"/>
+      <c r="AF9" s="222"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
+      <c r="AL9" s="219"/>
+      <c r="AM9" s="219"/>
     </row>
     <row r="10" spans="2:39" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AM10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
+      <c r="AL10" s="219"/>
+      <c r="AM10" s="219"/>
     </row>
     <row r="11" spans="2:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...8 lines deleted...]
-      <c r="L11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="253"/>
+      <c r="H11" s="253"/>
+      <c r="I11" s="253"/>
+      <c r="J11" s="253"/>
+      <c r="K11" s="253"/>
+      <c r="L11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="M11" s="324"/>
-[...7 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="M11" s="220"/>
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...16 lines deleted...]
-      <c r="AM11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="220"/>
+      <c r="AA11" s="97"/>
+      <c r="AB11" s="85"/>
+      <c r="AC11" s="85"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="222"/>
+      <c r="AF11" s="222"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
+      <c r="AL11" s="219"/>
+      <c r="AM11" s="219"/>
     </row>
     <row r="12" spans="2:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="330" t="s">
+      <c r="B12" s="251" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="331"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="252"/>
+      <c r="D12" s="252"/>
+      <c r="E12" s="236"/>
+      <c r="F12" s="236"/>
+      <c r="G12" s="236"/>
+      <c r="H12" s="236"/>
+      <c r="I12" s="236"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...6 lines deleted...]
-      <c r="R12" s="364" t="s">
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="221"/>
+      <c r="R12" s="235" t="s">
         <v>87</v>
       </c>
-      <c r="S12" s="364"/>
-[...9 lines deleted...]
-      <c r="AC12" s="34"/>
+      <c r="S12" s="235"/>
+      <c r="T12" s="235"/>
+      <c r="U12" s="235"/>
+      <c r="V12" s="235"/>
+      <c r="W12" s="235"/>
+      <c r="X12" s="235"/>
+      <c r="Y12" s="235"/>
+      <c r="Z12" s="236"/>
+      <c r="AA12" s="237"/>
+      <c r="AB12" s="32"/>
+      <c r="AC12" s="32"/>
     </row>
     <row r="13" spans="2:39" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="102"/>
-[...26 lines deleted...]
-      <c r="AC13" s="34"/>
+      <c r="B13" s="90"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="99"/>
+      <c r="G13" s="99"/>
+      <c r="H13" s="99"/>
+      <c r="I13" s="99"/>
+      <c r="J13" s="93"/>
+      <c r="K13" s="93"/>
+      <c r="L13" s="93"/>
+      <c r="M13" s="93"/>
+      <c r="N13" s="100"/>
+      <c r="O13" s="100"/>
+      <c r="P13" s="101"/>
+      <c r="Q13" s="100"/>
+      <c r="R13" s="94"/>
+      <c r="S13" s="94"/>
+      <c r="T13" s="94"/>
+      <c r="U13" s="94"/>
+      <c r="V13" s="94"/>
+      <c r="W13" s="94"/>
+      <c r="X13" s="94"/>
+      <c r="Y13" s="94"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="95"/>
+      <c r="AB13" s="32"/>
+      <c r="AC13" s="32"/>
     </row>
     <row r="14" spans="2:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="330" t="s">
+      <c r="B14" s="251" t="s">
         <v>86</v>
       </c>
-      <c r="C14" s="331"/>
-[...8 lines deleted...]
-      <c r="L14" s="363" t="s">
+      <c r="C14" s="252"/>
+      <c r="D14" s="253"/>
+      <c r="E14" s="253"/>
+      <c r="F14" s="253"/>
+      <c r="G14" s="253"/>
+      <c r="H14" s="253"/>
+      <c r="I14" s="253"/>
+      <c r="J14" s="32"/>
+      <c r="K14" s="32"/>
+      <c r="L14" s="234" t="s">
         <v>89</v>
       </c>
-      <c r="M14" s="363"/>
-      <c r="N14" s="371" t="s">
+      <c r="M14" s="234"/>
+      <c r="N14" s="243" t="s">
         <v>90</v>
       </c>
-      <c r="O14" s="371"/>
-[...2 lines deleted...]
-      <c r="R14" s="371" t="s">
+      <c r="O14" s="243"/>
+      <c r="P14" s="98"/>
+      <c r="Q14" s="32"/>
+      <c r="R14" s="243" t="s">
         <v>91</v>
       </c>
-      <c r="S14" s="371"/>
-[...8 lines deleted...]
-      <c r="AC14" s="34"/>
+      <c r="S14" s="243"/>
+      <c r="T14" s="243"/>
+      <c r="U14" s="243"/>
+      <c r="V14" s="243"/>
+      <c r="W14" s="243"/>
+      <c r="X14" s="243"/>
+      <c r="Y14" s="98"/>
+      <c r="AA14" s="33"/>
+      <c r="AB14" s="32"/>
+      <c r="AC14" s="32"/>
     </row>
     <row r="15" spans="2:39" ht="2.85" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="89"/>
-[...26 lines deleted...]
-      <c r="AC15" s="97"/>
+      <c r="B15" s="78"/>
+      <c r="C15" s="79"/>
+      <c r="D15" s="79"/>
+      <c r="E15" s="79"/>
+      <c r="F15" s="79"/>
+      <c r="G15" s="42"/>
+      <c r="H15" s="42"/>
+      <c r="I15" s="42"/>
+      <c r="J15" s="42"/>
+      <c r="K15" s="42"/>
+      <c r="L15" s="102"/>
+      <c r="M15" s="80"/>
+      <c r="N15" s="102"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="42"/>
+      <c r="R15" s="42"/>
+      <c r="S15" s="103"/>
+      <c r="T15" s="103"/>
+      <c r="U15" s="103"/>
+      <c r="V15" s="103"/>
+      <c r="W15" s="103"/>
+      <c r="X15" s="103"/>
+      <c r="Y15" s="103"/>
+      <c r="Z15" s="103"/>
+      <c r="AA15" s="104"/>
+      <c r="AB15" s="86"/>
+      <c r="AC15" s="86"/>
     </row>
     <row r="16" spans="2:39" ht="9.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="368" t="s">
+      <c r="B16" s="240" t="s">
         <v>84</v>
       </c>
-      <c r="C16" s="368"/>
-[...58 lines deleted...]
-      <c r="B18" s="127" t="s">
+      <c r="C16" s="240"/>
+      <c r="D16" s="240"/>
+      <c r="E16" s="240"/>
+      <c r="F16" s="240"/>
+      <c r="G16" s="240"/>
+      <c r="H16" s="240"/>
+      <c r="I16" s="240"/>
+      <c r="J16" s="240"/>
+      <c r="K16" s="240"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="45"/>
+      <c r="AB16" s="45"/>
+      <c r="AC16" s="45"/>
+    </row>
+    <row r="17" spans="2:43" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="81"/>
+      <c r="C17" s="91"/>
+      <c r="D17" s="91"/>
+      <c r="E17" s="91"/>
+      <c r="F17" s="91"/>
+      <c r="G17" s="91"/>
+      <c r="H17" s="91"/>
+      <c r="I17" s="91"/>
+      <c r="J17" s="91"/>
+      <c r="K17" s="91"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="91"/>
+      <c r="N17" s="91"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="91"/>
+      <c r="Q17" s="91"/>
+      <c r="R17" s="91"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="45"/>
+      <c r="AC17" s="45"/>
+    </row>
+    <row r="18" spans="2:43" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="107" t="s">
         <v>80</v>
       </c>
-      <c r="C18" s="366" t="s">
+      <c r="C18" s="238" t="s">
         <v>93</v>
       </c>
-      <c r="D18" s="366"/>
-[...27 lines deleted...]
-      <c r="B19" s="127" t="s">
+      <c r="D18" s="238"/>
+      <c r="E18" s="238"/>
+      <c r="F18" s="238"/>
+      <c r="G18" s="238"/>
+      <c r="H18" s="238"/>
+      <c r="I18" s="238"/>
+      <c r="J18" s="238"/>
+      <c r="K18" s="238"/>
+      <c r="L18" s="238"/>
+      <c r="M18" s="238"/>
+      <c r="N18" s="238"/>
+      <c r="O18" s="238"/>
+      <c r="P18" s="238"/>
+      <c r="Q18" s="238"/>
+      <c r="R18" s="238"/>
+      <c r="S18" s="238"/>
+      <c r="T18" s="238"/>
+      <c r="U18" s="238"/>
+      <c r="V18" s="238"/>
+      <c r="W18" s="238"/>
+      <c r="X18" s="238"/>
+      <c r="Y18" s="238"/>
+      <c r="Z18" s="238"/>
+      <c r="AA18" s="239"/>
+      <c r="AB18" s="45"/>
+      <c r="AC18" s="45"/>
+    </row>
+    <row r="19" spans="2:43" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="107" t="s">
         <v>81</v>
       </c>
-      <c r="C19" s="366" t="s">
+      <c r="C19" s="238" t="s">
         <v>94</v>
       </c>
-      <c r="D19" s="366"/>
-[...87 lines deleted...]
-      <c r="B21" s="340" t="s">
+      <c r="D19" s="238"/>
+      <c r="E19" s="238"/>
+      <c r="F19" s="238"/>
+      <c r="G19" s="238"/>
+      <c r="H19" s="238"/>
+      <c r="I19" s="238"/>
+      <c r="J19" s="238"/>
+      <c r="K19" s="238"/>
+      <c r="L19" s="238"/>
+      <c r="M19" s="238"/>
+      <c r="N19" s="238"/>
+      <c r="O19" s="238"/>
+      <c r="P19" s="238"/>
+      <c r="Q19" s="238"/>
+      <c r="R19" s="238"/>
+      <c r="S19" s="238"/>
+      <c r="T19" s="238"/>
+      <c r="U19" s="238"/>
+      <c r="V19" s="238"/>
+      <c r="W19" s="238"/>
+      <c r="X19" s="238"/>
+      <c r="Y19" s="238"/>
+      <c r="Z19" s="238"/>
+      <c r="AA19" s="239"/>
+      <c r="AB19" s="45"/>
+      <c r="AC19" s="45"/>
+    </row>
+    <row r="20" spans="2:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="22"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
+      <c r="K20" s="23"/>
+      <c r="L20" s="23"/>
+      <c r="M20" s="23"/>
+      <c r="N20" s="23"/>
+      <c r="O20" s="23"/>
+      <c r="AA20" s="84"/>
+    </row>
+    <row r="21" spans="2:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="229" t="s">
         <v>95</v>
       </c>
-      <c r="C21" s="340"/>
-[...12 lines deleted...]
-      <c r="P21" s="373" t="s">
+      <c r="C21" s="229"/>
+      <c r="D21" s="229"/>
+      <c r="E21" s="229"/>
+      <c r="F21" s="229"/>
+      <c r="G21" s="229"/>
+      <c r="H21" s="229"/>
+      <c r="I21" s="229"/>
+      <c r="J21" s="229"/>
+      <c r="K21" s="229"/>
+      <c r="L21" s="48"/>
+      <c r="M21" s="48"/>
+      <c r="N21" s="48"/>
+      <c r="O21" s="48"/>
+      <c r="P21" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="Q21" s="373"/>
-[...9 lines deleted...]
-      <c r="AA21" s="374"/>
+      <c r="Q21" s="244"/>
+      <c r="R21" s="244"/>
+      <c r="S21" s="244"/>
+      <c r="T21" s="244"/>
+      <c r="U21" s="244"/>
+      <c r="V21" s="244"/>
+      <c r="W21" s="244"/>
+      <c r="X21" s="245"/>
+      <c r="Y21" s="245"/>
+      <c r="Z21" s="245"/>
+      <c r="AA21" s="245"/>
       <c r="AB21" s="2"/>
       <c r="AC21" s="2"/>
-      <c r="AD21" s="88" t="s">
+      <c r="AD21" s="77" t="s">
         <v>27</v>
       </c>
-      <c r="AE21" s="56"/>
-[...2 lines deleted...]
-      <c r="AH21" s="57" t="s">
+      <c r="AE21" s="50"/>
+      <c r="AF21" s="50"/>
+      <c r="AG21" s="50"/>
+      <c r="AH21" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AI21" s="58"/>
-[...10 lines deleted...]
-      <c r="B22" s="321" t="s">
+      <c r="AI21" s="52"/>
+      <c r="AJ21" s="52"/>
+      <c r="AK21" s="52"/>
+      <c r="AL21" s="52"/>
+      <c r="AM21" s="52"/>
+      <c r="AN21" s="52"/>
+      <c r="AO21" s="52"/>
+      <c r="AP21" s="52"/>
+      <c r="AQ21" s="53"/>
+    </row>
+    <row r="22" spans="2:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C22" s="322"/>
-[...12 lines deleted...]
-      <c r="P22" s="333" t="s">
+      <c r="C22" s="232"/>
+      <c r="D22" s="273"/>
+      <c r="E22" s="273"/>
+      <c r="F22" s="273"/>
+      <c r="G22" s="273"/>
+      <c r="H22" s="273"/>
+      <c r="I22" s="273"/>
+      <c r="J22" s="273"/>
+      <c r="K22" s="273"/>
+      <c r="L22" s="273"/>
+      <c r="M22" s="273"/>
+      <c r="N22" s="273"/>
+      <c r="O22" s="273"/>
+      <c r="P22" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="Q22" s="333"/>
-[...12 lines deleted...]
-      <c r="AD22" s="88" t="s">
+      <c r="Q22" s="270"/>
+      <c r="R22" s="270"/>
+      <c r="S22" s="270"/>
+      <c r="T22" s="273"/>
+      <c r="U22" s="273"/>
+      <c r="V22" s="273"/>
+      <c r="W22" s="273"/>
+      <c r="X22" s="273"/>
+      <c r="Y22" s="273"/>
+      <c r="Z22" s="273"/>
+      <c r="AA22" s="274"/>
+      <c r="AB22" s="86"/>
+      <c r="AC22" s="86"/>
+      <c r="AD22" s="77" t="s">
         <v>35</v>
       </c>
-      <c r="AE22" s="56"/>
-[...2 lines deleted...]
-      <c r="AH22" s="57" t="s">
+      <c r="AE22" s="50"/>
+      <c r="AF22" s="50"/>
+      <c r="AG22" s="50"/>
+      <c r="AH22" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AI22" s="58"/>
-[...54 lines deleted...]
-      <c r="B24" s="340" t="s">
+      <c r="AI22" s="52"/>
+      <c r="AJ22" s="52"/>
+      <c r="AK22" s="52"/>
+      <c r="AL22" s="52"/>
+      <c r="AM22" s="52"/>
+      <c r="AN22" s="52"/>
+      <c r="AO22" s="52"/>
+      <c r="AP22" s="52"/>
+      <c r="AQ22" s="53"/>
+    </row>
+    <row r="23" spans="2:43" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="241"/>
+      <c r="C23" s="242"/>
+      <c r="D23" s="246"/>
+      <c r="E23" s="246"/>
+      <c r="F23" s="246"/>
+      <c r="G23" s="246"/>
+      <c r="H23" s="246"/>
+      <c r="I23" s="246"/>
+      <c r="J23" s="246"/>
+      <c r="K23" s="246"/>
+      <c r="L23" s="246"/>
+      <c r="M23" s="246"/>
+      <c r="N23" s="246"/>
+      <c r="O23" s="246"/>
+      <c r="P23" s="247"/>
+      <c r="Q23" s="247"/>
+      <c r="R23" s="233"/>
+      <c r="S23" s="233"/>
+      <c r="T23" s="233"/>
+      <c r="U23" s="233"/>
+      <c r="V23" s="103"/>
+      <c r="W23" s="103"/>
+      <c r="X23" s="248"/>
+      <c r="Y23" s="248"/>
+      <c r="Z23" s="248"/>
+      <c r="AA23" s="249"/>
+      <c r="AB23" s="86"/>
+      <c r="AC23" s="86"/>
+      <c r="AD23" s="83"/>
+      <c r="AE23" s="83"/>
+      <c r="AF23" s="83"/>
+      <c r="AG23" s="77"/>
+      <c r="AH23" s="51"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="52"/>
+      <c r="AP23" s="52"/>
+      <c r="AQ23" s="53"/>
+    </row>
+    <row r="24" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="229" t="s">
         <v>96</v>
       </c>
-      <c r="C24" s="340"/>
-[...42 lines deleted...]
-      <c r="B25" s="321" t="s">
+      <c r="C24" s="229"/>
+      <c r="D24" s="229"/>
+      <c r="E24" s="229"/>
+      <c r="F24" s="229"/>
+      <c r="G24" s="229"/>
+      <c r="H24" s="229"/>
+      <c r="I24" s="229"/>
+      <c r="J24" s="229"/>
+      <c r="K24" s="229"/>
+      <c r="L24" s="229"/>
+      <c r="M24" s="112"/>
+      <c r="N24" s="112"/>
+      <c r="O24" s="112"/>
+      <c r="P24" s="112"/>
+      <c r="Q24" s="112"/>
+      <c r="R24" s="108"/>
+      <c r="S24" s="108"/>
+      <c r="T24" s="108"/>
+      <c r="U24" s="108"/>
+      <c r="V24" s="113"/>
+      <c r="W24" s="113"/>
+      <c r="X24" s="114"/>
+      <c r="Y24" s="114"/>
+      <c r="Z24" s="114"/>
+      <c r="AA24" s="114"/>
+      <c r="AB24" s="86"/>
+      <c r="AC24" s="86"/>
+      <c r="AD24" s="83"/>
+      <c r="AE24" s="83"/>
+      <c r="AF24" s="83"/>
+      <c r="AG24" s="77"/>
+      <c r="AH24" s="51"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="52"/>
+      <c r="AP24" s="52"/>
+      <c r="AQ24" s="53"/>
+    </row>
+    <row r="25" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="231" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="322"/>
-[...11 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="C25" s="232"/>
+      <c r="D25" s="250"/>
+      <c r="E25" s="250"/>
+      <c r="F25" s="250"/>
+      <c r="G25" s="250"/>
+      <c r="H25" s="250"/>
+      <c r="I25" s="250"/>
+      <c r="J25" s="250"/>
+      <c r="K25" s="250"/>
+      <c r="L25" s="250"/>
+      <c r="M25" s="250"/>
+      <c r="N25" s="250"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-[...13 lines deleted...]
-      <c r="AD25" s="327" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="279"/>
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="279"/>
+      <c r="W25" s="279"/>
+      <c r="X25" s="279"/>
+      <c r="Y25" s="279"/>
+      <c r="Z25" s="279"/>
+      <c r="AA25" s="280"/>
+      <c r="AB25" s="86"/>
+      <c r="AC25" s="86"/>
+      <c r="AD25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AE25" s="328"/>
-[...2 lines deleted...]
-      <c r="AH25" s="57" t="s">
+      <c r="AE25" s="227"/>
+      <c r="AF25" s="227"/>
+      <c r="AG25" s="228"/>
+      <c r="AH25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AI25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="52"/>
+      <c r="AP25" s="52"/>
+      <c r="AQ25" s="53"/>
+    </row>
+    <row r="26" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>98</v>
       </c>
-      <c r="C26" s="331"/>
-[...16 lines deleted...]
-      <c r="T26" s="333" t="s">
+      <c r="C26" s="252"/>
+      <c r="D26" s="253"/>
+      <c r="E26" s="253"/>
+      <c r="F26" s="253"/>
+      <c r="G26" s="253"/>
+      <c r="H26" s="253"/>
+      <c r="I26" s="253"/>
+      <c r="J26" s="253"/>
+      <c r="K26" s="253"/>
+      <c r="L26" s="253"/>
+      <c r="M26" s="253"/>
+      <c r="N26" s="253"/>
+      <c r="O26" s="253"/>
+      <c r="P26" s="253"/>
+      <c r="Q26" s="253"/>
+      <c r="R26" s="253"/>
+      <c r="S26" s="253"/>
+      <c r="T26" s="270" t="s">
         <v>40</v>
       </c>
-      <c r="U26" s="333"/>
-[...54 lines deleted...]
-      <c r="B28" s="340" t="s">
+      <c r="U26" s="270"/>
+      <c r="V26" s="270"/>
+      <c r="W26" s="270"/>
+      <c r="X26" s="270"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="269"/>
+      <c r="AB26" s="86"/>
+      <c r="AC26" s="86"/>
+      <c r="AD26" s="87"/>
+      <c r="AE26" s="88"/>
+      <c r="AF26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="51"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="52"/>
+      <c r="AP26" s="52"/>
+      <c r="AQ26" s="53"/>
+    </row>
+    <row r="27" spans="2:43" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="56"/>
+      <c r="C27" s="43"/>
+      <c r="D27" s="43"/>
+      <c r="E27" s="43"/>
+      <c r="F27" s="43"/>
+      <c r="G27" s="43"/>
+      <c r="H27" s="43"/>
+      <c r="I27" s="43"/>
+      <c r="J27" s="43"/>
+      <c r="K27" s="43"/>
+      <c r="L27" s="43"/>
+      <c r="M27" s="57"/>
+      <c r="N27" s="57"/>
+      <c r="O27" s="57"/>
+      <c r="P27" s="57"/>
+      <c r="Q27" s="57"/>
+      <c r="R27" s="57"/>
+      <c r="S27" s="57"/>
+      <c r="T27" s="57"/>
+      <c r="U27" s="57"/>
+      <c r="V27" s="57"/>
+      <c r="W27" s="57"/>
+      <c r="X27" s="57"/>
+      <c r="Y27" s="57"/>
+      <c r="Z27" s="57"/>
+      <c r="AA27" s="58"/>
+      <c r="AB27" s="96"/>
+      <c r="AC27" s="96"/>
+    </row>
+    <row r="28" spans="2:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="229" t="s">
         <v>99</v>
       </c>
-      <c r="C28" s="340"/>
-[...13 lines deleted...]
-      <c r="Q28" s="361" t="s">
+      <c r="C28" s="229"/>
+      <c r="D28" s="229"/>
+      <c r="E28" s="229"/>
+      <c r="F28" s="229"/>
+      <c r="G28" s="229"/>
+      <c r="H28" s="229"/>
+      <c r="I28" s="229"/>
+      <c r="J28" s="229"/>
+      <c r="K28" s="229"/>
+      <c r="L28" s="229"/>
+      <c r="M28" s="112"/>
+      <c r="N28" s="112"/>
+      <c r="O28" s="112"/>
+      <c r="P28" s="112"/>
+      <c r="Q28" s="230" t="s">
         <v>103</v>
       </c>
-      <c r="R28" s="361"/>
-[...27 lines deleted...]
-      <c r="B29" s="321" t="s">
+      <c r="R28" s="230"/>
+      <c r="S28" s="230"/>
+      <c r="T28" s="230"/>
+      <c r="U28" s="230"/>
+      <c r="V28" s="230"/>
+      <c r="W28" s="230"/>
+      <c r="X28" s="230"/>
+      <c r="Y28" s="230"/>
+      <c r="Z28" s="230"/>
+      <c r="AA28" s="230"/>
+      <c r="AB28" s="86"/>
+      <c r="AC28" s="86"/>
+      <c r="AD28" s="83"/>
+      <c r="AE28" s="83"/>
+      <c r="AF28" s="83"/>
+      <c r="AG28" s="77"/>
+      <c r="AH28" s="51"/>
+      <c r="AI28" s="52"/>
+      <c r="AJ28" s="52"/>
+      <c r="AK28" s="52"/>
+      <c r="AL28" s="52"/>
+      <c r="AM28" s="52"/>
+      <c r="AN28" s="52"/>
+      <c r="AO28" s="52"/>
+      <c r="AP28" s="52"/>
+      <c r="AQ28" s="53"/>
+    </row>
+    <row r="29" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="231" t="s">
         <v>97</v>
       </c>
-      <c r="C29" s="322"/>
-[...11 lines deleted...]
-      <c r="O29" s="324" t="s">
+      <c r="C29" s="232"/>
+      <c r="D29" s="250"/>
+      <c r="E29" s="250"/>
+      <c r="F29" s="250"/>
+      <c r="G29" s="250"/>
+      <c r="H29" s="250"/>
+      <c r="I29" s="250"/>
+      <c r="J29" s="250"/>
+      <c r="K29" s="250"/>
+      <c r="L29" s="250"/>
+      <c r="M29" s="250"/>
+      <c r="N29" s="250"/>
+      <c r="O29" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P29" s="324"/>
-[...13 lines deleted...]
-      <c r="AD29" s="327" t="s">
+      <c r="P29" s="220"/>
+      <c r="Q29" s="279"/>
+      <c r="R29" s="279"/>
+      <c r="S29" s="279"/>
+      <c r="T29" s="279"/>
+      <c r="U29" s="279"/>
+      <c r="V29" s="279"/>
+      <c r="W29" s="279"/>
+      <c r="X29" s="279"/>
+      <c r="Y29" s="279"/>
+      <c r="Z29" s="279"/>
+      <c r="AA29" s="280"/>
+      <c r="AB29" s="86"/>
+      <c r="AC29" s="86"/>
+      <c r="AD29" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AE29" s="328"/>
-[...2 lines deleted...]
-      <c r="AH29" s="57" t="s">
+      <c r="AE29" s="227"/>
+      <c r="AF29" s="227"/>
+      <c r="AG29" s="228"/>
+      <c r="AH29" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AI29" s="58"/>
-[...10 lines deleted...]
-      <c r="B30" s="330" t="s">
+      <c r="AI29" s="52"/>
+      <c r="AJ29" s="52"/>
+      <c r="AK29" s="52"/>
+      <c r="AL29" s="52"/>
+      <c r="AM29" s="52"/>
+      <c r="AN29" s="52"/>
+      <c r="AO29" s="52"/>
+      <c r="AP29" s="52"/>
+      <c r="AQ29" s="53"/>
+    </row>
+    <row r="30" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="251" t="s">
         <v>100</v>
       </c>
-      <c r="C30" s="331"/>
-[...6 lines deleted...]
-      <c r="J30" s="334" t="s">
+      <c r="C30" s="252"/>
+      <c r="D30" s="252"/>
+      <c r="E30" s="250"/>
+      <c r="F30" s="250"/>
+      <c r="G30" s="250"/>
+      <c r="H30" s="250"/>
+      <c r="I30" s="250"/>
+      <c r="J30" s="287" t="s">
         <v>101</v>
       </c>
-      <c r="K30" s="334"/>
-[...6 lines deleted...]
-      <c r="R30" s="324" t="s">
+      <c r="K30" s="287"/>
+      <c r="L30" s="287"/>
+      <c r="M30" s="253"/>
+      <c r="N30" s="253"/>
+      <c r="O30" s="253"/>
+      <c r="P30" s="253"/>
+      <c r="Q30" s="253"/>
+      <c r="R30" s="220" t="s">
         <v>102</v>
       </c>
-      <c r="S30" s="324"/>
-[...26 lines deleted...]
-      <c r="B31" s="330" t="s">
+      <c r="S30" s="220"/>
+      <c r="T30" s="268"/>
+      <c r="U30" s="268"/>
+      <c r="V30" s="268"/>
+      <c r="W30" s="268"/>
+      <c r="X30" s="268"/>
+      <c r="Y30" s="268"/>
+      <c r="Z30" s="268"/>
+      <c r="AA30" s="269"/>
+      <c r="AB30" s="86"/>
+      <c r="AC30" s="86"/>
+      <c r="AD30" s="87"/>
+      <c r="AE30" s="88"/>
+      <c r="AF30" s="88"/>
+      <c r="AG30" s="89"/>
+      <c r="AH30" s="51"/>
+      <c r="AI30" s="52"/>
+      <c r="AJ30" s="52"/>
+      <c r="AK30" s="52"/>
+      <c r="AL30" s="52"/>
+      <c r="AM30" s="52"/>
+      <c r="AN30" s="52"/>
+      <c r="AO30" s="52"/>
+      <c r="AP30" s="52"/>
+      <c r="AQ30" s="53"/>
+    </row>
+    <row r="31" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="251" t="s">
         <v>98</v>
       </c>
-      <c r="C31" s="331"/>
-[...16 lines deleted...]
-      <c r="T31" s="333" t="s">
+      <c r="C31" s="252"/>
+      <c r="D31" s="253"/>
+      <c r="E31" s="253"/>
+      <c r="F31" s="253"/>
+      <c r="G31" s="253"/>
+      <c r="H31" s="253"/>
+      <c r="I31" s="253"/>
+      <c r="J31" s="253"/>
+      <c r="K31" s="253"/>
+      <c r="L31" s="253"/>
+      <c r="M31" s="253"/>
+      <c r="N31" s="253"/>
+      <c r="O31" s="253"/>
+      <c r="P31" s="253"/>
+      <c r="Q31" s="253"/>
+      <c r="R31" s="253"/>
+      <c r="S31" s="253"/>
+      <c r="T31" s="270" t="s">
         <v>40</v>
       </c>
-      <c r="U31" s="333"/>
-[...51 lines deleted...]
-      <c r="AC32" s="116"/>
+      <c r="U31" s="270"/>
+      <c r="V31" s="270"/>
+      <c r="W31" s="270"/>
+      <c r="X31" s="270"/>
+      <c r="Y31" s="268"/>
+      <c r="Z31" s="268"/>
+      <c r="AA31" s="269"/>
+      <c r="AB31" s="86"/>
+      <c r="AC31" s="86"/>
+      <c r="AD31" s="87"/>
+      <c r="AE31" s="88"/>
+      <c r="AF31" s="88"/>
+      <c r="AG31" s="89"/>
+      <c r="AH31" s="51"/>
+      <c r="AI31" s="52"/>
+      <c r="AJ31" s="52"/>
+      <c r="AK31" s="52"/>
+      <c r="AL31" s="52"/>
+      <c r="AM31" s="52"/>
+      <c r="AN31" s="52"/>
+      <c r="AO31" s="52"/>
+      <c r="AP31" s="52"/>
+      <c r="AQ31" s="53"/>
+    </row>
+    <row r="32" spans="2:43" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="56"/>
+      <c r="C32" s="43"/>
+      <c r="D32" s="43"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="43"/>
+      <c r="H32" s="43"/>
+      <c r="I32" s="43"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="57"/>
+      <c r="N32" s="57"/>
+      <c r="O32" s="57"/>
+      <c r="P32" s="57"/>
+      <c r="Q32" s="57"/>
+      <c r="R32" s="57"/>
+      <c r="S32" s="57"/>
+      <c r="T32" s="57"/>
+      <c r="U32" s="57"/>
+      <c r="V32" s="57"/>
+      <c r="W32" s="57"/>
+      <c r="X32" s="57"/>
+      <c r="Y32" s="57"/>
+      <c r="Z32" s="57"/>
+      <c r="AA32" s="58"/>
+      <c r="AB32" s="96"/>
+      <c r="AC32" s="96"/>
     </row>
     <row r="33" spans="1:42" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="44"/>
-[...26 lines deleted...]
-      <c r="AC33" s="65"/>
+      <c r="B33" s="42"/>
+      <c r="C33" s="32"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="32"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="32"/>
+      <c r="H33" s="32"/>
+      <c r="I33" s="32"/>
+      <c r="J33" s="32"/>
+      <c r="K33" s="32"/>
+      <c r="L33" s="32"/>
+      <c r="M33" s="32"/>
+      <c r="N33" s="32"/>
+      <c r="O33" s="32"/>
+      <c r="P33" s="32"/>
+      <c r="Q33" s="32"/>
+      <c r="R33" s="32"/>
+      <c r="S33" s="32"/>
+      <c r="T33" s="32"/>
+      <c r="U33" s="32"/>
+      <c r="V33" s="32"/>
+      <c r="W33" s="32"/>
+      <c r="X33" s="32"/>
+      <c r="Y33" s="32"/>
+      <c r="Z33" s="32"/>
+      <c r="AA33" s="32"/>
+      <c r="AB33" s="32"/>
+      <c r="AC33" s="32"/>
     </row>
     <row r="34" spans="1:42" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="309" t="s">
+      <c r="B34" s="290" t="s">
         <v>49</v>
       </c>
-      <c r="C34" s="310"/>
-      <c r="D34" s="315" t="s">
+      <c r="C34" s="291"/>
+      <c r="D34" s="267" t="s">
         <v>82</v>
       </c>
-      <c r="E34" s="315"/>
-[...2 lines deleted...]
-      <c r="H34" s="315" t="s">
+      <c r="E34" s="267"/>
+      <c r="F34" s="267"/>
+      <c r="G34" s="267"/>
+      <c r="H34" s="267" t="s">
         <v>49</v>
       </c>
-      <c r="I34" s="315"/>
-[...3 lines deleted...]
-      <c r="M34" s="315" t="s">
+      <c r="I34" s="267"/>
+      <c r="J34" s="267"/>
+      <c r="K34" s="267"/>
+      <c r="L34" s="267"/>
+      <c r="M34" s="267" t="s">
         <v>82</v>
       </c>
-      <c r="N34" s="315"/>
-[...1 lines deleted...]
-      <c r="P34" s="315" t="s">
+      <c r="N34" s="267"/>
+      <c r="O34" s="267"/>
+      <c r="P34" s="267" t="s">
         <v>49</v>
       </c>
-      <c r="Q34" s="315"/>
-[...3 lines deleted...]
-      <c r="U34" s="315" t="s">
+      <c r="Q34" s="267"/>
+      <c r="R34" s="267"/>
+      <c r="S34" s="267"/>
+      <c r="T34" s="267"/>
+      <c r="U34" s="267" t="s">
         <v>82</v>
       </c>
-      <c r="V34" s="315"/>
-[...4 lines deleted...]
-      <c r="AA34" s="315" t="s">
+      <c r="V34" s="267"/>
+      <c r="W34" s="267"/>
+      <c r="X34" s="267"/>
+      <c r="Y34" s="267"/>
+      <c r="Z34" s="267"/>
+      <c r="AA34" s="267" t="s">
         <v>83</v>
       </c>
-      <c r="AB34" s="87"/>
-[...4 lines deleted...]
-      <c r="AG34" s="84"/>
+      <c r="AB34" s="76"/>
+      <c r="AC34" s="76"/>
+      <c r="AD34" s="73"/>
+      <c r="AE34" s="73"/>
+      <c r="AF34" s="73"/>
+      <c r="AG34" s="73"/>
     </row>
     <row r="35" spans="1:42" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="311"/>
-[...31 lines deleted...]
-      <c r="AH35" s="111" t="s">
+      <c r="B35" s="292"/>
+      <c r="C35" s="293"/>
+      <c r="D35" s="267"/>
+      <c r="E35" s="267"/>
+      <c r="F35" s="267"/>
+      <c r="G35" s="267"/>
+      <c r="H35" s="267"/>
+      <c r="I35" s="267"/>
+      <c r="J35" s="267"/>
+      <c r="K35" s="267"/>
+      <c r="L35" s="267"/>
+      <c r="M35" s="267"/>
+      <c r="N35" s="267"/>
+      <c r="O35" s="267"/>
+      <c r="P35" s="267"/>
+      <c r="Q35" s="267"/>
+      <c r="R35" s="267"/>
+      <c r="S35" s="267"/>
+      <c r="T35" s="267"/>
+      <c r="U35" s="267"/>
+      <c r="V35" s="267"/>
+      <c r="W35" s="267"/>
+      <c r="X35" s="267"/>
+      <c r="Y35" s="267"/>
+      <c r="Z35" s="267"/>
+      <c r="AA35" s="267"/>
+      <c r="AB35" s="76"/>
+      <c r="AC35" s="76"/>
+      <c r="AD35" s="73"/>
+      <c r="AE35" s="73"/>
+      <c r="AF35" s="73"/>
+      <c r="AG35" s="73"/>
+      <c r="AH35" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AJ35" s="111" t="s">
+      <c r="AJ35" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AN35" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AP35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:42" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="313"/>
-[...30 lines deleted...]
-      <c r="AG36" s="98"/>
+      <c r="B36" s="294"/>
+      <c r="C36" s="295"/>
+      <c r="D36" s="267"/>
+      <c r="E36" s="267"/>
+      <c r="F36" s="267"/>
+      <c r="G36" s="267"/>
+      <c r="H36" s="267"/>
+      <c r="I36" s="267"/>
+      <c r="J36" s="267"/>
+      <c r="K36" s="267"/>
+      <c r="L36" s="267"/>
+      <c r="M36" s="267"/>
+      <c r="N36" s="267"/>
+      <c r="O36" s="267"/>
+      <c r="P36" s="267"/>
+      <c r="Q36" s="267"/>
+      <c r="R36" s="267"/>
+      <c r="S36" s="267"/>
+      <c r="T36" s="267"/>
+      <c r="U36" s="267"/>
+      <c r="V36" s="267"/>
+      <c r="W36" s="267"/>
+      <c r="X36" s="267"/>
+      <c r="Y36" s="267"/>
+      <c r="Z36" s="267"/>
+      <c r="AA36" s="267"/>
+      <c r="AB36"/>
+      <c r="AC36"/>
+      <c r="AD36"/>
+      <c r="AE36"/>
+      <c r="AF36"/>
+      <c r="AG36"/>
       <c r="AN36" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AP36" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="37" spans="1:42" s="72" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B37" s="350">
+    <row r="37" spans="1:42" s="63" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="32"/>
+      <c r="B37" s="254">
         <v>1</v>
       </c>
-      <c r="C37" s="351"/>
-[...4 lines deleted...]
-      <c r="H37" s="307">
+      <c r="C37" s="255"/>
+      <c r="D37" s="256"/>
+      <c r="E37" s="256"/>
+      <c r="F37" s="256"/>
+      <c r="G37" s="256"/>
+      <c r="H37" s="257">
         <v>26</v>
       </c>
-      <c r="I37" s="307"/>
-[...6 lines deleted...]
-      <c r="P37" s="353">
+      <c r="I37" s="257"/>
+      <c r="J37" s="257"/>
+      <c r="K37" s="257"/>
+      <c r="L37" s="257"/>
+      <c r="M37" s="256"/>
+      <c r="N37" s="256"/>
+      <c r="O37" s="256"/>
+      <c r="P37" s="258">
         <v>51</v>
       </c>
-      <c r="Q37" s="353"/>
-[...15 lines deleted...]
-      <c r="AG37" s="98"/>
+      <c r="Q37" s="258"/>
+      <c r="R37" s="258"/>
+      <c r="S37" s="258"/>
+      <c r="T37" s="258"/>
+      <c r="U37" s="259"/>
+      <c r="V37" s="259"/>
+      <c r="W37" s="259"/>
+      <c r="X37" s="259"/>
+      <c r="Y37" s="259"/>
+      <c r="Z37" s="259"/>
+      <c r="AA37" s="115"/>
+      <c r="AB37"/>
+      <c r="AC37"/>
+      <c r="AD37"/>
+      <c r="AE37"/>
+      <c r="AF37"/>
+      <c r="AG37"/>
       <c r="AH37" s="1">
         <v>295412394</v>
       </c>
       <c r="AJ37" s="1">
         <v>295412063</v>
       </c>
-      <c r="AP37" s="72" t="s">
+      <c r="AP37" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="38" spans="1:42" s="72" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B38" s="350">
+    <row r="38" spans="1:42" s="63" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="32"/>
+      <c r="B38" s="254">
         <v>2</v>
       </c>
-      <c r="C38" s="351"/>
-[...4 lines deleted...]
-      <c r="H38" s="307">
+      <c r="C38" s="255"/>
+      <c r="D38" s="256"/>
+      <c r="E38" s="256"/>
+      <c r="F38" s="256"/>
+      <c r="G38" s="256"/>
+      <c r="H38" s="257">
         <v>27</v>
       </c>
-      <c r="I38" s="307"/>
-[...6 lines deleted...]
-      <c r="P38" s="353">
+      <c r="I38" s="257"/>
+      <c r="J38" s="257"/>
+      <c r="K38" s="257"/>
+      <c r="L38" s="257"/>
+      <c r="M38" s="256"/>
+      <c r="N38" s="256"/>
+      <c r="O38" s="256"/>
+      <c r="P38" s="258">
         <v>52</v>
       </c>
-      <c r="Q38" s="353"/>
-[...15 lines deleted...]
-      <c r="AG38" s="98"/>
+      <c r="Q38" s="258"/>
+      <c r="R38" s="258"/>
+      <c r="S38" s="258"/>
+      <c r="T38" s="258"/>
+      <c r="U38" s="259"/>
+      <c r="V38" s="259"/>
+      <c r="W38" s="259"/>
+      <c r="X38" s="259"/>
+      <c r="Y38" s="259"/>
+      <c r="Z38" s="259"/>
+      <c r="AA38" s="115"/>
+      <c r="AB38"/>
+      <c r="AC38"/>
+      <c r="AD38"/>
+      <c r="AE38"/>
+      <c r="AF38"/>
+      <c r="AG38"/>
     </row>
     <row r="39" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="350">
+      <c r="B39" s="254">
         <v>3</v>
       </c>
-      <c r="C39" s="351"/>
-[...4 lines deleted...]
-      <c r="H39" s="307">
+      <c r="C39" s="255"/>
+      <c r="D39" s="256"/>
+      <c r="E39" s="256"/>
+      <c r="F39" s="256"/>
+      <c r="G39" s="256"/>
+      <c r="H39" s="257">
         <v>28</v>
       </c>
-      <c r="I39" s="307"/>
-[...6 lines deleted...]
-      <c r="P39" s="353">
+      <c r="I39" s="257"/>
+      <c r="J39" s="257"/>
+      <c r="K39" s="257"/>
+      <c r="L39" s="257"/>
+      <c r="M39" s="256"/>
+      <c r="N39" s="256"/>
+      <c r="O39" s="256"/>
+      <c r="P39" s="258">
         <v>53</v>
       </c>
-      <c r="Q39" s="353"/>
-[...15 lines deleted...]
-      <c r="AG39" s="98"/>
+      <c r="Q39" s="258"/>
+      <c r="R39" s="258"/>
+      <c r="S39" s="258"/>
+      <c r="T39" s="258"/>
+      <c r="U39" s="259"/>
+      <c r="V39" s="259"/>
+      <c r="W39" s="259"/>
+      <c r="X39" s="259"/>
+      <c r="Y39" s="259"/>
+      <c r="Z39" s="259"/>
+      <c r="AA39" s="115"/>
+      <c r="AB39"/>
+      <c r="AC39"/>
+      <c r="AD39"/>
+      <c r="AE39"/>
+      <c r="AF39"/>
+      <c r="AG39"/>
     </row>
     <row r="40" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="350">
+      <c r="B40" s="254">
         <v>4</v>
       </c>
-      <c r="C40" s="351"/>
-[...4 lines deleted...]
-      <c r="H40" s="307">
+      <c r="C40" s="255"/>
+      <c r="D40" s="256"/>
+      <c r="E40" s="256"/>
+      <c r="F40" s="256"/>
+      <c r="G40" s="256"/>
+      <c r="H40" s="257">
         <v>29</v>
       </c>
-      <c r="I40" s="307"/>
-[...6 lines deleted...]
-      <c r="P40" s="353">
+      <c r="I40" s="257"/>
+      <c r="J40" s="257"/>
+      <c r="K40" s="257"/>
+      <c r="L40" s="257"/>
+      <c r="M40" s="256"/>
+      <c r="N40" s="256"/>
+      <c r="O40" s="256"/>
+      <c r="P40" s="258">
         <v>54</v>
       </c>
-      <c r="Q40" s="353"/>
-[...15 lines deleted...]
-      <c r="AG40" s="98"/>
+      <c r="Q40" s="258"/>
+      <c r="R40" s="258"/>
+      <c r="S40" s="258"/>
+      <c r="T40" s="258"/>
+      <c r="U40" s="259"/>
+      <c r="V40" s="259"/>
+      <c r="W40" s="259"/>
+      <c r="X40" s="259"/>
+      <c r="Y40" s="259"/>
+      <c r="Z40" s="259"/>
+      <c r="AA40" s="115"/>
+      <c r="AB40"/>
+      <c r="AC40"/>
+      <c r="AD40"/>
+      <c r="AE40"/>
+      <c r="AF40"/>
+      <c r="AG40"/>
     </row>
     <row r="41" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="350">
+      <c r="B41" s="254">
         <v>5</v>
       </c>
-      <c r="C41" s="351"/>
-[...4 lines deleted...]
-      <c r="H41" s="307">
+      <c r="C41" s="255"/>
+      <c r="D41" s="256"/>
+      <c r="E41" s="256"/>
+      <c r="F41" s="256"/>
+      <c r="G41" s="256"/>
+      <c r="H41" s="257">
         <v>30</v>
       </c>
-      <c r="I41" s="307"/>
-[...6 lines deleted...]
-      <c r="P41" s="353">
+      <c r="I41" s="257"/>
+      <c r="J41" s="257"/>
+      <c r="K41" s="257"/>
+      <c r="L41" s="257"/>
+      <c r="M41" s="256"/>
+      <c r="N41" s="256"/>
+      <c r="O41" s="256"/>
+      <c r="P41" s="258">
         <v>55</v>
       </c>
-      <c r="Q41" s="353"/>
-[...15 lines deleted...]
-      <c r="AG41" s="98"/>
+      <c r="Q41" s="258"/>
+      <c r="R41" s="258"/>
+      <c r="S41" s="258"/>
+      <c r="T41" s="258"/>
+      <c r="U41" s="259"/>
+      <c r="V41" s="259"/>
+      <c r="W41" s="259"/>
+      <c r="X41" s="259"/>
+      <c r="Y41" s="259"/>
+      <c r="Z41" s="259"/>
+      <c r="AA41" s="115"/>
+      <c r="AB41"/>
+      <c r="AC41"/>
+      <c r="AD41"/>
+      <c r="AE41"/>
+      <c r="AF41"/>
+      <c r="AG41"/>
     </row>
     <row r="42" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="350">
+      <c r="B42" s="254">
         <v>6</v>
       </c>
-      <c r="C42" s="351"/>
-[...4 lines deleted...]
-      <c r="H42" s="307">
+      <c r="C42" s="255"/>
+      <c r="D42" s="256"/>
+      <c r="E42" s="256"/>
+      <c r="F42" s="256"/>
+      <c r="G42" s="256"/>
+      <c r="H42" s="257">
         <v>31</v>
       </c>
-      <c r="I42" s="307"/>
-[...6 lines deleted...]
-      <c r="P42" s="353">
+      <c r="I42" s="257"/>
+      <c r="J42" s="257"/>
+      <c r="K42" s="257"/>
+      <c r="L42" s="257"/>
+      <c r="M42" s="256"/>
+      <c r="N42" s="256"/>
+      <c r="O42" s="256"/>
+      <c r="P42" s="258">
         <v>56</v>
       </c>
-      <c r="Q42" s="353"/>
-[...15 lines deleted...]
-      <c r="AG42" s="98"/>
+      <c r="Q42" s="258"/>
+      <c r="R42" s="258"/>
+      <c r="S42" s="258"/>
+      <c r="T42" s="258"/>
+      <c r="U42" s="259"/>
+      <c r="V42" s="259"/>
+      <c r="W42" s="259"/>
+      <c r="X42" s="259"/>
+      <c r="Y42" s="259"/>
+      <c r="Z42" s="259"/>
+      <c r="AA42" s="115"/>
+      <c r="AB42"/>
+      <c r="AC42"/>
+      <c r="AD42"/>
+      <c r="AE42"/>
+      <c r="AF42"/>
+      <c r="AG42"/>
       <c r="AH42" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="350">
+      <c r="B43" s="254">
         <v>7</v>
       </c>
-      <c r="C43" s="351"/>
-[...4 lines deleted...]
-      <c r="H43" s="307">
+      <c r="C43" s="255"/>
+      <c r="D43" s="256"/>
+      <c r="E43" s="256"/>
+      <c r="F43" s="256"/>
+      <c r="G43" s="256"/>
+      <c r="H43" s="257">
         <v>32</v>
       </c>
-      <c r="I43" s="307"/>
-[...6 lines deleted...]
-      <c r="P43" s="353">
+      <c r="I43" s="257"/>
+      <c r="J43" s="257"/>
+      <c r="K43" s="257"/>
+      <c r="L43" s="257"/>
+      <c r="M43" s="256"/>
+      <c r="N43" s="256"/>
+      <c r="O43" s="256"/>
+      <c r="P43" s="258">
         <v>57</v>
       </c>
-      <c r="Q43" s="353"/>
-[...15 lines deleted...]
-      <c r="AG43" s="98"/>
+      <c r="Q43" s="258"/>
+      <c r="R43" s="258"/>
+      <c r="S43" s="258"/>
+      <c r="T43" s="258"/>
+      <c r="U43" s="259"/>
+      <c r="V43" s="259"/>
+      <c r="W43" s="259"/>
+      <c r="X43" s="259"/>
+      <c r="Y43" s="259"/>
+      <c r="Z43" s="259"/>
+      <c r="AA43" s="115"/>
+      <c r="AB43"/>
+      <c r="AC43"/>
+      <c r="AD43"/>
+      <c r="AE43"/>
+      <c r="AF43"/>
+      <c r="AG43"/>
       <c r="AH43" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="350">
+      <c r="B44" s="254">
         <v>8</v>
       </c>
-      <c r="C44" s="351"/>
-[...4 lines deleted...]
-      <c r="H44" s="307">
+      <c r="C44" s="255"/>
+      <c r="D44" s="256"/>
+      <c r="E44" s="256"/>
+      <c r="F44" s="256"/>
+      <c r="G44" s="256"/>
+      <c r="H44" s="257">
         <v>33</v>
       </c>
-      <c r="I44" s="307"/>
-[...6 lines deleted...]
-      <c r="P44" s="353">
+      <c r="I44" s="257"/>
+      <c r="J44" s="257"/>
+      <c r="K44" s="257"/>
+      <c r="L44" s="257"/>
+      <c r="M44" s="256"/>
+      <c r="N44" s="256"/>
+      <c r="O44" s="256"/>
+      <c r="P44" s="258">
         <v>58</v>
       </c>
-      <c r="Q44" s="353"/>
-[...15 lines deleted...]
-      <c r="AG44" s="98"/>
+      <c r="Q44" s="258"/>
+      <c r="R44" s="258"/>
+      <c r="S44" s="258"/>
+      <c r="T44" s="258"/>
+      <c r="U44" s="259"/>
+      <c r="V44" s="259"/>
+      <c r="W44" s="259"/>
+      <c r="X44" s="259"/>
+      <c r="Y44" s="259"/>
+      <c r="Z44" s="259"/>
+      <c r="AA44" s="115"/>
+      <c r="AB44"/>
+      <c r="AC44"/>
+      <c r="AD44"/>
+      <c r="AE44"/>
+      <c r="AF44"/>
+      <c r="AG44"/>
       <c r="AH44" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="45" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="350">
+      <c r="B45" s="254">
         <v>9</v>
       </c>
-      <c r="C45" s="351"/>
-[...4 lines deleted...]
-      <c r="H45" s="307">
+      <c r="C45" s="255"/>
+      <c r="D45" s="256"/>
+      <c r="E45" s="256"/>
+      <c r="F45" s="256"/>
+      <c r="G45" s="256"/>
+      <c r="H45" s="257">
         <v>34</v>
       </c>
-      <c r="I45" s="307"/>
-[...6 lines deleted...]
-      <c r="P45" s="353">
+      <c r="I45" s="257"/>
+      <c r="J45" s="257"/>
+      <c r="K45" s="257"/>
+      <c r="L45" s="257"/>
+      <c r="M45" s="256"/>
+      <c r="N45" s="256"/>
+      <c r="O45" s="256"/>
+      <c r="P45" s="258">
         <v>59</v>
       </c>
-      <c r="Q45" s="353"/>
-[...16 lines deleted...]
-      <c r="AH45" s="52" t="s">
+      <c r="Q45" s="258"/>
+      <c r="R45" s="258"/>
+      <c r="S45" s="258"/>
+      <c r="T45" s="258"/>
+      <c r="U45" s="259"/>
+      <c r="V45" s="259"/>
+      <c r="W45" s="259"/>
+      <c r="X45" s="259"/>
+      <c r="Y45" s="259"/>
+      <c r="Z45" s="259"/>
+      <c r="AA45" s="115"/>
+      <c r="AB45"/>
+      <c r="AC45"/>
+      <c r="AD45"/>
+      <c r="AE45"/>
+      <c r="AF45"/>
+      <c r="AG45"/>
+      <c r="AH45" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="350">
+      <c r="B46" s="254">
         <v>10</v>
       </c>
-      <c r="C46" s="351"/>
-[...4 lines deleted...]
-      <c r="H46" s="307">
+      <c r="C46" s="255"/>
+      <c r="D46" s="256"/>
+      <c r="E46" s="256"/>
+      <c r="F46" s="256"/>
+      <c r="G46" s="256"/>
+      <c r="H46" s="257">
         <v>35</v>
       </c>
-      <c r="I46" s="307"/>
-[...6 lines deleted...]
-      <c r="P46" s="353">
+      <c r="I46" s="257"/>
+      <c r="J46" s="257"/>
+      <c r="K46" s="257"/>
+      <c r="L46" s="257"/>
+      <c r="M46" s="256"/>
+      <c r="N46" s="256"/>
+      <c r="O46" s="256"/>
+      <c r="P46" s="258">
         <v>60</v>
       </c>
-      <c r="Q46" s="353"/>
-[...16 lines deleted...]
-      <c r="AH46" s="52" t="s">
+      <c r="Q46" s="258"/>
+      <c r="R46" s="258"/>
+      <c r="S46" s="258"/>
+      <c r="T46" s="258"/>
+      <c r="U46" s="259"/>
+      <c r="V46" s="259"/>
+      <c r="W46" s="259"/>
+      <c r="X46" s="259"/>
+      <c r="Y46" s="259"/>
+      <c r="Z46" s="259"/>
+      <c r="AA46" s="115"/>
+      <c r="AB46"/>
+      <c r="AC46"/>
+      <c r="AD46"/>
+      <c r="AE46"/>
+      <c r="AF46"/>
+      <c r="AG46"/>
+      <c r="AH46" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="47" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="350">
+      <c r="B47" s="254">
         <v>11</v>
       </c>
-      <c r="C47" s="351"/>
-[...4 lines deleted...]
-      <c r="H47" s="307">
+      <c r="C47" s="255"/>
+      <c r="D47" s="256"/>
+      <c r="E47" s="256"/>
+      <c r="F47" s="256"/>
+      <c r="G47" s="256"/>
+      <c r="H47" s="257">
         <v>36</v>
       </c>
-      <c r="I47" s="307"/>
-[...6 lines deleted...]
-      <c r="P47" s="353">
+      <c r="I47" s="257"/>
+      <c r="J47" s="257"/>
+      <c r="K47" s="257"/>
+      <c r="L47" s="257"/>
+      <c r="M47" s="256"/>
+      <c r="N47" s="256"/>
+      <c r="O47" s="256"/>
+      <c r="P47" s="258">
         <v>61</v>
       </c>
-      <c r="Q47" s="353"/>
-[...15 lines deleted...]
-      <c r="AG47" s="98"/>
+      <c r="Q47" s="258"/>
+      <c r="R47" s="258"/>
+      <c r="S47" s="258"/>
+      <c r="T47" s="258"/>
+      <c r="U47" s="259"/>
+      <c r="V47" s="259"/>
+      <c r="W47" s="259"/>
+      <c r="X47" s="259"/>
+      <c r="Y47" s="259"/>
+      <c r="Z47" s="259"/>
+      <c r="AA47" s="115"/>
+      <c r="AB47"/>
+      <c r="AC47"/>
+      <c r="AD47"/>
+      <c r="AE47"/>
+      <c r="AF47"/>
+      <c r="AG47"/>
     </row>
     <row r="48" spans="1:42" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="350">
+      <c r="B48" s="254">
         <v>12</v>
       </c>
-      <c r="C48" s="351"/>
-[...4 lines deleted...]
-      <c r="H48" s="307">
+      <c r="C48" s="255"/>
+      <c r="D48" s="256"/>
+      <c r="E48" s="256"/>
+      <c r="F48" s="256"/>
+      <c r="G48" s="256"/>
+      <c r="H48" s="257">
         <v>37</v>
       </c>
-      <c r="I48" s="307"/>
-[...6 lines deleted...]
-      <c r="P48" s="353">
+      <c r="I48" s="257"/>
+      <c r="J48" s="257"/>
+      <c r="K48" s="257"/>
+      <c r="L48" s="257"/>
+      <c r="M48" s="256"/>
+      <c r="N48" s="256"/>
+      <c r="O48" s="256"/>
+      <c r="P48" s="258">
         <v>62</v>
       </c>
-      <c r="Q48" s="353"/>
-[...15 lines deleted...]
-      <c r="AG48" s="98"/>
+      <c r="Q48" s="258"/>
+      <c r="R48" s="258"/>
+      <c r="S48" s="258"/>
+      <c r="T48" s="258"/>
+      <c r="U48" s="259"/>
+      <c r="V48" s="259"/>
+      <c r="W48" s="259"/>
+      <c r="X48" s="259"/>
+      <c r="Y48" s="259"/>
+      <c r="Z48" s="259"/>
+      <c r="AA48" s="115"/>
+      <c r="AB48"/>
+      <c r="AC48"/>
+      <c r="AD48"/>
+      <c r="AE48"/>
+      <c r="AF48"/>
+      <c r="AG48"/>
     </row>
     <row r="49" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="350">
+      <c r="B49" s="254">
         <v>13</v>
       </c>
-      <c r="C49" s="351"/>
-[...4 lines deleted...]
-      <c r="H49" s="307">
+      <c r="C49" s="255"/>
+      <c r="D49" s="256"/>
+      <c r="E49" s="256"/>
+      <c r="F49" s="256"/>
+      <c r="G49" s="256"/>
+      <c r="H49" s="257">
         <v>38</v>
       </c>
-      <c r="I49" s="307"/>
-[...6 lines deleted...]
-      <c r="P49" s="353">
+      <c r="I49" s="257"/>
+      <c r="J49" s="257"/>
+      <c r="K49" s="257"/>
+      <c r="L49" s="257"/>
+      <c r="M49" s="256"/>
+      <c r="N49" s="256"/>
+      <c r="O49" s="256"/>
+      <c r="P49" s="258">
         <v>63</v>
       </c>
-      <c r="Q49" s="353"/>
-[...15 lines deleted...]
-      <c r="AG49" s="98"/>
+      <c r="Q49" s="258"/>
+      <c r="R49" s="258"/>
+      <c r="S49" s="258"/>
+      <c r="T49" s="258"/>
+      <c r="U49" s="259"/>
+      <c r="V49" s="259"/>
+      <c r="W49" s="259"/>
+      <c r="X49" s="259"/>
+      <c r="Y49" s="259"/>
+      <c r="Z49" s="259"/>
+      <c r="AA49" s="115"/>
+      <c r="AB49"/>
+      <c r="AC49"/>
+      <c r="AD49"/>
+      <c r="AE49"/>
+      <c r="AF49"/>
+      <c r="AG49"/>
     </row>
     <row r="50" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="350">
+      <c r="B50" s="254">
         <v>14</v>
       </c>
-      <c r="C50" s="351"/>
-[...4 lines deleted...]
-      <c r="H50" s="307">
+      <c r="C50" s="255"/>
+      <c r="D50" s="256"/>
+      <c r="E50" s="256"/>
+      <c r="F50" s="256"/>
+      <c r="G50" s="256"/>
+      <c r="H50" s="257">
         <v>39</v>
       </c>
-      <c r="I50" s="307"/>
-[...6 lines deleted...]
-      <c r="P50" s="353">
+      <c r="I50" s="257"/>
+      <c r="J50" s="257"/>
+      <c r="K50" s="257"/>
+      <c r="L50" s="257"/>
+      <c r="M50" s="256"/>
+      <c r="N50" s="256"/>
+      <c r="O50" s="256"/>
+      <c r="P50" s="258">
         <v>64</v>
       </c>
-      <c r="Q50" s="353"/>
-[...15 lines deleted...]
-      <c r="AG50" s="98"/>
+      <c r="Q50" s="258"/>
+      <c r="R50" s="258"/>
+      <c r="S50" s="258"/>
+      <c r="T50" s="258"/>
+      <c r="U50" s="259"/>
+      <c r="V50" s="259"/>
+      <c r="W50" s="259"/>
+      <c r="X50" s="259"/>
+      <c r="Y50" s="259"/>
+      <c r="Z50" s="259"/>
+      <c r="AA50" s="115"/>
+      <c r="AB50"/>
+      <c r="AC50"/>
+      <c r="AD50"/>
+      <c r="AE50"/>
+      <c r="AF50"/>
+      <c r="AG50"/>
     </row>
     <row r="51" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="350">
+      <c r="B51" s="254">
         <v>15</v>
       </c>
-      <c r="C51" s="351"/>
-[...4 lines deleted...]
-      <c r="H51" s="307">
+      <c r="C51" s="255"/>
+      <c r="D51" s="256"/>
+      <c r="E51" s="256"/>
+      <c r="F51" s="256"/>
+      <c r="G51" s="256"/>
+      <c r="H51" s="257">
         <v>40</v>
       </c>
-      <c r="I51" s="307"/>
-[...6 lines deleted...]
-      <c r="P51" s="353">
+      <c r="I51" s="257"/>
+      <c r="J51" s="257"/>
+      <c r="K51" s="257"/>
+      <c r="L51" s="257"/>
+      <c r="M51" s="256"/>
+      <c r="N51" s="256"/>
+      <c r="O51" s="256"/>
+      <c r="P51" s="258">
         <v>65</v>
       </c>
-      <c r="Q51" s="353"/>
-[...15 lines deleted...]
-      <c r="AG51" s="98"/>
+      <c r="Q51" s="258"/>
+      <c r="R51" s="258"/>
+      <c r="S51" s="258"/>
+      <c r="T51" s="258"/>
+      <c r="U51" s="259"/>
+      <c r="V51" s="259"/>
+      <c r="W51" s="259"/>
+      <c r="X51" s="259"/>
+      <c r="Y51" s="259"/>
+      <c r="Z51" s="259"/>
+      <c r="AA51" s="115"/>
+      <c r="AB51"/>
+      <c r="AC51"/>
+      <c r="AD51"/>
+      <c r="AE51"/>
+      <c r="AF51"/>
+      <c r="AG51"/>
     </row>
     <row r="52" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="350">
+      <c r="B52" s="254">
         <v>16</v>
       </c>
-      <c r="C52" s="351"/>
-[...4 lines deleted...]
-      <c r="H52" s="307">
+      <c r="C52" s="255"/>
+      <c r="D52" s="256"/>
+      <c r="E52" s="256"/>
+      <c r="F52" s="256"/>
+      <c r="G52" s="256"/>
+      <c r="H52" s="257">
         <v>41</v>
       </c>
-      <c r="I52" s="307"/>
-[...6 lines deleted...]
-      <c r="P52" s="353">
+      <c r="I52" s="257"/>
+      <c r="J52" s="257"/>
+      <c r="K52" s="257"/>
+      <c r="L52" s="257"/>
+      <c r="M52" s="256"/>
+      <c r="N52" s="256"/>
+      <c r="O52" s="256"/>
+      <c r="P52" s="258">
         <v>66</v>
       </c>
-      <c r="Q52" s="353"/>
-[...15 lines deleted...]
-      <c r="AG52" s="98"/>
+      <c r="Q52" s="258"/>
+      <c r="R52" s="258"/>
+      <c r="S52" s="258"/>
+      <c r="T52" s="258"/>
+      <c r="U52" s="259"/>
+      <c r="V52" s="259"/>
+      <c r="W52" s="259"/>
+      <c r="X52" s="259"/>
+      <c r="Y52" s="259"/>
+      <c r="Z52" s="259"/>
+      <c r="AA52" s="115"/>
+      <c r="AB52"/>
+      <c r="AC52"/>
+      <c r="AD52"/>
+      <c r="AE52"/>
+      <c r="AF52"/>
+      <c r="AG52"/>
     </row>
     <row r="53" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="350">
+      <c r="B53" s="254">
         <v>17</v>
       </c>
-      <c r="C53" s="351"/>
-[...4 lines deleted...]
-      <c r="H53" s="307">
+      <c r="C53" s="255"/>
+      <c r="D53" s="256"/>
+      <c r="E53" s="256"/>
+      <c r="F53" s="256"/>
+      <c r="G53" s="256"/>
+      <c r="H53" s="257">
         <v>42</v>
       </c>
-      <c r="I53" s="307"/>
-[...6 lines deleted...]
-      <c r="P53" s="353">
+      <c r="I53" s="257"/>
+      <c r="J53" s="257"/>
+      <c r="K53" s="257"/>
+      <c r="L53" s="257"/>
+      <c r="M53" s="256"/>
+      <c r="N53" s="256"/>
+      <c r="O53" s="256"/>
+      <c r="P53" s="258">
         <v>67</v>
       </c>
-      <c r="Q53" s="353"/>
-[...15 lines deleted...]
-      <c r="AG53" s="98"/>
+      <c r="Q53" s="258"/>
+      <c r="R53" s="258"/>
+      <c r="S53" s="258"/>
+      <c r="T53" s="258"/>
+      <c r="U53" s="259"/>
+      <c r="V53" s="259"/>
+      <c r="W53" s="259"/>
+      <c r="X53" s="259"/>
+      <c r="Y53" s="259"/>
+      <c r="Z53" s="259"/>
+      <c r="AA53" s="115"/>
+      <c r="AB53"/>
+      <c r="AC53"/>
+      <c r="AD53"/>
+      <c r="AE53"/>
+      <c r="AF53"/>
+      <c r="AG53"/>
     </row>
     <row r="54" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="350">
+      <c r="B54" s="254">
         <v>18</v>
       </c>
-      <c r="C54" s="351"/>
-[...4 lines deleted...]
-      <c r="H54" s="307">
+      <c r="C54" s="255"/>
+      <c r="D54" s="256"/>
+      <c r="E54" s="256"/>
+      <c r="F54" s="256"/>
+      <c r="G54" s="256"/>
+      <c r="H54" s="257">
         <v>43</v>
       </c>
-      <c r="I54" s="307"/>
-[...6 lines deleted...]
-      <c r="P54" s="353">
+      <c r="I54" s="257"/>
+      <c r="J54" s="257"/>
+      <c r="K54" s="257"/>
+      <c r="L54" s="257"/>
+      <c r="M54" s="256"/>
+      <c r="N54" s="256"/>
+      <c r="O54" s="256"/>
+      <c r="P54" s="258">
         <v>68</v>
       </c>
-      <c r="Q54" s="353"/>
-[...15 lines deleted...]
-      <c r="AG54" s="98"/>
+      <c r="Q54" s="258"/>
+      <c r="R54" s="258"/>
+      <c r="S54" s="258"/>
+      <c r="T54" s="258"/>
+      <c r="U54" s="259"/>
+      <c r="V54" s="259"/>
+      <c r="W54" s="259"/>
+      <c r="X54" s="259"/>
+      <c r="Y54" s="259"/>
+      <c r="Z54" s="259"/>
+      <c r="AA54" s="115"/>
+      <c r="AB54"/>
+      <c r="AC54"/>
+      <c r="AD54"/>
+      <c r="AE54"/>
+      <c r="AF54"/>
+      <c r="AG54"/>
     </row>
     <row r="55" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="350">
+      <c r="B55" s="254">
         <v>19</v>
       </c>
-      <c r="C55" s="351"/>
-[...4 lines deleted...]
-      <c r="H55" s="307">
+      <c r="C55" s="255"/>
+      <c r="D55" s="256"/>
+      <c r="E55" s="256"/>
+      <c r="F55" s="256"/>
+      <c r="G55" s="256"/>
+      <c r="H55" s="257">
         <v>44</v>
       </c>
-      <c r="I55" s="307"/>
-[...6 lines deleted...]
-      <c r="P55" s="353">
+      <c r="I55" s="257"/>
+      <c r="J55" s="257"/>
+      <c r="K55" s="257"/>
+      <c r="L55" s="257"/>
+      <c r="M55" s="256"/>
+      <c r="N55" s="256"/>
+      <c r="O55" s="256"/>
+      <c r="P55" s="258">
         <v>69</v>
       </c>
-      <c r="Q55" s="353"/>
-[...15 lines deleted...]
-      <c r="AG55" s="98"/>
+      <c r="Q55" s="258"/>
+      <c r="R55" s="258"/>
+      <c r="S55" s="258"/>
+      <c r="T55" s="258"/>
+      <c r="U55" s="259"/>
+      <c r="V55" s="259"/>
+      <c r="W55" s="259"/>
+      <c r="X55" s="259"/>
+      <c r="Y55" s="259"/>
+      <c r="Z55" s="259"/>
+      <c r="AA55" s="115"/>
+      <c r="AB55"/>
+      <c r="AC55"/>
+      <c r="AD55"/>
+      <c r="AE55"/>
+      <c r="AF55"/>
+      <c r="AG55"/>
     </row>
     <row r="56" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="350">
+      <c r="B56" s="254">
         <v>20</v>
       </c>
-      <c r="C56" s="351"/>
-[...4 lines deleted...]
-      <c r="H56" s="307">
+      <c r="C56" s="255"/>
+      <c r="D56" s="256"/>
+      <c r="E56" s="256"/>
+      <c r="F56" s="256"/>
+      <c r="G56" s="256"/>
+      <c r="H56" s="257">
         <v>45</v>
       </c>
-      <c r="I56" s="307"/>
-[...6 lines deleted...]
-      <c r="P56" s="353">
+      <c r="I56" s="257"/>
+      <c r="J56" s="257"/>
+      <c r="K56" s="257"/>
+      <c r="L56" s="257"/>
+      <c r="M56" s="256"/>
+      <c r="N56" s="256"/>
+      <c r="O56" s="256"/>
+      <c r="P56" s="258">
         <v>70</v>
       </c>
-      <c r="Q56" s="353"/>
-[...15 lines deleted...]
-      <c r="AG56" s="98"/>
+      <c r="Q56" s="258"/>
+      <c r="R56" s="258"/>
+      <c r="S56" s="258"/>
+      <c r="T56" s="258"/>
+      <c r="U56" s="259"/>
+      <c r="V56" s="259"/>
+      <c r="W56" s="259"/>
+      <c r="X56" s="259"/>
+      <c r="Y56" s="259"/>
+      <c r="Z56" s="259"/>
+      <c r="AA56" s="115"/>
+      <c r="AB56"/>
+      <c r="AC56"/>
+      <c r="AD56"/>
+      <c r="AE56"/>
+      <c r="AF56"/>
+      <c r="AG56"/>
     </row>
     <row r="57" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="350">
+      <c r="B57" s="254">
         <v>21</v>
       </c>
-      <c r="C57" s="351"/>
-[...4 lines deleted...]
-      <c r="H57" s="307">
+      <c r="C57" s="255"/>
+      <c r="D57" s="256"/>
+      <c r="E57" s="256"/>
+      <c r="F57" s="256"/>
+      <c r="G57" s="256"/>
+      <c r="H57" s="257">
         <v>46</v>
       </c>
-      <c r="I57" s="307"/>
-[...6 lines deleted...]
-      <c r="P57" s="353">
+      <c r="I57" s="257"/>
+      <c r="J57" s="257"/>
+      <c r="K57" s="257"/>
+      <c r="L57" s="257"/>
+      <c r="M57" s="256"/>
+      <c r="N57" s="256"/>
+      <c r="O57" s="256"/>
+      <c r="P57" s="258">
         <v>71</v>
       </c>
-      <c r="Q57" s="353"/>
-[...15 lines deleted...]
-      <c r="AG57" s="98"/>
+      <c r="Q57" s="258"/>
+      <c r="R57" s="258"/>
+      <c r="S57" s="258"/>
+      <c r="T57" s="258"/>
+      <c r="U57" s="259"/>
+      <c r="V57" s="259"/>
+      <c r="W57" s="259"/>
+      <c r="X57" s="259"/>
+      <c r="Y57" s="259"/>
+      <c r="Z57" s="259"/>
+      <c r="AA57" s="115"/>
+      <c r="AB57"/>
+      <c r="AC57"/>
+      <c r="AD57"/>
+      <c r="AE57"/>
+      <c r="AF57"/>
+      <c r="AG57"/>
     </row>
     <row r="58" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="350">
+      <c r="B58" s="254">
         <v>22</v>
       </c>
-      <c r="C58" s="351"/>
-[...4 lines deleted...]
-      <c r="H58" s="307">
+      <c r="C58" s="255"/>
+      <c r="D58" s="256"/>
+      <c r="E58" s="256"/>
+      <c r="F58" s="256"/>
+      <c r="G58" s="256"/>
+      <c r="H58" s="257">
         <v>47</v>
       </c>
-      <c r="I58" s="307"/>
-[...6 lines deleted...]
-      <c r="P58" s="353">
+      <c r="I58" s="257"/>
+      <c r="J58" s="257"/>
+      <c r="K58" s="257"/>
+      <c r="L58" s="257"/>
+      <c r="M58" s="256"/>
+      <c r="N58" s="256"/>
+      <c r="O58" s="256"/>
+      <c r="P58" s="258">
         <v>72</v>
       </c>
-      <c r="Q58" s="353"/>
-[...15 lines deleted...]
-      <c r="AG58" s="98"/>
+      <c r="Q58" s="258"/>
+      <c r="R58" s="258"/>
+      <c r="S58" s="258"/>
+      <c r="T58" s="258"/>
+      <c r="U58" s="259"/>
+      <c r="V58" s="259"/>
+      <c r="W58" s="259"/>
+      <c r="X58" s="259"/>
+      <c r="Y58" s="259"/>
+      <c r="Z58" s="259"/>
+      <c r="AA58" s="115"/>
+      <c r="AB58"/>
+      <c r="AC58"/>
+      <c r="AD58"/>
+      <c r="AE58"/>
+      <c r="AF58"/>
+      <c r="AG58"/>
     </row>
     <row r="59" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="350">
+      <c r="B59" s="254">
         <v>23</v>
       </c>
-      <c r="C59" s="351"/>
-[...4 lines deleted...]
-      <c r="H59" s="307">
+      <c r="C59" s="255"/>
+      <c r="D59" s="256"/>
+      <c r="E59" s="256"/>
+      <c r="F59" s="256"/>
+      <c r="G59" s="256"/>
+      <c r="H59" s="257">
         <v>48</v>
       </c>
-      <c r="I59" s="307"/>
-[...6 lines deleted...]
-      <c r="P59" s="353">
+      <c r="I59" s="257"/>
+      <c r="J59" s="257"/>
+      <c r="K59" s="257"/>
+      <c r="L59" s="257"/>
+      <c r="M59" s="256"/>
+      <c r="N59" s="256"/>
+      <c r="O59" s="256"/>
+      <c r="P59" s="258">
         <v>73</v>
       </c>
-      <c r="Q59" s="353"/>
-[...15 lines deleted...]
-      <c r="AG59" s="98"/>
+      <c r="Q59" s="258"/>
+      <c r="R59" s="258"/>
+      <c r="S59" s="258"/>
+      <c r="T59" s="258"/>
+      <c r="U59" s="259"/>
+      <c r="V59" s="259"/>
+      <c r="W59" s="259"/>
+      <c r="X59" s="259"/>
+      <c r="Y59" s="259"/>
+      <c r="Z59" s="259"/>
+      <c r="AA59" s="115"/>
+      <c r="AB59"/>
+      <c r="AC59"/>
+      <c r="AD59"/>
+      <c r="AE59"/>
+      <c r="AF59"/>
+      <c r="AG59"/>
     </row>
     <row r="60" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="350">
+      <c r="B60" s="254">
         <v>24</v>
       </c>
-      <c r="C60" s="351"/>
-[...4 lines deleted...]
-      <c r="H60" s="307">
+      <c r="C60" s="255"/>
+      <c r="D60" s="256"/>
+      <c r="E60" s="256"/>
+      <c r="F60" s="256"/>
+      <c r="G60" s="256"/>
+      <c r="H60" s="257">
         <v>49</v>
       </c>
-      <c r="I60" s="307"/>
-[...6 lines deleted...]
-      <c r="P60" s="353">
+      <c r="I60" s="257"/>
+      <c r="J60" s="257"/>
+      <c r="K60" s="257"/>
+      <c r="L60" s="257"/>
+      <c r="M60" s="256"/>
+      <c r="N60" s="256"/>
+      <c r="O60" s="256"/>
+      <c r="P60" s="258">
         <v>74</v>
       </c>
-      <c r="Q60" s="353"/>
-[...15 lines deleted...]
-      <c r="AG60" s="98"/>
+      <c r="Q60" s="258"/>
+      <c r="R60" s="258"/>
+      <c r="S60" s="258"/>
+      <c r="T60" s="258"/>
+      <c r="U60" s="259"/>
+      <c r="V60" s="259"/>
+      <c r="W60" s="259"/>
+      <c r="X60" s="259"/>
+      <c r="Y60" s="259"/>
+      <c r="Z60" s="259"/>
+      <c r="AA60" s="115"/>
+      <c r="AB60"/>
+      <c r="AC60"/>
+      <c r="AD60"/>
+      <c r="AE60"/>
+      <c r="AF60"/>
+      <c r="AG60"/>
     </row>
     <row r="61" spans="1:48" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="351">
+      <c r="B61" s="255">
         <v>25</v>
       </c>
-      <c r="C61" s="357"/>
-[...4 lines deleted...]
-      <c r="H61" s="307">
+      <c r="C61" s="263"/>
+      <c r="D61" s="264"/>
+      <c r="E61" s="265"/>
+      <c r="F61" s="265"/>
+      <c r="G61" s="266"/>
+      <c r="H61" s="257">
         <v>50</v>
       </c>
-      <c r="I61" s="307"/>
-[...6 lines deleted...]
-      <c r="P61" s="353">
+      <c r="I61" s="257"/>
+      <c r="J61" s="257"/>
+      <c r="K61" s="257"/>
+      <c r="L61" s="257"/>
+      <c r="M61" s="264"/>
+      <c r="N61" s="265"/>
+      <c r="O61" s="266"/>
+      <c r="P61" s="258">
         <v>75</v>
       </c>
-      <c r="Q61" s="353"/>
-[...18 lines deleted...]
-      <c r="A62" s="129" t="s">
+      <c r="Q61" s="258"/>
+      <c r="R61" s="258"/>
+      <c r="S61" s="258"/>
+      <c r="T61" s="258"/>
+      <c r="U61" s="260"/>
+      <c r="V61" s="261"/>
+      <c r="W61" s="261"/>
+      <c r="X61" s="261"/>
+      <c r="Y61" s="261"/>
+      <c r="Z61" s="262"/>
+      <c r="AA61" s="115"/>
+      <c r="AB61"/>
+      <c r="AC61"/>
+      <c r="AD61"/>
+      <c r="AE61"/>
+      <c r="AF61"/>
+      <c r="AG61"/>
+    </row>
+    <row r="62" spans="1:48" s="21" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="B62" s="129"/>
-[...28 lines deleted...]
-      <c r="A63" s="135" t="s">
+      <c r="B62" s="66"/>
+      <c r="C62" s="66"/>
+      <c r="D62" s="66"/>
+      <c r="E62" s="66"/>
+      <c r="F62" s="66"/>
+      <c r="G62" s="66"/>
+      <c r="H62" s="66"/>
+      <c r="I62" s="67"/>
+      <c r="J62" s="67"/>
+      <c r="K62" s="35"/>
+      <c r="L62" s="35"/>
+      <c r="M62" s="35"/>
+      <c r="N62" s="35"/>
+      <c r="O62" s="35"/>
+      <c r="P62" s="35"/>
+      <c r="Q62" s="35"/>
+      <c r="R62" s="35"/>
+      <c r="S62" s="35"/>
+      <c r="T62" s="35"/>
+      <c r="U62" s="35"/>
+      <c r="V62" s="35"/>
+      <c r="W62" s="35"/>
+      <c r="X62" s="35"/>
+      <c r="Y62" s="32"/>
+      <c r="Z62" s="32"/>
+      <c r="AB62" s="32"/>
+    </row>
+    <row r="63" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="68" t="s">
         <v>63</v>
       </c>
-      <c r="B63" s="135"/>
-[...46 lines deleted...]
-      <c r="A64" s="300" t="s">
+      <c r="B63" s="68"/>
+      <c r="C63" s="68"/>
+      <c r="D63" s="68"/>
+      <c r="E63" s="68"/>
+      <c r="F63" s="68"/>
+      <c r="G63" s="68"/>
+      <c r="H63" s="68"/>
+      <c r="I63" s="68"/>
+      <c r="J63" s="68"/>
+      <c r="K63" s="68"/>
+      <c r="L63" s="68"/>
+      <c r="M63" s="68"/>
+      <c r="N63" s="68"/>
+      <c r="O63" s="68"/>
+      <c r="P63" s="68"/>
+      <c r="Q63" s="68"/>
+      <c r="R63" s="68"/>
+      <c r="S63" s="68"/>
+      <c r="T63" s="68"/>
+      <c r="U63" s="68"/>
+      <c r="V63" s="68"/>
+      <c r="W63" s="68"/>
+      <c r="X63" s="68"/>
+      <c r="Y63" s="68"/>
+      <c r="Z63" s="68"/>
+      <c r="AB63" s="68"/>
+      <c r="AC63" s="109"/>
+      <c r="AD63" s="109"/>
+      <c r="AE63" s="109"/>
+      <c r="AG63" s="109"/>
+      <c r="AH63" s="109"/>
+      <c r="AI63" s="109"/>
+      <c r="AJ63" s="109"/>
+      <c r="AK63" s="109"/>
+      <c r="AL63" s="109"/>
+      <c r="AM63" s="109"/>
+      <c r="AN63" s="109"/>
+      <c r="AO63" s="109"/>
+      <c r="AP63" s="109"/>
+      <c r="AQ63" s="109"/>
+      <c r="AR63" s="109"/>
+      <c r="AS63" s="109"/>
+      <c r="AT63" s="109"/>
+      <c r="AU63" s="109"/>
+      <c r="AV63" s="109"/>
+    </row>
+    <row r="64" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="B64" s="300"/>
-[...47 lines deleted...]
-      <c r="A65" s="300" t="s">
+      <c r="B64" s="283"/>
+      <c r="C64" s="283"/>
+      <c r="D64" s="283"/>
+      <c r="E64" s="283"/>
+      <c r="F64" s="283"/>
+      <c r="G64" s="283"/>
+      <c r="H64" s="283"/>
+      <c r="I64" s="283"/>
+      <c r="J64" s="283"/>
+      <c r="K64" s="283"/>
+      <c r="L64" s="283"/>
+      <c r="M64" s="283"/>
+      <c r="N64" s="283"/>
+      <c r="O64" s="283"/>
+      <c r="P64" s="283"/>
+      <c r="Q64" s="283"/>
+      <c r="R64" s="283"/>
+      <c r="S64" s="283"/>
+      <c r="T64" s="283"/>
+      <c r="U64" s="283"/>
+      <c r="V64" s="283"/>
+      <c r="W64" s="283"/>
+      <c r="X64" s="283"/>
+      <c r="Y64" s="283"/>
+      <c r="Z64" s="283"/>
+      <c r="AA64" s="283"/>
+      <c r="AB64" s="68"/>
+      <c r="AC64" s="109"/>
+      <c r="AD64" s="109"/>
+      <c r="AE64" s="109"/>
+      <c r="AG64" s="109"/>
+      <c r="AH64" s="109"/>
+      <c r="AI64" s="109"/>
+      <c r="AJ64" s="109"/>
+      <c r="AK64" s="109"/>
+      <c r="AL64" s="109"/>
+      <c r="AM64" s="109"/>
+      <c r="AN64" s="109"/>
+      <c r="AO64" s="109"/>
+      <c r="AP64" s="109"/>
+      <c r="AQ64" s="109"/>
+      <c r="AR64" s="109"/>
+      <c r="AS64" s="109"/>
+      <c r="AT64" s="109"/>
+      <c r="AU64" s="109"/>
+      <c r="AV64" s="109"/>
+    </row>
+    <row r="65" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="283" t="s">
         <v>116</v>
       </c>
-      <c r="B65" s="300"/>
-[...47 lines deleted...]
-      <c r="A66" s="135" t="s">
+      <c r="B65" s="283"/>
+      <c r="C65" s="283"/>
+      <c r="D65" s="283"/>
+      <c r="E65" s="283"/>
+      <c r="F65" s="283"/>
+      <c r="G65" s="283"/>
+      <c r="H65" s="283"/>
+      <c r="I65" s="283"/>
+      <c r="J65" s="283"/>
+      <c r="K65" s="283"/>
+      <c r="L65" s="283"/>
+      <c r="M65" s="283"/>
+      <c r="N65" s="283"/>
+      <c r="O65" s="283"/>
+      <c r="P65" s="283"/>
+      <c r="Q65" s="283"/>
+      <c r="R65" s="283"/>
+      <c r="S65" s="283"/>
+      <c r="T65" s="283"/>
+      <c r="U65" s="283"/>
+      <c r="V65" s="283"/>
+      <c r="W65" s="283"/>
+      <c r="X65" s="283"/>
+      <c r="Y65" s="283"/>
+      <c r="Z65" s="283"/>
+      <c r="AA65" s="283"/>
+      <c r="AB65" s="68"/>
+      <c r="AC65" s="109"/>
+      <c r="AD65" s="109"/>
+      <c r="AE65" s="109"/>
+      <c r="AG65" s="109"/>
+      <c r="AH65" s="109"/>
+      <c r="AI65" s="109"/>
+      <c r="AJ65" s="109"/>
+      <c r="AK65" s="109"/>
+      <c r="AL65" s="109"/>
+      <c r="AM65" s="109"/>
+      <c r="AN65" s="109"/>
+      <c r="AO65" s="109"/>
+      <c r="AP65" s="109"/>
+      <c r="AQ65" s="109"/>
+      <c r="AR65" s="109"/>
+      <c r="AS65" s="109"/>
+      <c r="AT65" s="109"/>
+      <c r="AU65" s="109"/>
+      <c r="AV65" s="109"/>
+    </row>
+    <row r="66" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="B66" s="135"/>
-[...46 lines deleted...]
-      <c r="A67" s="135" t="s">
+      <c r="B66" s="68"/>
+      <c r="C66" s="68"/>
+      <c r="D66" s="68"/>
+      <c r="E66" s="68"/>
+      <c r="F66" s="68"/>
+      <c r="G66" s="68"/>
+      <c r="H66" s="68"/>
+      <c r="I66" s="68"/>
+      <c r="J66" s="68"/>
+      <c r="K66" s="68"/>
+      <c r="L66" s="68"/>
+      <c r="M66" s="68"/>
+      <c r="N66" s="68"/>
+      <c r="O66" s="68"/>
+      <c r="P66" s="68"/>
+      <c r="Q66" s="68"/>
+      <c r="R66" s="68"/>
+      <c r="S66" s="68"/>
+      <c r="T66" s="68"/>
+      <c r="U66" s="68"/>
+      <c r="V66" s="68"/>
+      <c r="W66" s="68"/>
+      <c r="X66" s="68"/>
+      <c r="Y66" s="68"/>
+      <c r="Z66" s="68"/>
+      <c r="AB66" s="68"/>
+      <c r="AC66" s="109"/>
+      <c r="AD66" s="109"/>
+      <c r="AE66" s="109"/>
+      <c r="AG66" s="109"/>
+      <c r="AH66" s="109"/>
+      <c r="AI66" s="109"/>
+      <c r="AJ66" s="109"/>
+      <c r="AK66" s="109"/>
+      <c r="AL66" s="109"/>
+      <c r="AM66" s="109"/>
+      <c r="AN66" s="109"/>
+      <c r="AO66" s="109"/>
+      <c r="AP66" s="109"/>
+      <c r="AQ66" s="109"/>
+      <c r="AR66" s="109"/>
+      <c r="AS66" s="109"/>
+      <c r="AT66" s="109"/>
+      <c r="AU66" s="109"/>
+      <c r="AV66" s="109"/>
+    </row>
+    <row r="67" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="68" t="s">
         <v>67</v>
       </c>
-      <c r="B67" s="135"/>
-[...46 lines deleted...]
-      <c r="A68" s="135" t="s">
+      <c r="B67" s="68"/>
+      <c r="C67" s="68"/>
+      <c r="D67" s="68"/>
+      <c r="E67" s="68"/>
+      <c r="F67" s="68"/>
+      <c r="G67" s="68"/>
+      <c r="H67" s="68"/>
+      <c r="I67" s="68"/>
+      <c r="J67" s="68"/>
+      <c r="K67" s="68"/>
+      <c r="L67" s="68"/>
+      <c r="M67" s="68"/>
+      <c r="N67" s="68"/>
+      <c r="O67" s="68"/>
+      <c r="P67" s="68"/>
+      <c r="Q67" s="68"/>
+      <c r="R67" s="68"/>
+      <c r="S67" s="68"/>
+      <c r="T67" s="68"/>
+      <c r="U67" s="68"/>
+      <c r="V67" s="68"/>
+      <c r="W67" s="68"/>
+      <c r="X67" s="68"/>
+      <c r="Y67" s="68"/>
+      <c r="Z67" s="68"/>
+      <c r="AB67" s="68"/>
+      <c r="AC67" s="109"/>
+      <c r="AD67" s="109"/>
+      <c r="AE67" s="109"/>
+      <c r="AG67" s="109"/>
+      <c r="AH67" s="109"/>
+      <c r="AI67" s="109"/>
+      <c r="AJ67" s="109"/>
+      <c r="AK67" s="109"/>
+      <c r="AL67" s="109"/>
+      <c r="AM67" s="109"/>
+      <c r="AN67" s="109"/>
+      <c r="AO67" s="109"/>
+      <c r="AP67" s="109"/>
+      <c r="AQ67" s="109"/>
+      <c r="AR67" s="109"/>
+      <c r="AS67" s="109"/>
+      <c r="AT67" s="109"/>
+      <c r="AU67" s="109"/>
+      <c r="AV67" s="109"/>
+    </row>
+    <row r="68" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="68" t="s">
         <v>105</v>
       </c>
-      <c r="B68" s="135"/>
-[...46 lines deleted...]
-      <c r="A69" s="135" t="s">
+      <c r="B68" s="68"/>
+      <c r="C68" s="68"/>
+      <c r="D68" s="68"/>
+      <c r="E68" s="68"/>
+      <c r="F68" s="68"/>
+      <c r="G68" s="68"/>
+      <c r="H68" s="68"/>
+      <c r="I68" s="68"/>
+      <c r="J68" s="68"/>
+      <c r="K68" s="68"/>
+      <c r="L68" s="68"/>
+      <c r="M68" s="68"/>
+      <c r="N68" s="68"/>
+      <c r="O68" s="68"/>
+      <c r="P68" s="68"/>
+      <c r="Q68" s="68"/>
+      <c r="R68" s="68"/>
+      <c r="S68" s="68"/>
+      <c r="T68" s="68"/>
+      <c r="U68" s="68"/>
+      <c r="V68" s="68"/>
+      <c r="W68" s="68"/>
+      <c r="X68" s="68"/>
+      <c r="Y68" s="68"/>
+      <c r="Z68" s="68"/>
+      <c r="AB68" s="68"/>
+      <c r="AC68" s="109"/>
+      <c r="AD68" s="109"/>
+      <c r="AE68" s="109"/>
+      <c r="AG68" s="109"/>
+      <c r="AH68" s="109"/>
+      <c r="AI68" s="109"/>
+      <c r="AJ68" s="109"/>
+      <c r="AK68" s="109"/>
+      <c r="AL68" s="109"/>
+      <c r="AM68" s="109"/>
+      <c r="AN68" s="109"/>
+      <c r="AO68" s="109"/>
+      <c r="AP68" s="109"/>
+      <c r="AQ68" s="109"/>
+      <c r="AR68" s="109"/>
+      <c r="AS68" s="109"/>
+      <c r="AT68" s="109"/>
+      <c r="AU68" s="109"/>
+      <c r="AV68" s="109"/>
+    </row>
+    <row r="69" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="68" t="s">
         <v>106</v>
       </c>
-      <c r="B69" s="135"/>
-[...46 lines deleted...]
-      <c r="A70" s="135" t="s">
+      <c r="B69" s="68"/>
+      <c r="C69" s="68"/>
+      <c r="D69" s="68"/>
+      <c r="E69" s="68"/>
+      <c r="F69" s="68"/>
+      <c r="G69" s="68"/>
+      <c r="H69" s="68"/>
+      <c r="I69" s="68"/>
+      <c r="J69" s="68"/>
+      <c r="K69" s="68"/>
+      <c r="L69" s="68"/>
+      <c r="M69" s="68"/>
+      <c r="N69" s="68"/>
+      <c r="O69" s="68"/>
+      <c r="P69" s="68"/>
+      <c r="Q69" s="68"/>
+      <c r="R69" s="68"/>
+      <c r="S69" s="68"/>
+      <c r="T69" s="68"/>
+      <c r="U69" s="68"/>
+      <c r="V69" s="68"/>
+      <c r="W69" s="68"/>
+      <c r="X69" s="68"/>
+      <c r="Y69" s="68"/>
+      <c r="Z69" s="68"/>
+      <c r="AB69" s="68"/>
+      <c r="AC69" s="109"/>
+      <c r="AD69" s="109"/>
+      <c r="AE69" s="109"/>
+      <c r="AG69" s="109"/>
+      <c r="AH69" s="109"/>
+      <c r="AI69" s="109"/>
+      <c r="AJ69" s="109"/>
+      <c r="AK69" s="109"/>
+      <c r="AL69" s="109"/>
+      <c r="AM69" s="109"/>
+      <c r="AN69" s="109"/>
+      <c r="AO69" s="109"/>
+      <c r="AP69" s="109"/>
+      <c r="AQ69" s="109"/>
+      <c r="AR69" s="109"/>
+      <c r="AS69" s="109"/>
+      <c r="AT69" s="109"/>
+      <c r="AU69" s="109"/>
+      <c r="AV69" s="109"/>
+    </row>
+    <row r="70" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="68" t="s">
         <v>70</v>
       </c>
-      <c r="B70" s="135"/>
-[...46 lines deleted...]
-      <c r="A71" s="136" t="s">
+      <c r="B70" s="68"/>
+      <c r="C70" s="68"/>
+      <c r="D70" s="68"/>
+      <c r="E70" s="68"/>
+      <c r="F70" s="68"/>
+      <c r="G70" s="68"/>
+      <c r="H70" s="68"/>
+      <c r="I70" s="68"/>
+      <c r="J70" s="68"/>
+      <c r="K70" s="68"/>
+      <c r="L70" s="68"/>
+      <c r="M70" s="68"/>
+      <c r="N70" s="68"/>
+      <c r="O70" s="68"/>
+      <c r="P70" s="68"/>
+      <c r="Q70" s="68"/>
+      <c r="R70" s="68"/>
+      <c r="S70" s="68"/>
+      <c r="T70" s="68"/>
+      <c r="U70" s="68"/>
+      <c r="V70" s="68"/>
+      <c r="W70" s="68"/>
+      <c r="X70" s="68"/>
+      <c r="Y70" s="68"/>
+      <c r="Z70" s="68"/>
+      <c r="AB70" s="68"/>
+      <c r="AC70" s="109"/>
+      <c r="AD70" s="109"/>
+      <c r="AE70" s="109"/>
+      <c r="AG70" s="109"/>
+      <c r="AH70" s="109"/>
+      <c r="AI70" s="109"/>
+      <c r="AJ70" s="109"/>
+      <c r="AK70" s="109"/>
+      <c r="AL70" s="109"/>
+      <c r="AM70" s="109"/>
+      <c r="AN70" s="109"/>
+      <c r="AO70" s="109"/>
+      <c r="AP70" s="109"/>
+      <c r="AQ70" s="109"/>
+      <c r="AR70" s="109"/>
+      <c r="AS70" s="109"/>
+      <c r="AT70" s="109"/>
+      <c r="AU70" s="109"/>
+      <c r="AV70" s="109"/>
+    </row>
+    <row r="71" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="68" t="s">
         <v>71</v>
       </c>
-      <c r="B71" s="136"/>
-[...46 lines deleted...]
-      <c r="A72" s="136" t="s">
+      <c r="B71" s="68"/>
+      <c r="C71" s="68"/>
+      <c r="D71" s="68"/>
+      <c r="E71" s="68"/>
+      <c r="F71" s="68"/>
+      <c r="G71" s="68"/>
+      <c r="H71" s="68"/>
+      <c r="I71" s="68"/>
+      <c r="J71" s="68"/>
+      <c r="K71" s="68"/>
+      <c r="L71" s="68"/>
+      <c r="M71" s="68"/>
+      <c r="N71" s="68"/>
+      <c r="O71" s="68"/>
+      <c r="P71" s="68"/>
+      <c r="Q71" s="68"/>
+      <c r="R71" s="68"/>
+      <c r="S71" s="68"/>
+      <c r="T71" s="68"/>
+      <c r="U71" s="68"/>
+      <c r="V71" s="68"/>
+      <c r="W71" s="68"/>
+      <c r="X71" s="68"/>
+      <c r="Y71" s="68"/>
+      <c r="Z71" s="68"/>
+      <c r="AB71" s="68"/>
+      <c r="AC71" s="109"/>
+      <c r="AD71" s="109"/>
+      <c r="AE71" s="109"/>
+      <c r="AG71" s="109"/>
+      <c r="AH71" s="109"/>
+      <c r="AI71" s="109"/>
+      <c r="AJ71" s="109"/>
+      <c r="AK71" s="109"/>
+      <c r="AL71" s="109"/>
+      <c r="AM71" s="109"/>
+      <c r="AN71" s="109"/>
+      <c r="AO71" s="109"/>
+      <c r="AP71" s="109"/>
+      <c r="AQ71" s="109"/>
+      <c r="AR71" s="109"/>
+      <c r="AS71" s="109"/>
+      <c r="AT71" s="109"/>
+      <c r="AU71" s="109"/>
+      <c r="AV71" s="109"/>
+    </row>
+    <row r="72" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="68" t="s">
         <v>107</v>
       </c>
-      <c r="B72" s="136"/>
-[...27 lines deleted...]
-      <c r="A73" s="136" t="s">
+      <c r="B72" s="68"/>
+      <c r="C72" s="68"/>
+      <c r="D72" s="68"/>
+      <c r="E72" s="68"/>
+      <c r="F72" s="68"/>
+      <c r="G72" s="68"/>
+      <c r="H72" s="68"/>
+      <c r="I72" s="68"/>
+      <c r="J72" s="68"/>
+      <c r="K72" s="68"/>
+      <c r="L72" s="68"/>
+      <c r="M72" s="68"/>
+      <c r="N72" s="68"/>
+      <c r="O72" s="68"/>
+      <c r="P72" s="68"/>
+      <c r="Q72" s="68"/>
+      <c r="R72" s="68"/>
+      <c r="S72" s="68"/>
+      <c r="T72" s="68"/>
+      <c r="U72" s="68"/>
+      <c r="V72" s="68"/>
+      <c r="W72" s="68"/>
+      <c r="X72" s="68"/>
+      <c r="Y72" s="68"/>
+      <c r="Z72" s="68"/>
+      <c r="AB72" s="68"/>
+    </row>
+    <row r="73" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="68" t="s">
         <v>108</v>
       </c>
-      <c r="B73" s="136"/>
-[...27 lines deleted...]
-      <c r="A74" s="300" t="s">
+      <c r="B73" s="68"/>
+      <c r="C73" s="68"/>
+      <c r="D73" s="68"/>
+      <c r="E73" s="68"/>
+      <c r="F73" s="68"/>
+      <c r="G73" s="68"/>
+      <c r="H73" s="68"/>
+      <c r="I73" s="68"/>
+      <c r="J73" s="68"/>
+      <c r="K73" s="68"/>
+      <c r="L73" s="68"/>
+      <c r="M73" s="68"/>
+      <c r="N73" s="68"/>
+      <c r="O73" s="68"/>
+      <c r="P73" s="68"/>
+      <c r="Q73" s="68"/>
+      <c r="R73" s="68"/>
+      <c r="S73" s="68"/>
+      <c r="T73" s="68"/>
+      <c r="U73" s="68"/>
+      <c r="V73" s="68"/>
+      <c r="W73" s="68"/>
+      <c r="X73" s="68"/>
+      <c r="Y73" s="68"/>
+      <c r="Z73" s="68"/>
+      <c r="AB73" s="68"/>
+    </row>
+    <row r="74" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="283" t="s">
         <v>119</v>
       </c>
-      <c r="B74" s="300"/>
-[...28 lines deleted...]
-      <c r="A75" s="136" t="s">
+      <c r="B74" s="283"/>
+      <c r="C74" s="283"/>
+      <c r="D74" s="283"/>
+      <c r="E74" s="283"/>
+      <c r="F74" s="283"/>
+      <c r="G74" s="283"/>
+      <c r="H74" s="283"/>
+      <c r="I74" s="283"/>
+      <c r="J74" s="283"/>
+      <c r="K74" s="283"/>
+      <c r="L74" s="283"/>
+      <c r="M74" s="283"/>
+      <c r="N74" s="283"/>
+      <c r="O74" s="283"/>
+      <c r="P74" s="283"/>
+      <c r="Q74" s="283"/>
+      <c r="R74" s="283"/>
+      <c r="S74" s="283"/>
+      <c r="T74" s="283"/>
+      <c r="U74" s="283"/>
+      <c r="V74" s="283"/>
+      <c r="W74" s="283"/>
+      <c r="X74" s="283"/>
+      <c r="Y74" s="283"/>
+      <c r="Z74" s="283"/>
+      <c r="AA74" s="283"/>
+      <c r="AB74" s="68"/>
+    </row>
+    <row r="75" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B75" s="136"/>
-[...27 lines deleted...]
-      <c r="A76" s="300" t="s">
+      <c r="B75" s="68"/>
+      <c r="C75" s="68"/>
+      <c r="D75" s="68"/>
+      <c r="E75" s="68"/>
+      <c r="F75" s="68"/>
+      <c r="G75" s="68"/>
+      <c r="H75" s="68"/>
+      <c r="I75" s="68"/>
+      <c r="J75" s="68"/>
+      <c r="K75" s="68"/>
+      <c r="L75" s="68"/>
+      <c r="M75" s="68"/>
+      <c r="N75" s="68"/>
+      <c r="O75" s="68"/>
+      <c r="P75" s="68"/>
+      <c r="Q75" s="68"/>
+      <c r="R75" s="68"/>
+      <c r="S75" s="68"/>
+      <c r="T75" s="68"/>
+      <c r="U75" s="68"/>
+      <c r="V75" s="68"/>
+      <c r="W75" s="68"/>
+      <c r="X75" s="68"/>
+      <c r="Y75" s="68"/>
+      <c r="Z75" s="68"/>
+      <c r="AB75" s="68"/>
+    </row>
+    <row r="76" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="283" t="s">
         <v>117</v>
       </c>
-      <c r="B76" s="300"/>
-[...58 lines deleted...]
-      <c r="C78" s="303" t="s">
+      <c r="B76" s="283"/>
+      <c r="C76" s="283"/>
+      <c r="D76" s="283"/>
+      <c r="E76" s="283"/>
+      <c r="F76" s="283"/>
+      <c r="G76" s="283"/>
+      <c r="H76" s="283"/>
+      <c r="I76" s="283"/>
+      <c r="J76" s="283"/>
+      <c r="K76" s="283"/>
+      <c r="L76" s="283"/>
+      <c r="M76" s="283"/>
+      <c r="N76" s="283"/>
+      <c r="O76" s="283"/>
+      <c r="P76" s="283"/>
+      <c r="Q76" s="283"/>
+      <c r="R76" s="283"/>
+      <c r="S76" s="283"/>
+      <c r="T76" s="283"/>
+      <c r="U76" s="283"/>
+      <c r="V76" s="283"/>
+      <c r="W76" s="283"/>
+      <c r="X76" s="283"/>
+      <c r="Y76" s="283"/>
+      <c r="Z76" s="283"/>
+      <c r="AA76" s="283"/>
+      <c r="AB76" s="68"/>
+    </row>
+    <row r="77" spans="1:48" s="21" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="68"/>
+      <c r="B77" s="68"/>
+      <c r="C77" s="68"/>
+      <c r="D77" s="68"/>
+      <c r="E77" s="68"/>
+      <c r="F77" s="68"/>
+      <c r="G77" s="68"/>
+      <c r="H77" s="68"/>
+      <c r="I77" s="68"/>
+      <c r="J77" s="68"/>
+      <c r="K77" s="68"/>
+      <c r="L77" s="68"/>
+      <c r="M77" s="68"/>
+      <c r="N77" s="68"/>
+      <c r="O77" s="68"/>
+      <c r="P77" s="68"/>
+      <c r="Q77" s="68"/>
+      <c r="R77" s="68"/>
+      <c r="S77" s="68"/>
+      <c r="T77" s="68"/>
+      <c r="U77" s="68"/>
+      <c r="V77" s="68"/>
+      <c r="W77" s="68"/>
+      <c r="X77" s="68"/>
+      <c r="Y77" s="68"/>
+      <c r="Z77" s="68"/>
+      <c r="AB77" s="68"/>
+    </row>
+    <row r="78" spans="1:48" s="21" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="110"/>
+      <c r="C78" s="288" t="s">
         <v>109</v>
       </c>
-      <c r="D78" s="303"/>
-[...1 lines deleted...]
-      <c r="J78" s="133" t="s">
+      <c r="D78" s="288"/>
+      <c r="I78" s="68"/>
+      <c r="J78" s="21" t="s">
         <v>110</v>
       </c>
-      <c r="Q78" s="304"/>
-[...13 lines deleted...]
-      <c r="A79" s="305" t="s">
+      <c r="Q78" s="289"/>
+      <c r="R78" s="289"/>
+      <c r="S78" s="289"/>
+      <c r="T78" s="289"/>
+      <c r="U78" s="289"/>
+      <c r="V78" s="289"/>
+      <c r="W78" s="289"/>
+      <c r="X78" s="289"/>
+      <c r="Y78" s="289"/>
+      <c r="Z78" s="289"/>
+      <c r="AA78" s="289"/>
+      <c r="AB78" s="85"/>
+    </row>
+    <row r="79" spans="1:48" s="21" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="284" t="s">
         <v>111</v>
       </c>
-      <c r="B79" s="305"/>
-[...2 lines deleted...]
-      <c r="E79" s="141" t="s">
+      <c r="B79" s="284"/>
+      <c r="C79" s="221"/>
+      <c r="D79" s="221"/>
+      <c r="E79" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="F79" s="142"/>
-      <c r="G79" s="141" t="s">
+      <c r="F79" s="111"/>
+      <c r="G79" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="H79" s="306"/>
-[...34 lines deleted...]
-      <c r="AB80" s="146"/>
+      <c r="H79" s="221"/>
+      <c r="I79" s="221"/>
+      <c r="AC79" s="105"/>
+      <c r="AD79" s="32"/>
+      <c r="AE79" s="32"/>
+    </row>
+    <row r="80" spans="1:48" s="21" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="283"/>
+      <c r="C80" s="284"/>
+      <c r="D80" s="284"/>
+      <c r="E80" s="285"/>
+      <c r="F80" s="285"/>
+      <c r="G80" s="285"/>
+      <c r="H80" s="285"/>
+      <c r="I80" s="285"/>
+      <c r="J80" s="285"/>
+      <c r="K80" s="285"/>
+      <c r="L80" s="285"/>
+      <c r="M80" s="285"/>
+      <c r="N80" s="285"/>
+      <c r="O80" s="285"/>
+      <c r="P80" s="285"/>
+      <c r="Q80" s="285"/>
+      <c r="R80" s="285"/>
+      <c r="S80" s="285"/>
+      <c r="T80" s="285"/>
+      <c r="U80" s="285"/>
+      <c r="V80" s="285"/>
+      <c r="W80" s="285"/>
+      <c r="X80" s="285"/>
+      <c r="Y80" s="68"/>
+      <c r="Z80" s="68"/>
+      <c r="AA80" s="68"/>
+      <c r="AB80" s="68"/>
     </row>
     <row r="81" spans="1:29" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="319" t="s">
+      <c r="A81" s="286" t="s">
         <v>113</v>
       </c>
-      <c r="B81" s="319"/>
-[...26 lines deleted...]
-      <c r="AC81" s="146"/>
+      <c r="B81" s="286"/>
+      <c r="C81" s="286"/>
+      <c r="D81" s="286"/>
+      <c r="E81" s="286"/>
+      <c r="F81" s="286"/>
+      <c r="G81" s="286"/>
+      <c r="H81" s="286"/>
+      <c r="I81" s="286"/>
+      <c r="J81" s="286"/>
+      <c r="K81" s="286"/>
+      <c r="L81" s="286"/>
+      <c r="M81" s="286"/>
+      <c r="N81" s="286"/>
+      <c r="O81" s="286"/>
+      <c r="P81" s="286"/>
+      <c r="Q81" s="286"/>
+      <c r="R81" s="286"/>
+      <c r="S81" s="286"/>
+      <c r="T81" s="286"/>
+      <c r="U81" s="286"/>
+      <c r="V81" s="286"/>
+      <c r="W81" s="286"/>
+      <c r="X81" s="286"/>
+      <c r="Y81" s="286"/>
+      <c r="Z81" s="286"/>
+      <c r="AA81" s="286"/>
+      <c r="AB81" s="68"/>
+      <c r="AC81" s="68"/>
     </row>
     <row r="82" spans="1:29" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="320" t="s">
+      <c r="A82" s="224" t="s">
         <v>114</v>
       </c>
-      <c r="B82" s="320"/>
-[...24 lines deleted...]
-      <c r="AA82" s="126" t="s">
+      <c r="B82" s="224"/>
+      <c r="C82" s="224"/>
+      <c r="D82" s="224"/>
+      <c r="E82" s="32"/>
+      <c r="F82" s="32"/>
+      <c r="G82" s="32"/>
+      <c r="H82" s="32"/>
+      <c r="I82" s="32"/>
+      <c r="J82" s="32"/>
+      <c r="K82" s="32"/>
+      <c r="L82" s="32"/>
+      <c r="M82" s="32"/>
+      <c r="N82" s="32"/>
+      <c r="O82" s="32"/>
+      <c r="P82" s="32"/>
+      <c r="Q82" s="32"/>
+      <c r="R82" s="32"/>
+      <c r="S82" s="32"/>
+      <c r="T82" s="32"/>
+      <c r="U82" s="32"/>
+      <c r="V82" s="32"/>
+      <c r="W82" s="32"/>
+      <c r="X82" s="32"/>
+      <c r="Y82" s="32"/>
+      <c r="Z82" s="105"/>
+      <c r="AA82" s="106" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="83" spans="1:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-    </row>
+    <row r="83" spans="1:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="84" spans="1:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="85" spans="1:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="86" spans="1:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="243">
-    <mergeCell ref="AG10:AM10"/>
-[...11 lines deleted...]
-    <mergeCell ref="AG9:AM9"/>
+    <mergeCell ref="A64:AA64"/>
+    <mergeCell ref="A65:AA65"/>
+    <mergeCell ref="A76:AA76"/>
+    <mergeCell ref="A74:AA74"/>
+    <mergeCell ref="T30:AA30"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="Q78:AA78"/>
+    <mergeCell ref="A79:B79"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="H79:I79"/>
+    <mergeCell ref="H41:L41"/>
+    <mergeCell ref="H42:L42"/>
+    <mergeCell ref="H43:L43"/>
+    <mergeCell ref="H44:L44"/>
+    <mergeCell ref="H45:L45"/>
+    <mergeCell ref="H46:L46"/>
+    <mergeCell ref="U38:Z38"/>
+    <mergeCell ref="U39:Z39"/>
+    <mergeCell ref="U40:Z40"/>
+    <mergeCell ref="U41:Z41"/>
+    <mergeCell ref="U42:Z42"/>
+    <mergeCell ref="U43:Z43"/>
+    <mergeCell ref="B34:C36"/>
+    <mergeCell ref="D34:G36"/>
+    <mergeCell ref="B80:D80"/>
+    <mergeCell ref="E80:X80"/>
+    <mergeCell ref="A81:AA81"/>
+    <mergeCell ref="A82:D82"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="D29:N29"/>
+    <mergeCell ref="O29:P29"/>
+    <mergeCell ref="Q29:AA29"/>
+    <mergeCell ref="AD29:AG29"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="D31:S31"/>
+    <mergeCell ref="T31:X31"/>
+    <mergeCell ref="Y31:AA31"/>
+    <mergeCell ref="J30:L30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="M30:Q30"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E30:I30"/>
+    <mergeCell ref="U44:Z44"/>
+    <mergeCell ref="U45:Z45"/>
+    <mergeCell ref="U46:Z46"/>
+    <mergeCell ref="H38:L38"/>
+    <mergeCell ref="H39:L39"/>
+    <mergeCell ref="H40:L40"/>
+    <mergeCell ref="Y26:AA26"/>
+    <mergeCell ref="T26:X26"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="B6:P6"/>
+    <mergeCell ref="D22:O22"/>
+    <mergeCell ref="P22:S22"/>
+    <mergeCell ref="T22:AA22"/>
+    <mergeCell ref="B21:K21"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="D14:I14"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="E12:I12"/>
+    <mergeCell ref="B11:F11"/>
+    <mergeCell ref="G11:K11"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:P4"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E5:N5"/>
+    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="H34:L36"/>
+    <mergeCell ref="M34:O36"/>
+    <mergeCell ref="P34:T36"/>
+    <mergeCell ref="U34:Z36"/>
+    <mergeCell ref="AA34:AA36"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="B59:C59"/>
+    <mergeCell ref="D59:G59"/>
+    <mergeCell ref="D60:G60"/>
+    <mergeCell ref="M59:O59"/>
+    <mergeCell ref="M60:O60"/>
+    <mergeCell ref="P59:T59"/>
+    <mergeCell ref="P60:T60"/>
+    <mergeCell ref="U59:Z59"/>
+    <mergeCell ref="H47:L47"/>
+    <mergeCell ref="H48:L48"/>
+    <mergeCell ref="H49:L49"/>
+    <mergeCell ref="H50:L50"/>
+    <mergeCell ref="H51:L51"/>
+    <mergeCell ref="H52:L52"/>
+    <mergeCell ref="H53:L53"/>
+    <mergeCell ref="H56:L56"/>
+    <mergeCell ref="H57:L57"/>
+    <mergeCell ref="H58:L58"/>
+    <mergeCell ref="H59:L59"/>
+    <mergeCell ref="H60:L60"/>
+    <mergeCell ref="U61:Z61"/>
+    <mergeCell ref="B61:C61"/>
+    <mergeCell ref="D61:G61"/>
+    <mergeCell ref="H61:L61"/>
+    <mergeCell ref="M61:O61"/>
+    <mergeCell ref="P61:T61"/>
+    <mergeCell ref="U60:Z60"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:G57"/>
+    <mergeCell ref="D58:G58"/>
+    <mergeCell ref="M57:O57"/>
+    <mergeCell ref="M58:O58"/>
+    <mergeCell ref="P57:T57"/>
+    <mergeCell ref="P58:T58"/>
+    <mergeCell ref="U57:Z57"/>
+    <mergeCell ref="U58:Z58"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="D55:G55"/>
+    <mergeCell ref="D56:G56"/>
+    <mergeCell ref="M55:O55"/>
+    <mergeCell ref="M56:O56"/>
+    <mergeCell ref="P55:T55"/>
+    <mergeCell ref="P56:T56"/>
+    <mergeCell ref="U55:Z55"/>
+    <mergeCell ref="U56:Z56"/>
+    <mergeCell ref="H55:L55"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="D53:G53"/>
+    <mergeCell ref="D54:G54"/>
+    <mergeCell ref="M53:O53"/>
+    <mergeCell ref="M54:O54"/>
+    <mergeCell ref="P53:T53"/>
+    <mergeCell ref="P54:T54"/>
+    <mergeCell ref="U53:Z53"/>
+    <mergeCell ref="U54:Z54"/>
+    <mergeCell ref="H54:L54"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:G51"/>
+    <mergeCell ref="D52:G52"/>
+    <mergeCell ref="M51:O51"/>
+    <mergeCell ref="M52:O52"/>
+    <mergeCell ref="P51:T51"/>
+    <mergeCell ref="P52:T52"/>
+    <mergeCell ref="U51:Z51"/>
+    <mergeCell ref="U52:Z52"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:G49"/>
+    <mergeCell ref="D50:G50"/>
+    <mergeCell ref="M49:O49"/>
+    <mergeCell ref="M50:O50"/>
+    <mergeCell ref="P49:T49"/>
+    <mergeCell ref="P50:T50"/>
+    <mergeCell ref="U49:Z49"/>
+    <mergeCell ref="U50:Z50"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:G47"/>
+    <mergeCell ref="D48:G48"/>
+    <mergeCell ref="M47:O47"/>
+    <mergeCell ref="M48:O48"/>
+    <mergeCell ref="P47:T47"/>
+    <mergeCell ref="P48:T48"/>
+    <mergeCell ref="U47:Z47"/>
+    <mergeCell ref="U48:Z48"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:G45"/>
+    <mergeCell ref="D46:G46"/>
+    <mergeCell ref="M45:O45"/>
+    <mergeCell ref="M46:O46"/>
+    <mergeCell ref="P45:T45"/>
+    <mergeCell ref="P46:T46"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:G43"/>
+    <mergeCell ref="D44:G44"/>
+    <mergeCell ref="M43:O43"/>
+    <mergeCell ref="M44:O44"/>
+    <mergeCell ref="P43:T43"/>
+    <mergeCell ref="P44:T44"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:G41"/>
+    <mergeCell ref="D42:G42"/>
+    <mergeCell ref="M41:O41"/>
+    <mergeCell ref="M42:O42"/>
+    <mergeCell ref="P41:T41"/>
+    <mergeCell ref="P42:T42"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:G39"/>
+    <mergeCell ref="D40:G40"/>
+    <mergeCell ref="M39:O39"/>
+    <mergeCell ref="M40:O40"/>
+    <mergeCell ref="P39:T39"/>
+    <mergeCell ref="P40:T40"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:G37"/>
+    <mergeCell ref="H37:L37"/>
+    <mergeCell ref="M37:O37"/>
+    <mergeCell ref="P37:T37"/>
+    <mergeCell ref="U37:Z37"/>
+    <mergeCell ref="D38:G38"/>
+    <mergeCell ref="M38:O38"/>
+    <mergeCell ref="P38:T38"/>
     <mergeCell ref="AD25:AG25"/>
     <mergeCell ref="B28:L28"/>
     <mergeCell ref="Q28:AA28"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="R23:U23"/>
     <mergeCell ref="J12:M12"/>
     <mergeCell ref="R12:Y12"/>
     <mergeCell ref="Z12:AA12"/>
     <mergeCell ref="C19:AA19"/>
     <mergeCell ref="C18:AA18"/>
     <mergeCell ref="B16:K16"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="L14:M14"/>
     <mergeCell ref="N14:O14"/>
     <mergeCell ref="R14:X14"/>
     <mergeCell ref="N12:Q12"/>
     <mergeCell ref="P21:AA21"/>
     <mergeCell ref="D23:Q23"/>
     <mergeCell ref="X23:AA23"/>
     <mergeCell ref="B24:L24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="D25:N25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="D26:S26"/>
-    <mergeCell ref="B37:C37"/>
-[...204 lines deleted...]
-    <mergeCell ref="D34:G36"/>
+    <mergeCell ref="AG10:AM10"/>
+    <mergeCell ref="L11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Z11"/>
+    <mergeCell ref="AD11:AF11"/>
+    <mergeCell ref="AG11:AM11"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AD7:AF7"/>
+    <mergeCell ref="AG7:AM7"/>
+    <mergeCell ref="AD8:AF8"/>
+    <mergeCell ref="AG8:AM8"/>
+    <mergeCell ref="AD9:AF9"/>
+    <mergeCell ref="AG9:AM9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AH25" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="AH22" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="AH21" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="AH29" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0.19685039370078741" top="0.11811023622047245" bottom="0.11811023622047245" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="78" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId5"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;6Página &amp;P de &amp;N&amp;C&amp;8&amp;XVinha Brava 9700-236 - Angra do Heroísmo - Tel: 295 240 140 - Fax: 295 216 492 - e:mail:info.lrv@azores.gov.pt&amp;R&amp;6Modelo 70-19/2018-01-03</oddFooter>
   </headerFooter>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:CD64"/>
+  <dimension ref="A1:AO64"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H27" sqref="H27:L27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="27" max="27" width="9" style="23" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="4.28515625" style="21" customWidth="1"/>
+    <col min="4" max="8" width="3.28515625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="10" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="3.28515625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="3.140625" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="7.7109375" style="21" customWidth="1"/>
+    <col min="26" max="26" width="3.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="9" style="21" customWidth="1"/>
     <col min="28" max="31" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="32" max="32" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="53" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="54" max="54" width="3.28515625" style="49" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="83" max="16384" width="3.28515625" style="1"/>
+    <col min="54" max="54" width="3.28515625" style="1" customWidth="1"/>
+    <col min="55" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:37" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="384" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="339" t="s">
         <v>0</v>
       </c>
-      <c r="K1" s="385"/>
-[...15 lines deleted...]
-      <c r="AA1" s="386"/>
+      <c r="K1" s="340"/>
+      <c r="L1" s="340"/>
+      <c r="M1" s="340"/>
+      <c r="N1" s="340"/>
+      <c r="O1" s="340"/>
+      <c r="P1" s="340"/>
+      <c r="Q1" s="340"/>
+      <c r="R1" s="340"/>
+      <c r="S1" s="340"/>
+      <c r="T1" s="340"/>
+      <c r="U1" s="340"/>
+      <c r="V1" s="340"/>
+      <c r="W1" s="340"/>
+      <c r="X1" s="340"/>
+      <c r="Y1" s="340"/>
+      <c r="Z1" s="340"/>
+      <c r="AA1" s="341"/>
     </row>
     <row r="2" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="2:37" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="344"/>
-[...10 lines deleted...]
-      <c r="N3" s="344"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
       <c r="AC3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...11 lines deleted...]
-      <c r="N4" s="344"/>
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
-      <c r="Q4" s="330" t="s">
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...8 lines deleted...]
-      <c r="AA4" s="346"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
       <c r="AC4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:37" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="15"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...8 lines deleted...]
-      <c r="AA5" s="20"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
     </row>
     <row r="6" spans="2:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="21"/>
-[...2 lines deleted...]
-      <c r="E6" s="347" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="347"/>
-[...10 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="F6" s="282"/>
+      <c r="G6" s="282"/>
+      <c r="H6" s="282"/>
+      <c r="I6" s="282"/>
+      <c r="J6" s="282"/>
+      <c r="K6" s="282"/>
+      <c r="L6" s="282"/>
+      <c r="M6" s="282"/>
+      <c r="N6" s="282"/>
+      <c r="O6" s="20"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...8 lines deleted...]
-      <c r="AA6" s="337"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
     </row>
     <row r="7" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="381" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="336" t="s">
         <v>8</v>
       </c>
-      <c r="R7" s="382"/>
-[...18 lines deleted...]
-      <c r="AK7" s="379"/>
+      <c r="R7" s="337"/>
+      <c r="S7" s="337"/>
+      <c r="T7" s="337"/>
+      <c r="U7" s="337"/>
+      <c r="V7" s="337"/>
+      <c r="W7" s="337"/>
+      <c r="X7" s="337"/>
+      <c r="Y7" s="337"/>
+      <c r="Z7" s="337"/>
+      <c r="AA7" s="338"/>
+      <c r="AB7" s="222"/>
+      <c r="AC7" s="222"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="219"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
     </row>
     <row r="8" spans="2:37" ht="2.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...19 lines deleted...]
-      <c r="AK8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="222"/>
+      <c r="AC8" s="222"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="219"/>
+      <c r="AF8" s="219"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
     </row>
     <row r="9" spans="2:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AK9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AB9" s="222"/>
+      <c r="AC9" s="222"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="219"/>
+      <c r="AF9" s="219"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
     </row>
     <row r="10" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AK10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AE10" s="219"/>
+      <c r="AF10" s="219"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
     </row>
     <row r="11" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...9 lines deleted...]
-      <c r="M11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="252"/>
+      <c r="H11" s="221"/>
+      <c r="I11" s="221"/>
+      <c r="J11" s="221"/>
+      <c r="K11" s="221"/>
+      <c r="L11" s="221"/>
+      <c r="M11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="324"/>
-[...6 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...14 lines deleted...]
-      <c r="AK11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="221"/>
+      <c r="AA11" s="335"/>
+      <c r="AB11" s="222"/>
+      <c r="AC11" s="222"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="219"/>
+      <c r="AF11" s="219"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
     </row>
     <row r="12" spans="2:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="390" t="s">
+      <c r="B12" s="326" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="324"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="220"/>
+      <c r="D12" s="220"/>
+      <c r="E12" s="221"/>
+      <c r="F12" s="221"/>
+      <c r="G12" s="221"/>
+      <c r="H12" s="221"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...15 lines deleted...]
-      <c r="AA12" s="35"/>
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="32"/>
+      <c r="S12" s="32"/>
+      <c r="T12" s="32"/>
+      <c r="U12" s="220"/>
+      <c r="V12" s="220"/>
+      <c r="W12" s="220"/>
+      <c r="X12" s="220"/>
+      <c r="Y12" s="220"/>
+      <c r="Z12" s="220"/>
+      <c r="AA12" s="33"/>
     </row>
     <row r="13" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="36"/>
-[...24 lines deleted...]
-      <c r="AA13" s="35"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="36"/>
+      <c r="M13" s="36"/>
+      <c r="N13" s="37"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="32"/>
+      <c r="S13" s="32"/>
+      <c r="T13" s="32"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="33"/>
     </row>
     <row r="14" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="391" t="s">
+      <c r="B14" s="330" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="392"/>
-[...3 lines deleted...]
-      <c r="G14" s="324" t="s">
+      <c r="C14" s="331"/>
+      <c r="D14" s="331"/>
+      <c r="E14" s="331"/>
+      <c r="F14" s="331"/>
+      <c r="G14" s="220" t="s">
         <v>3</v>
       </c>
-      <c r="H14" s="324"/>
-[...4 lines deleted...]
-      <c r="M14" s="41" t="s">
+      <c r="H14" s="220"/>
+      <c r="I14" s="220"/>
+      <c r="J14" s="332"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="N14" s="42"/>
-[...1 lines deleted...]
-      <c r="P14" s="324" t="s">
+      <c r="N14" s="40"/>
+      <c r="O14" s="32"/>
+      <c r="P14" s="220" t="s">
         <v>17</v>
       </c>
-      <c r="Q14" s="324"/>
-[...9 lines deleted...]
-      <c r="AA14" s="326"/>
+      <c r="Q14" s="220"/>
+      <c r="R14" s="220"/>
+      <c r="S14" s="279"/>
+      <c r="T14" s="279"/>
+      <c r="U14" s="279"/>
+      <c r="V14" s="279"/>
+      <c r="W14" s="279"/>
+      <c r="X14" s="279"/>
+      <c r="Y14" s="279"/>
+      <c r="Z14" s="279"/>
+      <c r="AA14" s="280"/>
     </row>
     <row r="15" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="43"/>
-[...24 lines deleted...]
-      <c r="AA15" s="46"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="37"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="37"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37"/>
+      <c r="L15" s="42"/>
+      <c r="M15" s="37"/>
+      <c r="N15" s="37"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="37"/>
+      <c r="Q15" s="37"/>
+      <c r="R15" s="37"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="44"/>
     </row>
     <row r="16" spans="2:37" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="36"/>
-[...27 lines deleted...]
-      <c r="B17" s="388" t="s">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="46"/>
+    </row>
+    <row r="17" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="328" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="389"/>
-[...34 lines deleted...]
-      <c r="J18" s="37" t="s">
+      <c r="C17" s="329"/>
+      <c r="D17" s="329"/>
+      <c r="E17" s="329"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="35"/>
+      <c r="H17" s="35"/>
+      <c r="I17" s="220"/>
+      <c r="J17" s="220"/>
+      <c r="K17" s="220"/>
+      <c r="L17" s="220"/>
+      <c r="M17" s="35"/>
+      <c r="N17" s="32"/>
+      <c r="O17" s="32"/>
+      <c r="P17" s="32"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="32"/>
+      <c r="S17" s="32"/>
+      <c r="T17" s="32"/>
+      <c r="U17" s="32"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="45"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="45"/>
+      <c r="Z17" s="45"/>
+      <c r="AA17" s="46"/>
+    </row>
+    <row r="18" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="326"/>
+      <c r="C18" s="220"/>
+      <c r="D18" s="220"/>
+      <c r="E18" s="220"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="K18" s="37"/>
-[...4 lines deleted...]
-      <c r="P18" s="370" t="s">
+      <c r="K18" s="35"/>
+      <c r="L18" s="32"/>
+      <c r="M18" s="35"/>
+      <c r="N18" s="35"/>
+      <c r="O18" s="32"/>
+      <c r="P18" s="242" t="s">
         <v>20</v>
       </c>
-      <c r="Q18" s="370"/>
-[...12 lines deleted...]
-      <c r="B19" s="391" t="s">
+      <c r="Q18" s="242"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="42"/>
+      <c r="T18" s="42"/>
+      <c r="U18" s="42"/>
+      <c r="V18" s="32"/>
+      <c r="W18" s="32"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="45"/>
+      <c r="AA18" s="46"/>
+    </row>
+    <row r="19" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="330" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="392"/>
-[...3 lines deleted...]
-      <c r="G19" s="324" t="s">
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="220" t="s">
         <v>22</v>
       </c>
-      <c r="H19" s="324"/>
-[...4 lines deleted...]
-      <c r="M19" s="394" t="s">
+      <c r="H19" s="220"/>
+      <c r="I19" s="332"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="35"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="333" t="s">
         <v>23</v>
       </c>
-      <c r="N19" s="394"/>
-[...47 lines deleted...]
-      <c r="F21" s="331" t="s">
+      <c r="N19" s="333"/>
+      <c r="O19" s="334"/>
+      <c r="P19" s="303"/>
+      <c r="Q19" s="273"/>
+      <c r="R19" s="273"/>
+      <c r="S19" s="273"/>
+      <c r="T19" s="273"/>
+      <c r="U19" s="273"/>
+      <c r="V19" s="273"/>
+      <c r="W19" s="273"/>
+      <c r="X19" s="274"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="45"/>
+      <c r="AA19" s="46"/>
+    </row>
+    <row r="20" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="32"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="39"/>
+      <c r="P20" s="35"/>
+      <c r="Q20" s="35"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="35"/>
+      <c r="T20" s="35"/>
+      <c r="U20" s="35"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="32"/>
+      <c r="Z20" s="45"/>
+      <c r="AA20" s="46"/>
+    </row>
+    <row r="21" spans="2:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="326"/>
+      <c r="C21" s="220"/>
+      <c r="D21" s="220"/>
+      <c r="E21" s="220"/>
+      <c r="F21" s="252" t="s">
         <v>24</v>
       </c>
-      <c r="G21" s="331"/>
-[...6 lines deleted...]
-      <c r="N21" s="324" t="s">
+      <c r="G21" s="252"/>
+      <c r="H21" s="252"/>
+      <c r="I21" s="252"/>
+      <c r="J21" s="252"/>
+      <c r="K21" s="252"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="35"/>
+      <c r="N21" s="220" t="s">
         <v>24</v>
       </c>
-      <c r="O21" s="324"/>
-[...72 lines deleted...]
-      <c r="B23" s="54" t="s">
+      <c r="O21" s="220"/>
+      <c r="P21" s="220"/>
+      <c r="Q21" s="220"/>
+      <c r="R21" s="220"/>
+      <c r="S21" s="220"/>
+      <c r="T21" s="220"/>
+      <c r="U21" s="38"/>
+      <c r="V21" s="32"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="45"/>
+      <c r="AA21" s="46"/>
+    </row>
+    <row r="22" spans="2:41" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="23"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="23"/>
+      <c r="N22" s="23"/>
+      <c r="O22" s="23"/>
+      <c r="P22" s="23"/>
+      <c r="Q22" s="23"/>
+      <c r="R22" s="23"/>
+      <c r="S22" s="23"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="23"/>
+      <c r="V22" s="23"/>
+      <c r="W22" s="23"/>
+      <c r="X22" s="23"/>
+      <c r="Y22" s="23"/>
+      <c r="Z22" s="23"/>
+      <c r="AA22" s="47"/>
+    </row>
+    <row r="23" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C23" s="54"/>
-[...15 lines deleted...]
-      <c r="S23" s="373" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="T23" s="373"/>
-[...7 lines deleted...]
-      <c r="AB23" s="56" t="s">
+      <c r="T23" s="244"/>
+      <c r="U23" s="244"/>
+      <c r="V23" s="244"/>
+      <c r="W23" s="244"/>
+      <c r="X23" s="244"/>
+      <c r="Y23" s="244"/>
+      <c r="Z23" s="244"/>
+      <c r="AA23" s="327"/>
+      <c r="AB23" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC23" s="56"/>
-[...2 lines deleted...]
-      <c r="AF23" s="57" t="s">
+      <c r="AC23" s="50"/>
+      <c r="AD23" s="50"/>
+      <c r="AE23" s="50"/>
+      <c r="AF23" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AG23" s="58"/>
-[...10 lines deleted...]
-      <c r="B24" s="321" t="s">
+      <c r="AG23" s="52"/>
+      <c r="AH23" s="52"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="53"/>
+    </row>
+    <row r="24" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C24" s="322"/>
-      <c r="D24" s="301" t="s">
+      <c r="C24" s="232"/>
+      <c r="D24" s="268" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="301"/>
-[...7 lines deleted...]
-      <c r="M24" s="83" t="s">
+      <c r="E24" s="268"/>
+      <c r="F24" s="268"/>
+      <c r="G24" s="268"/>
+      <c r="H24" s="268"/>
+      <c r="I24" s="268"/>
+      <c r="J24" s="268"/>
+      <c r="K24" s="268"/>
+      <c r="L24" s="268"/>
+      <c r="M24" s="72" t="s">
         <v>31</v>
       </c>
-      <c r="N24" s="301" t="s">
+      <c r="N24" s="268" t="s">
         <v>32</v>
       </c>
-      <c r="O24" s="301"/>
-[...3 lines deleted...]
-      <c r="S24" s="333" t="s">
+      <c r="O24" s="268"/>
+      <c r="P24" s="268"/>
+      <c r="Q24" s="268"/>
+      <c r="R24" s="71"/>
+      <c r="S24" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="T24" s="333"/>
-[...3 lines deleted...]
-      <c r="X24" s="398" t="s">
+      <c r="T24" s="270"/>
+      <c r="U24" s="270"/>
+      <c r="V24" s="54"/>
+      <c r="W24" s="54"/>
+      <c r="X24" s="322" t="s">
         <v>34</v>
       </c>
-      <c r="Y24" s="301"/>
-[...2 lines deleted...]
-      <c r="AB24" s="56" t="s">
+      <c r="Y24" s="268"/>
+      <c r="Z24" s="268"/>
+      <c r="AA24" s="269"/>
+      <c r="AB24" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC24" s="56"/>
-[...2 lines deleted...]
-      <c r="AF24" s="57" t="s">
+      <c r="AC24" s="50"/>
+      <c r="AD24" s="50"/>
+      <c r="AE24" s="50"/>
+      <c r="AF24" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AG24" s="58"/>
-[...10 lines deleted...]
-      <c r="B25" s="330" t="s">
+      <c r="AG24" s="52"/>
+      <c r="AH24" s="52"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="53"/>
+    </row>
+    <row r="25" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="251" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="331"/>
-[...1 lines deleted...]
-      <c r="E25" s="301" t="s">
+      <c r="C25" s="252"/>
+      <c r="D25" s="252"/>
+      <c r="E25" s="268" t="s">
         <v>57</v>
       </c>
-      <c r="F25" s="301"/>
-[...8 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+      <c r="K25" s="268"/>
+      <c r="L25" s="268"/>
+      <c r="M25" s="279"/>
+      <c r="N25" s="268"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-      <c r="Q25" s="301" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="268" t="s">
         <v>73</v>
       </c>
-      <c r="R25" s="325"/>
-[...9 lines deleted...]
-      <c r="AB25" s="327" t="s">
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="268"/>
+      <c r="W25" s="268"/>
+      <c r="X25" s="268"/>
+      <c r="Y25" s="268"/>
+      <c r="Z25" s="268"/>
+      <c r="AA25" s="269"/>
+      <c r="AB25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC25" s="328"/>
-[...2 lines deleted...]
-      <c r="AF25" s="57" t="s">
+      <c r="AC25" s="227"/>
+      <c r="AD25" s="227"/>
+      <c r="AE25" s="228"/>
+      <c r="AF25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AG25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AG25" s="52"/>
+      <c r="AH25" s="52"/>
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="53"/>
+    </row>
+    <row r="26" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="331"/>
-[...1 lines deleted...]
-      <c r="E26" s="338">
+      <c r="C26" s="252"/>
+      <c r="D26" s="252"/>
+      <c r="E26" s="273">
         <v>295214161</v>
       </c>
-      <c r="F26" s="338"/>
-[...3 lines deleted...]
-      <c r="J26" s="334" t="s">
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="273"/>
+      <c r="J26" s="287" t="s">
         <v>41</v>
       </c>
-      <c r="K26" s="334"/>
-      <c r="L26" s="338">
+      <c r="K26" s="287"/>
+      <c r="L26" s="273">
         <v>295214162</v>
       </c>
-      <c r="M26" s="338"/>
-[...1 lines deleted...]
-      <c r="O26" s="324" t="s">
+      <c r="M26" s="273"/>
+      <c r="N26" s="273"/>
+      <c r="O26" s="220" t="s">
         <v>42</v>
       </c>
-      <c r="P26" s="324"/>
-      <c r="Q26" s="398" t="s">
+      <c r="P26" s="220"/>
+      <c r="Q26" s="322" t="s">
         <v>28</v>
       </c>
-      <c r="R26" s="301"/>
-[...9 lines deleted...]
-      <c r="AB26" s="327" t="s">
+      <c r="R26" s="268"/>
+      <c r="S26" s="268"/>
+      <c r="T26" s="268"/>
+      <c r="U26" s="268"/>
+      <c r="V26" s="268"/>
+      <c r="W26" s="268"/>
+      <c r="X26" s="268"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="55"/>
+      <c r="AB26" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC26" s="328"/>
-[...2 lines deleted...]
-      <c r="AF26" s="57" t="s">
+      <c r="AC26" s="227"/>
+      <c r="AD26" s="227"/>
+      <c r="AE26" s="228"/>
+      <c r="AF26" s="51" t="s">
         <v>44</v>
       </c>
-      <c r="AG26" s="58"/>
-[...10 lines deleted...]
-      <c r="B27" s="330" t="s">
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="52"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="53"/>
+    </row>
+    <row r="27" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="251" t="s">
         <v>45</v>
       </c>
-      <c r="C27" s="331"/>
-[...9 lines deleted...]
-      <c r="M27" s="399" t="s">
+      <c r="C27" s="252"/>
+      <c r="D27" s="252"/>
+      <c r="E27" s="252"/>
+      <c r="F27" s="252"/>
+      <c r="G27" s="252"/>
+      <c r="H27" s="279"/>
+      <c r="I27" s="279"/>
+      <c r="J27" s="279"/>
+      <c r="K27" s="279"/>
+      <c r="L27" s="279"/>
+      <c r="M27" s="323" t="s">
         <v>46</v>
       </c>
-      <c r="N27" s="399"/>
-[...13 lines deleted...]
-      <c r="AB27" s="56" t="s">
+      <c r="N27" s="323"/>
+      <c r="O27" s="323"/>
+      <c r="P27" s="323"/>
+      <c r="Q27" s="323"/>
+      <c r="R27" s="324"/>
+      <c r="S27" s="324"/>
+      <c r="T27" s="324"/>
+      <c r="U27" s="324"/>
+      <c r="V27" s="324"/>
+      <c r="W27" s="324"/>
+      <c r="X27" s="324"/>
+      <c r="Y27" s="324"/>
+      <c r="Z27" s="324"/>
+      <c r="AA27" s="325"/>
+      <c r="AB27" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC27" s="56"/>
-[...2 lines deleted...]
-      <c r="AF27" s="57" t="s">
+      <c r="AC27" s="50"/>
+      <c r="AD27" s="50"/>
+      <c r="AE27" s="50"/>
+      <c r="AF27" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="AG27" s="58"/>
-[...66 lines deleted...]
-      <c r="B30" s="412" t="s">
+      <c r="AG27" s="52"/>
+      <c r="AH27" s="52"/>
+      <c r="AI27" s="52"/>
+      <c r="AJ27" s="52"/>
+      <c r="AK27" s="52"/>
+      <c r="AL27" s="52"/>
+      <c r="AM27" s="52"/>
+      <c r="AN27" s="52"/>
+      <c r="AO27" s="53"/>
+    </row>
+    <row r="28" spans="2:41" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="56"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="57"/>
+      <c r="N28" s="57"/>
+      <c r="O28" s="57"/>
+      <c r="P28" s="57"/>
+      <c r="Q28" s="57"/>
+      <c r="R28" s="57"/>
+      <c r="S28" s="57"/>
+      <c r="T28" s="57"/>
+      <c r="U28" s="57"/>
+      <c r="V28" s="57"/>
+      <c r="W28" s="57"/>
+      <c r="X28" s="57"/>
+      <c r="Y28" s="57"/>
+      <c r="Z28" s="57"/>
+      <c r="AA28" s="58"/>
+    </row>
+    <row r="29" spans="2:41" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="42"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="32"/>
+      <c r="J29" s="32"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="32"/>
+      <c r="M29" s="32"/>
+      <c r="N29" s="32"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="32"/>
+      <c r="Q29" s="32"/>
+      <c r="R29" s="32"/>
+      <c r="S29" s="32"/>
+      <c r="T29" s="32"/>
+      <c r="U29" s="32"/>
+      <c r="V29" s="32"/>
+      <c r="W29" s="32"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+    </row>
+    <row r="30" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="403"/>
-      <c r="D30" s="412" t="s">
+      <c r="C30" s="312"/>
+      <c r="D30" s="319" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="402"/>
-[...3 lines deleted...]
-      <c r="I30" s="412" t="s">
+      <c r="E30" s="311"/>
+      <c r="F30" s="311"/>
+      <c r="G30" s="311"/>
+      <c r="H30" s="312"/>
+      <c r="I30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="J30" s="403"/>
-      <c r="K30" s="414" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="L30" s="414"/>
-[...1 lines deleted...]
-      <c r="N30" s="412" t="s">
+      <c r="L30" s="321"/>
+      <c r="M30" s="321"/>
+      <c r="N30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="O30" s="403"/>
-      <c r="P30" s="414" t="s">
+      <c r="O30" s="312"/>
+      <c r="P30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="Q30" s="414"/>
-[...6 lines deleted...]
-      <c r="X30" s="402" t="s">
+      <c r="Q30" s="321"/>
+      <c r="R30" s="321"/>
+      <c r="S30" s="321"/>
+      <c r="T30" s="321"/>
+      <c r="U30" s="321"/>
+      <c r="V30" s="59"/>
+      <c r="W30" s="59"/>
+      <c r="X30" s="311" t="s">
         <v>51</v>
       </c>
-      <c r="Y30" s="402"/>
-[...30 lines deleted...]
-      <c r="AF31" s="68" t="s">
+      <c r="Y30" s="311"/>
+      <c r="Z30" s="311"/>
+      <c r="AA30" s="312"/>
+    </row>
+    <row r="31" spans="2:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="320"/>
+      <c r="C31" s="314"/>
+      <c r="D31" s="320"/>
+      <c r="E31" s="313"/>
+      <c r="F31" s="313"/>
+      <c r="G31" s="313"/>
+      <c r="H31" s="314"/>
+      <c r="I31" s="320"/>
+      <c r="J31" s="314"/>
+      <c r="K31" s="321"/>
+      <c r="L31" s="321"/>
+      <c r="M31" s="321"/>
+      <c r="N31" s="320"/>
+      <c r="O31" s="314"/>
+      <c r="P31" s="321"/>
+      <c r="Q31" s="321"/>
+      <c r="R31" s="321"/>
+      <c r="S31" s="321"/>
+      <c r="T31" s="321"/>
+      <c r="U31" s="321"/>
+      <c r="V31" s="60"/>
+      <c r="W31" s="60"/>
+      <c r="X31" s="313"/>
+      <c r="Y31" s="313"/>
+      <c r="Z31" s="313"/>
+      <c r="AA31" s="314"/>
+      <c r="AF31" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AH31" s="68" t="s">
+      <c r="AH31" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AL31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AN31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="32" spans="1:82" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="406">
+    <row r="32" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="299">
         <v>1</v>
       </c>
-      <c r="C32" s="406"/>
-[...5 lines deleted...]
-      <c r="I32" s="406">
+      <c r="C32" s="299"/>
+      <c r="D32" s="315"/>
+      <c r="E32" s="315"/>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="316"/>
+      <c r="I32" s="299">
         <v>21</v>
       </c>
-      <c r="J32" s="406"/>
-[...3 lines deleted...]
-      <c r="N32" s="406">
+      <c r="J32" s="299"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="299">
         <v>41</v>
       </c>
-      <c r="O32" s="406"/>
-[...12 lines deleted...]
-      <c r="AB32" s="56" t="s">
+      <c r="O32" s="299"/>
+      <c r="P32" s="302"/>
+      <c r="Q32" s="302"/>
+      <c r="R32" s="302"/>
+      <c r="S32" s="302"/>
+      <c r="T32" s="302"/>
+      <c r="U32" s="302"/>
+      <c r="V32" s="62"/>
+      <c r="W32" s="62"/>
+      <c r="X32" s="317"/>
+      <c r="Y32" s="317"/>
+      <c r="Z32" s="317"/>
+      <c r="AA32" s="318"/>
+      <c r="AB32" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC32" s="56"/>
-[...1 lines deleted...]
-      <c r="AE32" s="56"/>
+      <c r="AC32" s="50"/>
+      <c r="AD32" s="50"/>
+      <c r="AE32" s="50"/>
       <c r="AL32" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AN32" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B33" s="406">
+    <row r="33" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="32"/>
+      <c r="B33" s="299">
         <v>2</v>
       </c>
-      <c r="C33" s="406"/>
-[...5 lines deleted...]
-      <c r="I33" s="406">
+      <c r="C33" s="299"/>
+      <c r="D33" s="302"/>
+      <c r="E33" s="302"/>
+      <c r="F33" s="302"/>
+      <c r="G33" s="302"/>
+      <c r="H33" s="310"/>
+      <c r="I33" s="299">
         <v>22</v>
       </c>
-      <c r="J33" s="406"/>
-[...3 lines deleted...]
-      <c r="N33" s="406">
+      <c r="J33" s="299"/>
+      <c r="K33" s="302"/>
+      <c r="L33" s="302"/>
+      <c r="M33" s="302"/>
+      <c r="N33" s="299">
         <v>42</v>
       </c>
-      <c r="O33" s="406"/>
-[...12 lines deleted...]
-      <c r="AB33" s="56" t="s">
+      <c r="O33" s="299"/>
+      <c r="P33" s="302"/>
+      <c r="Q33" s="302"/>
+      <c r="R33" s="302"/>
+      <c r="S33" s="302"/>
+      <c r="T33" s="302"/>
+      <c r="U33" s="302"/>
+      <c r="V33" s="49"/>
+      <c r="W33" s="49"/>
+      <c r="X33" s="305"/>
+      <c r="Y33" s="305"/>
+      <c r="Z33" s="305"/>
+      <c r="AA33" s="306"/>
+      <c r="AB33" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC33" s="56"/>
-[...1 lines deleted...]
-      <c r="AE33" s="56"/>
+      <c r="AC33" s="50"/>
+      <c r="AD33" s="50"/>
+      <c r="AE33" s="50"/>
       <c r="AF33" s="1">
         <v>295412394</v>
       </c>
       <c r="AH33" s="1">
         <v>295412063</v>
       </c>
-      <c r="AN33" s="72" t="s">
+      <c r="AN33" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B34" s="406">
+    <row r="34" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="32"/>
+      <c r="B34" s="299">
         <v>3</v>
       </c>
-      <c r="C34" s="406"/>
-[...5 lines deleted...]
-      <c r="I34" s="406">
+      <c r="C34" s="299"/>
+      <c r="D34" s="304"/>
+      <c r="E34" s="304"/>
+      <c r="F34" s="304"/>
+      <c r="G34" s="304"/>
+      <c r="H34" s="303"/>
+      <c r="I34" s="299">
         <v>23</v>
       </c>
-      <c r="J34" s="406"/>
-[...3 lines deleted...]
-      <c r="N34" s="406">
+      <c r="J34" s="299"/>
+      <c r="K34" s="304"/>
+      <c r="L34" s="304"/>
+      <c r="M34" s="304"/>
+      <c r="N34" s="299">
         <v>43</v>
       </c>
-      <c r="O34" s="406"/>
-[...12 lines deleted...]
-      <c r="AB34" s="327" t="s">
+      <c r="O34" s="299"/>
+      <c r="P34" s="307"/>
+      <c r="Q34" s="308"/>
+      <c r="R34" s="308"/>
+      <c r="S34" s="308"/>
+      <c r="T34" s="308"/>
+      <c r="U34" s="309"/>
+      <c r="V34" s="64"/>
+      <c r="W34" s="64"/>
+      <c r="X34" s="273"/>
+      <c r="Y34" s="273"/>
+      <c r="Z34" s="273"/>
+      <c r="AA34" s="274"/>
+      <c r="AB34" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC34" s="328"/>
-[...1 lines deleted...]
-      <c r="AE34" s="329"/>
+      <c r="AC34" s="227"/>
+      <c r="AD34" s="227"/>
+      <c r="AE34" s="228"/>
     </row>
     <row r="35" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="406">
+      <c r="B35" s="299">
         <v>4</v>
       </c>
-      <c r="C35" s="406"/>
-[...5 lines deleted...]
-      <c r="I35" s="406">
+      <c r="C35" s="299"/>
+      <c r="D35" s="303"/>
+      <c r="E35" s="273"/>
+      <c r="F35" s="273"/>
+      <c r="G35" s="273"/>
+      <c r="H35" s="274"/>
+      <c r="I35" s="299">
         <v>24</v>
       </c>
-      <c r="J35" s="406"/>
-[...3 lines deleted...]
-      <c r="N35" s="406">
+      <c r="J35" s="299"/>
+      <c r="K35" s="304"/>
+      <c r="L35" s="304"/>
+      <c r="M35" s="304"/>
+      <c r="N35" s="299">
         <v>44</v>
       </c>
-      <c r="O35" s="406"/>
-[...12 lines deleted...]
-      <c r="AB35" s="327" t="s">
+      <c r="O35" s="299"/>
+      <c r="P35" s="302"/>
+      <c r="Q35" s="302"/>
+      <c r="R35" s="302"/>
+      <c r="S35" s="302"/>
+      <c r="T35" s="302"/>
+      <c r="U35" s="302"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="273"/>
+      <c r="Y35" s="273"/>
+      <c r="Z35" s="273"/>
+      <c r="AA35" s="274"/>
+      <c r="AB35" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC35" s="328"/>
-[...1 lines deleted...]
-      <c r="AE35" s="329"/>
+      <c r="AC35" s="227"/>
+      <c r="AD35" s="227"/>
+      <c r="AE35" s="228"/>
     </row>
     <row r="36" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="406">
+      <c r="B36" s="299">
         <v>5</v>
       </c>
-      <c r="C36" s="406"/>
-[...5 lines deleted...]
-      <c r="I36" s="406">
+      <c r="C36" s="299"/>
+      <c r="D36" s="300"/>
+      <c r="E36" s="300"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="301"/>
+      <c r="I36" s="299">
         <v>25</v>
       </c>
-      <c r="J36" s="406"/>
-[...3 lines deleted...]
-      <c r="N36" s="406">
+      <c r="J36" s="299"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="300"/>
+      <c r="M36" s="300"/>
+      <c r="N36" s="299">
         <v>45</v>
       </c>
-      <c r="O36" s="406"/>
-[...12 lines deleted...]
-      <c r="AB36" s="56" t="s">
+      <c r="O36" s="299"/>
+      <c r="P36" s="302"/>
+      <c r="Q36" s="302"/>
+      <c r="R36" s="302"/>
+      <c r="S36" s="302"/>
+      <c r="T36" s="302"/>
+      <c r="U36" s="302"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="297"/>
+      <c r="Y36" s="297"/>
+      <c r="Z36" s="297"/>
+      <c r="AA36" s="298"/>
+      <c r="AB36" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC36" s="56"/>
-[...1 lines deleted...]
-      <c r="AE36" s="56"/>
+      <c r="AC36" s="50"/>
+      <c r="AD36" s="50"/>
+      <c r="AE36" s="50"/>
     </row>
     <row r="37" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="406">
+      <c r="B37" s="299">
         <v>6</v>
       </c>
-      <c r="C37" s="406"/>
-[...5 lines deleted...]
-      <c r="I37" s="406">
+      <c r="C37" s="299"/>
+      <c r="D37" s="300"/>
+      <c r="E37" s="300"/>
+      <c r="F37" s="300"/>
+      <c r="G37" s="300"/>
+      <c r="H37" s="301"/>
+      <c r="I37" s="299">
         <v>26</v>
       </c>
-      <c r="J37" s="406"/>
-[...3 lines deleted...]
-      <c r="N37" s="406">
+      <c r="J37" s="299"/>
+      <c r="K37" s="300"/>
+      <c r="L37" s="300"/>
+      <c r="M37" s="300"/>
+      <c r="N37" s="299">
         <v>46</v>
       </c>
-      <c r="O37" s="406"/>
-[...11 lines deleted...]
-      <c r="AA37" s="423"/>
+      <c r="O37" s="299"/>
+      <c r="P37" s="302"/>
+      <c r="Q37" s="302"/>
+      <c r="R37" s="302"/>
+      <c r="S37" s="302"/>
+      <c r="T37" s="302"/>
+      <c r="U37" s="302"/>
+      <c r="V37" s="65"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="297"/>
+      <c r="Y37" s="297"/>
+      <c r="Z37" s="297"/>
+      <c r="AA37" s="298"/>
     </row>
     <row r="38" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="406">
+      <c r="B38" s="299">
         <v>7</v>
       </c>
-      <c r="C38" s="406"/>
-[...5 lines deleted...]
-      <c r="I38" s="406">
+      <c r="C38" s="299"/>
+      <c r="D38" s="300"/>
+      <c r="E38" s="300"/>
+      <c r="F38" s="300"/>
+      <c r="G38" s="300"/>
+      <c r="H38" s="301"/>
+      <c r="I38" s="299">
         <v>27</v>
       </c>
-      <c r="J38" s="406"/>
-[...3 lines deleted...]
-      <c r="N38" s="406">
+      <c r="J38" s="299"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="300"/>
+      <c r="M38" s="300"/>
+      <c r="N38" s="299">
         <v>47</v>
       </c>
-      <c r="O38" s="406"/>
-[...12 lines deleted...]
-      <c r="AB38" s="56" t="s">
+      <c r="O38" s="299"/>
+      <c r="P38" s="302"/>
+      <c r="Q38" s="302"/>
+      <c r="R38" s="302"/>
+      <c r="S38" s="302"/>
+      <c r="T38" s="302"/>
+      <c r="U38" s="302"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="297"/>
+      <c r="Y38" s="297"/>
+      <c r="Z38" s="297"/>
+      <c r="AA38" s="298"/>
+      <c r="AB38" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC38" s="56"/>
-[...1 lines deleted...]
-      <c r="AE38" s="56"/>
+      <c r="AC38" s="50"/>
+      <c r="AD38" s="50"/>
+      <c r="AE38" s="50"/>
       <c r="AF38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="406">
+      <c r="B39" s="299">
         <v>8</v>
       </c>
-      <c r="C39" s="406"/>
-[...5 lines deleted...]
-      <c r="I39" s="406">
+      <c r="C39" s="299"/>
+      <c r="D39" s="300"/>
+      <c r="E39" s="300"/>
+      <c r="F39" s="300"/>
+      <c r="G39" s="300"/>
+      <c r="H39" s="301"/>
+      <c r="I39" s="299">
         <v>28</v>
       </c>
-      <c r="J39" s="406"/>
-[...3 lines deleted...]
-      <c r="N39" s="406">
+      <c r="J39" s="299"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="300"/>
+      <c r="M39" s="300"/>
+      <c r="N39" s="299">
         <v>48</v>
       </c>
-      <c r="O39" s="406"/>
-[...12 lines deleted...]
-      <c r="AB39" s="56" t="s">
+      <c r="O39" s="299"/>
+      <c r="P39" s="302"/>
+      <c r="Q39" s="302"/>
+      <c r="R39" s="302"/>
+      <c r="S39" s="302"/>
+      <c r="T39" s="302"/>
+      <c r="U39" s="302"/>
+      <c r="V39" s="65"/>
+      <c r="W39" s="65"/>
+      <c r="X39" s="297"/>
+      <c r="Y39" s="297"/>
+      <c r="Z39" s="297"/>
+      <c r="AA39" s="298"/>
+      <c r="AB39" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC39" s="56"/>
-[...1 lines deleted...]
-      <c r="AE39" s="56"/>
+      <c r="AC39" s="50"/>
+      <c r="AD39" s="50"/>
+      <c r="AE39" s="50"/>
       <c r="AF39" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="406">
+      <c r="B40" s="299">
         <v>9</v>
       </c>
-      <c r="C40" s="406"/>
-[...5 lines deleted...]
-      <c r="I40" s="406">
+      <c r="C40" s="299"/>
+      <c r="D40" s="300"/>
+      <c r="E40" s="300"/>
+      <c r="F40" s="300"/>
+      <c r="G40" s="300"/>
+      <c r="H40" s="301"/>
+      <c r="I40" s="299">
         <v>29</v>
       </c>
-      <c r="J40" s="406"/>
-[...3 lines deleted...]
-      <c r="N40" s="406">
+      <c r="J40" s="299"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="300"/>
+      <c r="M40" s="300"/>
+      <c r="N40" s="299">
         <v>49</v>
       </c>
-      <c r="O40" s="406"/>
-[...12 lines deleted...]
-      <c r="AB40" s="327" t="s">
+      <c r="O40" s="299"/>
+      <c r="P40" s="302"/>
+      <c r="Q40" s="302"/>
+      <c r="R40" s="302"/>
+      <c r="S40" s="302"/>
+      <c r="T40" s="302"/>
+      <c r="U40" s="302"/>
+      <c r="V40" s="65"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="297"/>
+      <c r="Y40" s="297"/>
+      <c r="Z40" s="297"/>
+      <c r="AA40" s="298"/>
+      <c r="AB40" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC40" s="328"/>
-[...1 lines deleted...]
-      <c r="AE40" s="329"/>
+      <c r="AC40" s="227"/>
+      <c r="AD40" s="227"/>
+      <c r="AE40" s="228"/>
       <c r="AF40" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="406">
+      <c r="B41" s="299">
         <v>10</v>
       </c>
-      <c r="C41" s="406"/>
-[...5 lines deleted...]
-      <c r="I41" s="406">
+      <c r="C41" s="299"/>
+      <c r="D41" s="300"/>
+      <c r="E41" s="300"/>
+      <c r="F41" s="300"/>
+      <c r="G41" s="300"/>
+      <c r="H41" s="301"/>
+      <c r="I41" s="299">
         <v>30</v>
       </c>
-      <c r="J41" s="406"/>
-[...3 lines deleted...]
-      <c r="N41" s="406">
+      <c r="J41" s="299"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="300"/>
+      <c r="M41" s="300"/>
+      <c r="N41" s="299">
         <v>50</v>
       </c>
-      <c r="O41" s="406"/>
-[...12 lines deleted...]
-      <c r="AB41" s="327" t="s">
+      <c r="O41" s="299"/>
+      <c r="P41" s="302"/>
+      <c r="Q41" s="302"/>
+      <c r="R41" s="302"/>
+      <c r="S41" s="302"/>
+      <c r="T41" s="302"/>
+      <c r="U41" s="302"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="297"/>
+      <c r="Y41" s="297"/>
+      <c r="Z41" s="297"/>
+      <c r="AA41" s="298"/>
+      <c r="AB41" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC41" s="328"/>
-[...2 lines deleted...]
-      <c r="AF41" s="52" t="s">
+      <c r="AC41" s="227"/>
+      <c r="AD41" s="227"/>
+      <c r="AE41" s="228"/>
+      <c r="AF41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="406">
+      <c r="B42" s="299">
         <v>11</v>
       </c>
-      <c r="C42" s="406"/>
-[...5 lines deleted...]
-      <c r="I42" s="406">
+      <c r="C42" s="299"/>
+      <c r="D42" s="300"/>
+      <c r="E42" s="300"/>
+      <c r="F42" s="300"/>
+      <c r="G42" s="300"/>
+      <c r="H42" s="301"/>
+      <c r="I42" s="299">
         <v>31</v>
       </c>
-      <c r="J42" s="406"/>
-[...3 lines deleted...]
-      <c r="N42" s="406">
+      <c r="J42" s="299"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="300"/>
+      <c r="M42" s="300"/>
+      <c r="N42" s="299">
         <v>51</v>
       </c>
-      <c r="O42" s="406"/>
-[...12 lines deleted...]
-      <c r="AB42" s="56" t="s">
+      <c r="O42" s="299"/>
+      <c r="P42" s="302"/>
+      <c r="Q42" s="302"/>
+      <c r="R42" s="302"/>
+      <c r="S42" s="302"/>
+      <c r="T42" s="302"/>
+      <c r="U42" s="302"/>
+      <c r="V42" s="65"/>
+      <c r="W42" s="65"/>
+      <c r="X42" s="297"/>
+      <c r="Y42" s="297"/>
+      <c r="Z42" s="297"/>
+      <c r="AA42" s="298"/>
+      <c r="AB42" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC42" s="56"/>
-[...2 lines deleted...]
-      <c r="AF42" s="52" t="s">
+      <c r="AC42" s="50"/>
+      <c r="AD42" s="50"/>
+      <c r="AE42" s="50"/>
+      <c r="AF42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="406">
+      <c r="B43" s="299">
         <v>12</v>
       </c>
-      <c r="C43" s="406"/>
-[...5 lines deleted...]
-      <c r="I43" s="406">
+      <c r="C43" s="299"/>
+      <c r="D43" s="300"/>
+      <c r="E43" s="300"/>
+      <c r="F43" s="300"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
+      <c r="I43" s="299">
         <v>32</v>
       </c>
-      <c r="J43" s="406"/>
-[...3 lines deleted...]
-      <c r="N43" s="406">
+      <c r="J43" s="299"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="300"/>
+      <c r="M43" s="300"/>
+      <c r="N43" s="299">
         <v>52</v>
       </c>
-      <c r="O43" s="406"/>
-[...11 lines deleted...]
-      <c r="AA43" s="423"/>
+      <c r="O43" s="299"/>
+      <c r="P43" s="302"/>
+      <c r="Q43" s="302"/>
+      <c r="R43" s="302"/>
+      <c r="S43" s="302"/>
+      <c r="T43" s="302"/>
+      <c r="U43" s="302"/>
+      <c r="V43" s="65"/>
+      <c r="W43" s="65"/>
+      <c r="X43" s="297"/>
+      <c r="Y43" s="297"/>
+      <c r="Z43" s="297"/>
+      <c r="AA43" s="298"/>
     </row>
     <row r="44" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="406">
+      <c r="B44" s="299">
         <v>13</v>
       </c>
-      <c r="C44" s="406"/>
-[...5 lines deleted...]
-      <c r="I44" s="406">
+      <c r="C44" s="299"/>
+      <c r="D44" s="300"/>
+      <c r="E44" s="300"/>
+      <c r="F44" s="300"/>
+      <c r="G44" s="300"/>
+      <c r="H44" s="301"/>
+      <c r="I44" s="299">
         <v>33</v>
       </c>
-      <c r="J44" s="406"/>
-[...3 lines deleted...]
-      <c r="N44" s="406">
+      <c r="J44" s="299"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="300"/>
+      <c r="M44" s="300"/>
+      <c r="N44" s="299">
         <v>53</v>
       </c>
-      <c r="O44" s="406"/>
-[...11 lines deleted...]
-      <c r="AA44" s="423"/>
+      <c r="O44" s="299"/>
+      <c r="P44" s="302"/>
+      <c r="Q44" s="302"/>
+      <c r="R44" s="302"/>
+      <c r="S44" s="302"/>
+      <c r="T44" s="302"/>
+      <c r="U44" s="302"/>
+      <c r="V44" s="65"/>
+      <c r="W44" s="65"/>
+      <c r="X44" s="297"/>
+      <c r="Y44" s="297"/>
+      <c r="Z44" s="297"/>
+      <c r="AA44" s="298"/>
     </row>
     <row r="45" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="406">
+      <c r="B45" s="299">
         <v>14</v>
       </c>
-      <c r="C45" s="406"/>
-[...5 lines deleted...]
-      <c r="I45" s="406">
+      <c r="C45" s="299"/>
+      <c r="D45" s="300"/>
+      <c r="E45" s="300"/>
+      <c r="F45" s="300"/>
+      <c r="G45" s="300"/>
+      <c r="H45" s="301"/>
+      <c r="I45" s="299">
         <v>34</v>
       </c>
-      <c r="J45" s="406"/>
-[...3 lines deleted...]
-      <c r="N45" s="406">
+      <c r="J45" s="299"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="300"/>
+      <c r="M45" s="300"/>
+      <c r="N45" s="299">
         <v>54</v>
       </c>
-      <c r="O45" s="406"/>
-[...11 lines deleted...]
-      <c r="AA45" s="423"/>
+      <c r="O45" s="299"/>
+      <c r="P45" s="302"/>
+      <c r="Q45" s="302"/>
+      <c r="R45" s="302"/>
+      <c r="S45" s="302"/>
+      <c r="T45" s="302"/>
+      <c r="U45" s="302"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="297"/>
+      <c r="Y45" s="297"/>
+      <c r="Z45" s="297"/>
+      <c r="AA45" s="298"/>
     </row>
     <row r="46" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="406">
+      <c r="B46" s="299">
         <v>15</v>
       </c>
-      <c r="C46" s="406"/>
-[...5 lines deleted...]
-      <c r="I46" s="406">
+      <c r="C46" s="299"/>
+      <c r="D46" s="300"/>
+      <c r="E46" s="300"/>
+      <c r="F46" s="300"/>
+      <c r="G46" s="300"/>
+      <c r="H46" s="301"/>
+      <c r="I46" s="299">
         <v>35</v>
       </c>
-      <c r="J46" s="406"/>
-[...3 lines deleted...]
-      <c r="N46" s="406">
+      <c r="J46" s="299"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="300"/>
+      <c r="M46" s="300"/>
+      <c r="N46" s="299">
         <v>55</v>
       </c>
-      <c r="O46" s="406"/>
-[...11 lines deleted...]
-      <c r="AA46" s="423"/>
+      <c r="O46" s="299"/>
+      <c r="P46" s="302"/>
+      <c r="Q46" s="302"/>
+      <c r="R46" s="302"/>
+      <c r="S46" s="302"/>
+      <c r="T46" s="302"/>
+      <c r="U46" s="302"/>
+      <c r="V46" s="65"/>
+      <c r="W46" s="65"/>
+      <c r="X46" s="297"/>
+      <c r="Y46" s="297"/>
+      <c r="Z46" s="297"/>
+      <c r="AA46" s="298"/>
     </row>
     <row r="47" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="406">
+      <c r="B47" s="299">
         <v>16</v>
       </c>
-      <c r="C47" s="406"/>
-[...5 lines deleted...]
-      <c r="I47" s="406">
+      <c r="C47" s="299"/>
+      <c r="D47" s="300"/>
+      <c r="E47" s="300"/>
+      <c r="F47" s="300"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="301"/>
+      <c r="I47" s="299">
         <v>36</v>
       </c>
-      <c r="J47" s="406"/>
-[...3 lines deleted...]
-      <c r="N47" s="406">
+      <c r="J47" s="299"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="300"/>
+      <c r="M47" s="300"/>
+      <c r="N47" s="299">
         <v>56</v>
       </c>
-      <c r="O47" s="406"/>
-[...11 lines deleted...]
-      <c r="AA47" s="423"/>
+      <c r="O47" s="299"/>
+      <c r="P47" s="302"/>
+      <c r="Q47" s="302"/>
+      <c r="R47" s="302"/>
+      <c r="S47" s="302"/>
+      <c r="T47" s="302"/>
+      <c r="U47" s="302"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="297"/>
+      <c r="Y47" s="297"/>
+      <c r="Z47" s="297"/>
+      <c r="AA47" s="298"/>
     </row>
     <row r="48" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="406">
+      <c r="B48" s="299">
         <v>17</v>
       </c>
-      <c r="C48" s="406"/>
-[...5 lines deleted...]
-      <c r="I48" s="406">
+      <c r="C48" s="299"/>
+      <c r="D48" s="300"/>
+      <c r="E48" s="300"/>
+      <c r="F48" s="300"/>
+      <c r="G48" s="300"/>
+      <c r="H48" s="301"/>
+      <c r="I48" s="299">
         <v>37</v>
       </c>
-      <c r="J48" s="406"/>
-[...3 lines deleted...]
-      <c r="N48" s="406">
+      <c r="J48" s="299"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="300"/>
+      <c r="M48" s="300"/>
+      <c r="N48" s="299">
         <v>57</v>
       </c>
-      <c r="O48" s="406"/>
-[...11 lines deleted...]
-      <c r="AA48" s="423"/>
+      <c r="O48" s="299"/>
+      <c r="P48" s="302"/>
+      <c r="Q48" s="302"/>
+      <c r="R48" s="302"/>
+      <c r="S48" s="302"/>
+      <c r="T48" s="302"/>
+      <c r="U48" s="302"/>
+      <c r="V48" s="65"/>
+      <c r="W48" s="65"/>
+      <c r="X48" s="297"/>
+      <c r="Y48" s="297"/>
+      <c r="Z48" s="297"/>
+      <c r="AA48" s="298"/>
     </row>
     <row r="49" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="406">
+      <c r="B49" s="299">
         <v>18</v>
       </c>
-      <c r="C49" s="406"/>
-[...5 lines deleted...]
-      <c r="I49" s="406">
+      <c r="C49" s="299"/>
+      <c r="D49" s="300"/>
+      <c r="E49" s="300"/>
+      <c r="F49" s="300"/>
+      <c r="G49" s="300"/>
+      <c r="H49" s="301"/>
+      <c r="I49" s="299">
         <v>38</v>
       </c>
-      <c r="J49" s="406"/>
-[...3 lines deleted...]
-      <c r="N49" s="406">
+      <c r="J49" s="299"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="300"/>
+      <c r="M49" s="300"/>
+      <c r="N49" s="299">
         <v>58</v>
       </c>
-      <c r="O49" s="406"/>
-[...11 lines deleted...]
-      <c r="AA49" s="423"/>
+      <c r="O49" s="299"/>
+      <c r="P49" s="302"/>
+      <c r="Q49" s="302"/>
+      <c r="R49" s="302"/>
+      <c r="S49" s="302"/>
+      <c r="T49" s="302"/>
+      <c r="U49" s="302"/>
+      <c r="V49" s="65"/>
+      <c r="W49" s="65"/>
+      <c r="X49" s="297"/>
+      <c r="Y49" s="297"/>
+      <c r="Z49" s="297"/>
+      <c r="AA49" s="298"/>
     </row>
     <row r="50" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="406">
+      <c r="B50" s="299">
         <v>19</v>
       </c>
-      <c r="C50" s="406"/>
-[...5 lines deleted...]
-      <c r="I50" s="406">
+      <c r="C50" s="299"/>
+      <c r="D50" s="300"/>
+      <c r="E50" s="300"/>
+      <c r="F50" s="300"/>
+      <c r="G50" s="300"/>
+      <c r="H50" s="301"/>
+      <c r="I50" s="299">
         <v>39</v>
       </c>
-      <c r="J50" s="406"/>
-[...3 lines deleted...]
-      <c r="N50" s="406">
+      <c r="J50" s="299"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="300"/>
+      <c r="M50" s="300"/>
+      <c r="N50" s="299">
         <v>59</v>
       </c>
-      <c r="O50" s="406"/>
-[...11 lines deleted...]
-      <c r="AA50" s="423"/>
+      <c r="O50" s="299"/>
+      <c r="P50" s="302"/>
+      <c r="Q50" s="302"/>
+      <c r="R50" s="302"/>
+      <c r="S50" s="302"/>
+      <c r="T50" s="302"/>
+      <c r="U50" s="302"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="297"/>
+      <c r="Y50" s="297"/>
+      <c r="Z50" s="297"/>
+      <c r="AA50" s="298"/>
     </row>
     <row r="51" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="406">
+      <c r="B51" s="299">
         <v>20</v>
       </c>
-      <c r="C51" s="406"/>
-[...5 lines deleted...]
-      <c r="I51" s="406">
+      <c r="C51" s="299"/>
+      <c r="D51" s="300"/>
+      <c r="E51" s="300"/>
+      <c r="F51" s="300"/>
+      <c r="G51" s="300"/>
+      <c r="H51" s="301"/>
+      <c r="I51" s="299">
         <v>40</v>
       </c>
-      <c r="J51" s="406"/>
-[...3 lines deleted...]
-      <c r="N51" s="406">
+      <c r="J51" s="299"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="300"/>
+      <c r="M51" s="300"/>
+      <c r="N51" s="299">
         <v>60</v>
       </c>
-      <c r="O51" s="406"/>
-[...11 lines deleted...]
-      <c r="AA51" s="423"/>
+      <c r="O51" s="299"/>
+      <c r="P51" s="302"/>
+      <c r="Q51" s="302"/>
+      <c r="R51" s="302"/>
+      <c r="S51" s="302"/>
+      <c r="T51" s="302"/>
+      <c r="U51" s="302"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="297"/>
+      <c r="Y51" s="297"/>
+      <c r="Z51" s="297"/>
+      <c r="AA51" s="298"/>
     </row>
     <row r="52" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="75" t="s">
+      <c r="B52" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="C52" s="75"/>
-[...23 lines deleted...]
-      <c r="AA52" s="77"/>
+      <c r="C52" s="66"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
+      <c r="P52" s="35"/>
+      <c r="Q52" s="35"/>
+      <c r="R52" s="35"/>
+      <c r="S52" s="35"/>
+      <c r="T52" s="35"/>
+      <c r="U52" s="35"/>
+      <c r="V52" s="35"/>
+      <c r="W52" s="35"/>
+      <c r="X52" s="35"/>
+      <c r="Y52" s="68"/>
+      <c r="Z52" s="68"/>
+      <c r="AA52" s="68"/>
     </row>
     <row r="53" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="427" t="s">
+      <c r="B53" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="427"/>
-[...21 lines deleted...]
-      <c r="Y53" s="77"/>
+      <c r="C53" s="296"/>
+      <c r="D53" s="296"/>
+      <c r="E53" s="296"/>
+      <c r="F53" s="296"/>
+      <c r="G53" s="296"/>
+      <c r="H53" s="296"/>
+      <c r="I53" s="296"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="68"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="68"/>
+      <c r="P53" s="68"/>
+      <c r="Q53" s="68"/>
+      <c r="R53" s="68"/>
+      <c r="S53" s="68"/>
+      <c r="T53" s="68"/>
+      <c r="U53" s="68"/>
+      <c r="V53" s="68"/>
+      <c r="W53" s="68"/>
+      <c r="X53" s="68"/>
+      <c r="Y53" s="68"/>
     </row>
     <row r="54" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="426" t="s">
+      <c r="B54" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="C54" s="426"/>
-[...21 lines deleted...]
-      <c r="Y54" s="77"/>
+      <c r="C54" s="283"/>
+      <c r="D54" s="283"/>
+      <c r="E54" s="283"/>
+      <c r="F54" s="283"/>
+      <c r="G54" s="283"/>
+      <c r="H54" s="283"/>
+      <c r="I54" s="283"/>
+      <c r="J54" s="283"/>
+      <c r="K54" s="283"/>
+      <c r="L54" s="283"/>
+      <c r="M54" s="283"/>
+      <c r="N54" s="283"/>
+      <c r="O54" s="283"/>
+      <c r="P54" s="283"/>
+      <c r="Q54" s="283"/>
+      <c r="R54" s="283"/>
+      <c r="S54" s="283"/>
+      <c r="T54" s="283"/>
+      <c r="U54" s="68"/>
+      <c r="V54" s="68"/>
+      <c r="W54" s="68"/>
+      <c r="X54" s="68"/>
+      <c r="Y54" s="68"/>
     </row>
     <row r="55" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="426" t="s">
+      <c r="B55" s="283" t="s">
         <v>65</v>
       </c>
-      <c r="C55" s="426"/>
-[...23 lines deleted...]
-      <c r="AA55" s="426"/>
+      <c r="C55" s="283"/>
+      <c r="D55" s="283"/>
+      <c r="E55" s="283"/>
+      <c r="F55" s="283"/>
+      <c r="G55" s="283"/>
+      <c r="H55" s="283"/>
+      <c r="I55" s="283"/>
+      <c r="J55" s="283"/>
+      <c r="K55" s="283"/>
+      <c r="L55" s="283"/>
+      <c r="M55" s="283"/>
+      <c r="N55" s="283"/>
+      <c r="O55" s="283"/>
+      <c r="P55" s="283"/>
+      <c r="Q55" s="283"/>
+      <c r="R55" s="283"/>
+      <c r="S55" s="283"/>
+      <c r="T55" s="283"/>
+      <c r="U55" s="283"/>
+      <c r="V55" s="283"/>
+      <c r="W55" s="283"/>
+      <c r="X55" s="283"/>
+      <c r="Y55" s="283"/>
+      <c r="Z55" s="283"/>
+      <c r="AA55" s="283"/>
     </row>
     <row r="56" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="77" t="s">
+      <c r="B56" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="C56" s="77"/>
-[...23 lines deleted...]
-      <c r="AA56" s="77"/>
+      <c r="C56" s="68"/>
+      <c r="D56" s="68"/>
+      <c r="E56" s="68"/>
+      <c r="F56" s="68"/>
+      <c r="G56" s="68"/>
+      <c r="H56" s="68"/>
+      <c r="I56" s="68"/>
+      <c r="J56" s="68"/>
+      <c r="K56" s="68"/>
+      <c r="L56" s="68"/>
+      <c r="M56" s="68"/>
+      <c r="N56" s="68"/>
+      <c r="O56" s="68"/>
+      <c r="P56" s="68"/>
+      <c r="Q56" s="68"/>
+      <c r="R56" s="68"/>
+      <c r="S56" s="68"/>
+      <c r="T56" s="68"/>
+      <c r="U56" s="68"/>
+      <c r="V56" s="68"/>
+      <c r="W56" s="68"/>
+      <c r="X56" s="68"/>
+      <c r="Y56" s="68"/>
+      <c r="Z56" s="68"/>
+      <c r="AA56" s="68"/>
     </row>
     <row r="57" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="426" t="s">
+      <c r="B57" s="283" t="s">
         <v>67</v>
       </c>
-      <c r="C57" s="426"/>
-[...23 lines deleted...]
-      <c r="AA57" s="77"/>
+      <c r="C57" s="283"/>
+      <c r="D57" s="283"/>
+      <c r="E57" s="283"/>
+      <c r="F57" s="283"/>
+      <c r="G57" s="283"/>
+      <c r="H57" s="283"/>
+      <c r="I57" s="283"/>
+      <c r="J57" s="283"/>
+      <c r="K57" s="68"/>
+      <c r="L57" s="68"/>
+      <c r="M57" s="68"/>
+      <c r="N57" s="68"/>
+      <c r="O57" s="68"/>
+      <c r="P57" s="68"/>
+      <c r="Q57" s="68"/>
+      <c r="R57" s="68"/>
+      <c r="S57" s="68"/>
+      <c r="T57" s="68"/>
+      <c r="U57" s="68"/>
+      <c r="V57" s="68"/>
+      <c r="W57" s="68"/>
+      <c r="X57" s="68"/>
+      <c r="Y57" s="69"/>
+      <c r="Z57" s="68"/>
+      <c r="AA57" s="68"/>
     </row>
     <row r="58" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="426" t="s">
+      <c r="B58" s="283" t="s">
         <v>68</v>
       </c>
-      <c r="C58" s="426"/>
-[...23 lines deleted...]
-      <c r="AA58" s="426"/>
+      <c r="C58" s="283"/>
+      <c r="D58" s="283"/>
+      <c r="E58" s="283"/>
+      <c r="F58" s="283"/>
+      <c r="G58" s="283"/>
+      <c r="H58" s="283"/>
+      <c r="I58" s="283"/>
+      <c r="J58" s="283"/>
+      <c r="K58" s="283"/>
+      <c r="L58" s="283"/>
+      <c r="M58" s="283"/>
+      <c r="N58" s="283"/>
+      <c r="O58" s="283"/>
+      <c r="P58" s="283"/>
+      <c r="Q58" s="283"/>
+      <c r="R58" s="283"/>
+      <c r="S58" s="283"/>
+      <c r="T58" s="283"/>
+      <c r="U58" s="283"/>
+      <c r="V58" s="283"/>
+      <c r="W58" s="283"/>
+      <c r="X58" s="283"/>
+      <c r="Y58" s="283"/>
+      <c r="Z58" s="283"/>
+      <c r="AA58" s="283"/>
     </row>
     <row r="59" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="426" t="s">
+      <c r="B59" s="283" t="s">
         <v>69</v>
       </c>
-      <c r="C59" s="426"/>
-[...23 lines deleted...]
-      <c r="AA59" s="81"/>
+      <c r="C59" s="283"/>
+      <c r="D59" s="283"/>
+      <c r="E59" s="283"/>
+      <c r="F59" s="68"/>
+      <c r="G59" s="68"/>
+      <c r="H59" s="68"/>
+      <c r="I59" s="68"/>
+      <c r="J59" s="68"/>
+      <c r="K59" s="68"/>
+      <c r="L59" s="68"/>
+      <c r="M59" s="68"/>
+      <c r="N59" s="68"/>
+      <c r="O59" s="68"/>
+      <c r="P59" s="68"/>
+      <c r="Q59" s="68"/>
+      <c r="R59" s="68"/>
+      <c r="S59" s="68"/>
+      <c r="T59" s="68"/>
+      <c r="U59" s="68"/>
+      <c r="V59" s="68"/>
+      <c r="W59" s="68"/>
+      <c r="X59" s="68"/>
+      <c r="Y59" s="70"/>
+      <c r="Z59" s="68"/>
+      <c r="AA59" s="68"/>
     </row>
     <row r="60" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="426" t="s">
+      <c r="B60" s="283" t="s">
         <v>70</v>
       </c>
-      <c r="C60" s="426"/>
-[...22 lines deleted...]
-      <c r="AA60" s="78"/>
+      <c r="C60" s="283"/>
+      <c r="D60" s="283"/>
+      <c r="E60" s="283"/>
+      <c r="F60" s="283"/>
+      <c r="G60" s="283"/>
+      <c r="H60" s="283"/>
+      <c r="I60" s="283"/>
+      <c r="J60" s="283"/>
+      <c r="K60" s="283"/>
+      <c r="L60" s="68"/>
+      <c r="M60" s="68"/>
+      <c r="N60" s="68"/>
+      <c r="O60" s="68"/>
+      <c r="P60" s="68"/>
+      <c r="Q60" s="68"/>
+      <c r="R60" s="68"/>
+      <c r="S60" s="68"/>
+      <c r="T60" s="68"/>
+      <c r="U60" s="68"/>
+      <c r="V60" s="68"/>
+      <c r="W60" s="68"/>
+      <c r="X60" s="68"/>
+      <c r="Z60" s="68"/>
+      <c r="AA60" s="68"/>
     </row>
     <row r="61" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="426" t="s">
+      <c r="B61" s="283" t="s">
         <v>71</v>
       </c>
-      <c r="C61" s="426"/>
-[...22 lines deleted...]
-      <c r="AA61" s="79"/>
+      <c r="C61" s="283"/>
+      <c r="D61" s="283"/>
+      <c r="E61" s="283"/>
+      <c r="F61" s="283"/>
+      <c r="G61" s="283"/>
+      <c r="H61" s="283"/>
+      <c r="I61" s="283"/>
+      <c r="J61" s="283"/>
+      <c r="K61" s="283"/>
+      <c r="L61" s="283"/>
+      <c r="M61" s="283"/>
+      <c r="N61" s="68"/>
+      <c r="O61" s="68"/>
+      <c r="P61" s="68"/>
+      <c r="Q61" s="68"/>
+      <c r="R61" s="68"/>
+      <c r="S61" s="68"/>
+      <c r="T61" s="68"/>
+      <c r="U61" s="68"/>
+      <c r="V61" s="68"/>
+      <c r="W61" s="68"/>
+      <c r="X61" s="68"/>
+      <c r="Z61" s="69"/>
+      <c r="AA61" s="69"/>
     </row>
     <row r="62" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="426" t="s">
+      <c r="B62" s="283" t="s">
         <v>72</v>
       </c>
-      <c r="C62" s="426"/>
-[...20 lines deleted...]
-      <c r="X62" s="426"/>
+      <c r="C62" s="283"/>
+      <c r="D62" s="283"/>
+      <c r="E62" s="283"/>
+      <c r="F62" s="283"/>
+      <c r="G62" s="283"/>
+      <c r="H62" s="283"/>
+      <c r="I62" s="283"/>
+      <c r="J62" s="283"/>
+      <c r="K62" s="283"/>
+      <c r="L62" s="283"/>
+      <c r="M62" s="283"/>
+      <c r="N62" s="283"/>
+      <c r="O62" s="283"/>
+      <c r="P62" s="283"/>
+      <c r="Q62" s="283"/>
+      <c r="R62" s="283"/>
+      <c r="S62" s="283"/>
+      <c r="T62" s="283"/>
+      <c r="U62" s="283"/>
+      <c r="V62" s="283"/>
+      <c r="W62" s="283"/>
+      <c r="X62" s="283"/>
     </row>
     <row r="63" spans="1:27" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:27" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="25"/>
-[...25 lines deleted...]
-      <c r="AA64" s="25"/>
+      <c r="A64" s="23"/>
+      <c r="B64" s="23"/>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="23"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="23"/>
+      <c r="L64" s="23"/>
+      <c r="M64" s="23"/>
+      <c r="N64" s="23"/>
+      <c r="O64" s="23"/>
+      <c r="P64" s="23"/>
+      <c r="Q64" s="23"/>
+      <c r="R64" s="23"/>
+      <c r="S64" s="23"/>
+      <c r="T64" s="23"/>
+      <c r="U64" s="23"/>
+      <c r="V64" s="23"/>
+      <c r="W64" s="23"/>
+      <c r="X64" s="23"/>
+      <c r="Y64" s="23"/>
+      <c r="Z64" s="23"/>
+      <c r="AA64" s="23"/>
     </row>
   </sheetData>
   <sheetProtection password="CA38" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="224">
-    <mergeCell ref="B60:K60"/>
-[...183 lines deleted...]
-    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="AE7:AK7"/>
+    <mergeCell ref="AB8:AD8"/>
+    <mergeCell ref="AE8:AK8"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="AE9:AK9"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:N4"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E6:N6"/>
+    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="AE10:AK10"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AD11"/>
+    <mergeCell ref="AE11:AK11"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="I17:L17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="P19:X19"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:H12"/>
     <mergeCell ref="J12:M12"/>
     <mergeCell ref="N12:P12"/>
     <mergeCell ref="U12:Z12"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="P14:R14"/>
     <mergeCell ref="S14:AA14"/>
-    <mergeCell ref="AE10:AK10"/>
-[...20 lines deleted...]
-    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F21:K21"/>
+    <mergeCell ref="N21:T21"/>
+    <mergeCell ref="S23:AA23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:L24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q26:Z26"/>
+    <mergeCell ref="AB26:AE26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:Q27"/>
+    <mergeCell ref="R27:AA27"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:N25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="AB25:AE25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="X30:AA31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:U32"/>
+    <mergeCell ref="X32:AA32"/>
+    <mergeCell ref="B30:C31"/>
+    <mergeCell ref="D30:H31"/>
+    <mergeCell ref="I30:J31"/>
+    <mergeCell ref="K30:M31"/>
+    <mergeCell ref="N30:O31"/>
+    <mergeCell ref="P30:U31"/>
+    <mergeCell ref="X33:AA33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="X34:AA34"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="AB34:AE34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:U35"/>
+    <mergeCell ref="X35:AA35"/>
+    <mergeCell ref="AB35:AE35"/>
+    <mergeCell ref="X36:AA36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:AA37"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X38:AA38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:AA39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="X40:AA40"/>
+    <mergeCell ref="AB40:AE40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:AA41"/>
+    <mergeCell ref="AB41:AE41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X42:AA42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:AA43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X44:AA44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:AA45"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X46:AA46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:AA47"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X48:AA48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:AA49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X50:AA50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:AA51"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="B61:M61"/>
+    <mergeCell ref="B62:X62"/>
+    <mergeCell ref="B53:I53"/>
+    <mergeCell ref="B54:T54"/>
+    <mergeCell ref="B55:AA55"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B58:AA58"/>
+    <mergeCell ref="B59:E59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AF25" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="AF24" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="AF26" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="AF27" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
     <hyperlink ref="AF23" r:id="rId5" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
     <hyperlink ref="X24" r:id="rId6" xr:uid="{00000000-0004-0000-0100-000005000000}"/>
     <hyperlink ref="Q26" r:id="rId7" xr:uid="{00000000-0004-0000-0100-000006000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.15748031496062992" top="0.11811023622047245" bottom="0.31496062992125984" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Página &amp;P de &amp;N&amp;C&amp;8&amp;XVinha Brava 9700-236 - Angra do Heroísmo - Tel: 295 404 245 - Fax: 295 216 492 - e:mail:info.lrv@azores.gov.pt&amp;R&amp;8Modelo 70-15/2015-01-09</oddFooter>
   </headerFooter>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:CD64"/>
+  <dimension ref="A1:AO64"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Q26" sqref="Q26:Z26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="27" max="27" width="9" style="23" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="4.28515625" style="21" customWidth="1"/>
+    <col min="4" max="8" width="3.28515625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="10" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="3.28515625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="3.140625" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="7.7109375" style="21" customWidth="1"/>
+    <col min="26" max="26" width="3.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="9" style="21" customWidth="1"/>
     <col min="28" max="31" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="32" max="32" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="53" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="54" max="54" width="3.28515625" style="49" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="83" max="16384" width="3.28515625" style="1"/>
+    <col min="54" max="54" width="3.28515625" style="1" customWidth="1"/>
+    <col min="55" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:37" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="384" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="339" t="s">
         <v>0</v>
       </c>
-      <c r="K1" s="385"/>
-[...15 lines deleted...]
-      <c r="AA1" s="386"/>
+      <c r="K1" s="340"/>
+      <c r="L1" s="340"/>
+      <c r="M1" s="340"/>
+      <c r="N1" s="340"/>
+      <c r="O1" s="340"/>
+      <c r="P1" s="340"/>
+      <c r="Q1" s="340"/>
+      <c r="R1" s="340"/>
+      <c r="S1" s="340"/>
+      <c r="T1" s="340"/>
+      <c r="U1" s="340"/>
+      <c r="V1" s="340"/>
+      <c r="W1" s="340"/>
+      <c r="X1" s="340"/>
+      <c r="Y1" s="340"/>
+      <c r="Z1" s="340"/>
+      <c r="AA1" s="341"/>
     </row>
     <row r="2" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="2:37" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="344"/>
-[...10 lines deleted...]
-      <c r="N3" s="344"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
       <c r="AC3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...11 lines deleted...]
-      <c r="N4" s="344"/>
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
-      <c r="Q4" s="330" t="s">
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...8 lines deleted...]
-      <c r="AA4" s="346"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
       <c r="AC4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:37" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="15"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...8 lines deleted...]
-      <c r="AA5" s="20"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
     </row>
     <row r="6" spans="2:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="21"/>
-[...2 lines deleted...]
-      <c r="E6" s="347" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="347"/>
-[...10 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="F6" s="282"/>
+      <c r="G6" s="282"/>
+      <c r="H6" s="282"/>
+      <c r="I6" s="282"/>
+      <c r="J6" s="282"/>
+      <c r="K6" s="282"/>
+      <c r="L6" s="282"/>
+      <c r="M6" s="282"/>
+      <c r="N6" s="282"/>
+      <c r="O6" s="20"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...8 lines deleted...]
-      <c r="AA6" s="337"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
     </row>
     <row r="7" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="381" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="336" t="s">
         <v>8</v>
       </c>
-      <c r="R7" s="382"/>
-[...18 lines deleted...]
-      <c r="AK7" s="379"/>
+      <c r="R7" s="337"/>
+      <c r="S7" s="337"/>
+      <c r="T7" s="337"/>
+      <c r="U7" s="337"/>
+      <c r="V7" s="337"/>
+      <c r="W7" s="337"/>
+      <c r="X7" s="337"/>
+      <c r="Y7" s="337"/>
+      <c r="Z7" s="337"/>
+      <c r="AA7" s="338"/>
+      <c r="AB7" s="222"/>
+      <c r="AC7" s="222"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="219"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
     </row>
     <row r="8" spans="2:37" ht="2.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...19 lines deleted...]
-      <c r="AK8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="222"/>
+      <c r="AC8" s="222"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="219"/>
+      <c r="AF8" s="219"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
     </row>
     <row r="9" spans="2:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AK9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AB9" s="222"/>
+      <c r="AC9" s="222"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="219"/>
+      <c r="AF9" s="219"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
     </row>
     <row r="10" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AK10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AE10" s="219"/>
+      <c r="AF10" s="219"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
     </row>
     <row r="11" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...9 lines deleted...]
-      <c r="M11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="252"/>
+      <c r="H11" s="221"/>
+      <c r="I11" s="221"/>
+      <c r="J11" s="221"/>
+      <c r="K11" s="221"/>
+      <c r="L11" s="221"/>
+      <c r="M11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="324"/>
-[...6 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...14 lines deleted...]
-      <c r="AK11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="221"/>
+      <c r="AA11" s="335"/>
+      <c r="AB11" s="222"/>
+      <c r="AC11" s="222"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="219"/>
+      <c r="AF11" s="219"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
     </row>
     <row r="12" spans="2:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="390" t="s">
+      <c r="B12" s="326" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="324"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="220"/>
+      <c r="D12" s="220"/>
+      <c r="E12" s="221"/>
+      <c r="F12" s="221"/>
+      <c r="G12" s="221"/>
+      <c r="H12" s="221"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...15 lines deleted...]
-      <c r="AA12" s="35"/>
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="32"/>
+      <c r="S12" s="32"/>
+      <c r="T12" s="32"/>
+      <c r="U12" s="220"/>
+      <c r="V12" s="220"/>
+      <c r="W12" s="220"/>
+      <c r="X12" s="220"/>
+      <c r="Y12" s="220"/>
+      <c r="Z12" s="220"/>
+      <c r="AA12" s="33"/>
     </row>
     <row r="13" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="36"/>
-[...24 lines deleted...]
-      <c r="AA13" s="35"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="36"/>
+      <c r="M13" s="36"/>
+      <c r="N13" s="37"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="32"/>
+      <c r="S13" s="32"/>
+      <c r="T13" s="32"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="33"/>
     </row>
     <row r="14" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="391" t="s">
+      <c r="B14" s="330" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="392"/>
-[...3 lines deleted...]
-      <c r="G14" s="324" t="s">
+      <c r="C14" s="331"/>
+      <c r="D14" s="331"/>
+      <c r="E14" s="331"/>
+      <c r="F14" s="331"/>
+      <c r="G14" s="220" t="s">
         <v>3</v>
       </c>
-      <c r="H14" s="324"/>
-[...4 lines deleted...]
-      <c r="M14" s="41" t="s">
+      <c r="H14" s="220"/>
+      <c r="I14" s="220"/>
+      <c r="J14" s="332"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="N14" s="42"/>
-[...1 lines deleted...]
-      <c r="P14" s="324" t="s">
+      <c r="N14" s="40"/>
+      <c r="O14" s="32"/>
+      <c r="P14" s="220" t="s">
         <v>17</v>
       </c>
-      <c r="Q14" s="324"/>
-[...9 lines deleted...]
-      <c r="AA14" s="326"/>
+      <c r="Q14" s="220"/>
+      <c r="R14" s="220"/>
+      <c r="S14" s="279"/>
+      <c r="T14" s="279"/>
+      <c r="U14" s="279"/>
+      <c r="V14" s="279"/>
+      <c r="W14" s="279"/>
+      <c r="X14" s="279"/>
+      <c r="Y14" s="279"/>
+      <c r="Z14" s="279"/>
+      <c r="AA14" s="280"/>
     </row>
     <row r="15" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="43"/>
-[...24 lines deleted...]
-      <c r="AA15" s="46"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="37"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="37"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37"/>
+      <c r="L15" s="42"/>
+      <c r="M15" s="37"/>
+      <c r="N15" s="37"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="37"/>
+      <c r="Q15" s="37"/>
+      <c r="R15" s="37"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="44"/>
     </row>
     <row r="16" spans="2:37" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="36"/>
-[...27 lines deleted...]
-      <c r="B17" s="388" t="s">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="46"/>
+    </row>
+    <row r="17" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="328" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="389"/>
-[...34 lines deleted...]
-      <c r="J18" s="37" t="s">
+      <c r="C17" s="329"/>
+      <c r="D17" s="329"/>
+      <c r="E17" s="329"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="35"/>
+      <c r="H17" s="35"/>
+      <c r="I17" s="220"/>
+      <c r="J17" s="220"/>
+      <c r="K17" s="220"/>
+      <c r="L17" s="220"/>
+      <c r="M17" s="35"/>
+      <c r="N17" s="32"/>
+      <c r="O17" s="32"/>
+      <c r="P17" s="32"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="32"/>
+      <c r="S17" s="32"/>
+      <c r="T17" s="32"/>
+      <c r="U17" s="32"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="45"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="45"/>
+      <c r="Z17" s="45"/>
+      <c r="AA17" s="46"/>
+    </row>
+    <row r="18" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="326"/>
+      <c r="C18" s="220"/>
+      <c r="D18" s="220"/>
+      <c r="E18" s="220"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="K18" s="37"/>
-[...4 lines deleted...]
-      <c r="P18" s="370" t="s">
+      <c r="K18" s="35"/>
+      <c r="L18" s="32"/>
+      <c r="M18" s="35"/>
+      <c r="N18" s="35"/>
+      <c r="O18" s="32"/>
+      <c r="P18" s="242" t="s">
         <v>20</v>
       </c>
-      <c r="Q18" s="370"/>
-[...12 lines deleted...]
-      <c r="B19" s="391" t="s">
+      <c r="Q18" s="242"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="42"/>
+      <c r="T18" s="42"/>
+      <c r="U18" s="42"/>
+      <c r="V18" s="32"/>
+      <c r="W18" s="32"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="45"/>
+      <c r="AA18" s="46"/>
+    </row>
+    <row r="19" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="330" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="392"/>
-[...3 lines deleted...]
-      <c r="G19" s="324" t="s">
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="220" t="s">
         <v>22</v>
       </c>
-      <c r="H19" s="324"/>
-[...4 lines deleted...]
-      <c r="M19" s="394" t="s">
+      <c r="H19" s="220"/>
+      <c r="I19" s="332"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="35"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="333" t="s">
         <v>23</v>
       </c>
-      <c r="N19" s="394"/>
-[...47 lines deleted...]
-      <c r="F21" s="331" t="s">
+      <c r="N19" s="333"/>
+      <c r="O19" s="334"/>
+      <c r="P19" s="303"/>
+      <c r="Q19" s="273"/>
+      <c r="R19" s="273"/>
+      <c r="S19" s="273"/>
+      <c r="T19" s="273"/>
+      <c r="U19" s="273"/>
+      <c r="V19" s="273"/>
+      <c r="W19" s="273"/>
+      <c r="X19" s="274"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="45"/>
+      <c r="AA19" s="46"/>
+    </row>
+    <row r="20" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="32"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="39"/>
+      <c r="P20" s="35"/>
+      <c r="Q20" s="35"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="35"/>
+      <c r="T20" s="35"/>
+      <c r="U20" s="35"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="32"/>
+      <c r="Z20" s="45"/>
+      <c r="AA20" s="46"/>
+    </row>
+    <row r="21" spans="2:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="326"/>
+      <c r="C21" s="220"/>
+      <c r="D21" s="220"/>
+      <c r="E21" s="220"/>
+      <c r="F21" s="252" t="s">
         <v>24</v>
       </c>
-      <c r="G21" s="331"/>
-[...6 lines deleted...]
-      <c r="N21" s="324" t="s">
+      <c r="G21" s="252"/>
+      <c r="H21" s="252"/>
+      <c r="I21" s="252"/>
+      <c r="J21" s="252"/>
+      <c r="K21" s="252"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="35"/>
+      <c r="N21" s="220" t="s">
         <v>24</v>
       </c>
-      <c r="O21" s="324"/>
-[...72 lines deleted...]
-      <c r="B23" s="54" t="s">
+      <c r="O21" s="220"/>
+      <c r="P21" s="220"/>
+      <c r="Q21" s="220"/>
+      <c r="R21" s="220"/>
+      <c r="S21" s="220"/>
+      <c r="T21" s="220"/>
+      <c r="U21" s="38"/>
+      <c r="V21" s="32"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="45"/>
+      <c r="AA21" s="46"/>
+    </row>
+    <row r="22" spans="2:41" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="23"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="23"/>
+      <c r="N22" s="23"/>
+      <c r="O22" s="23"/>
+      <c r="P22" s="23"/>
+      <c r="Q22" s="23"/>
+      <c r="R22" s="23"/>
+      <c r="S22" s="23"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="23"/>
+      <c r="V22" s="23"/>
+      <c r="W22" s="23"/>
+      <c r="X22" s="23"/>
+      <c r="Y22" s="23"/>
+      <c r="Z22" s="23"/>
+      <c r="AA22" s="47"/>
+    </row>
+    <row r="23" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C23" s="54"/>
-[...15 lines deleted...]
-      <c r="S23" s="373" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="T23" s="373"/>
-[...7 lines deleted...]
-      <c r="AB23" s="56" t="s">
+      <c r="T23" s="244"/>
+      <c r="U23" s="244"/>
+      <c r="V23" s="244"/>
+      <c r="W23" s="244"/>
+      <c r="X23" s="244"/>
+      <c r="Y23" s="244"/>
+      <c r="Z23" s="244"/>
+      <c r="AA23" s="327"/>
+      <c r="AB23" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC23" s="56"/>
-[...2 lines deleted...]
-      <c r="AF23" s="57" t="s">
+      <c r="AC23" s="50"/>
+      <c r="AD23" s="50"/>
+      <c r="AE23" s="50"/>
+      <c r="AF23" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AG23" s="58"/>
-[...10 lines deleted...]
-      <c r="B24" s="321" t="s">
+      <c r="AG23" s="52"/>
+      <c r="AH23" s="52"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="53"/>
+    </row>
+    <row r="24" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C24" s="322"/>
-      <c r="D24" s="301" t="s">
+      <c r="C24" s="232"/>
+      <c r="D24" s="268" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="301"/>
-[...7 lines deleted...]
-      <c r="M24" s="83" t="s">
+      <c r="E24" s="268"/>
+      <c r="F24" s="268"/>
+      <c r="G24" s="268"/>
+      <c r="H24" s="268"/>
+      <c r="I24" s="268"/>
+      <c r="J24" s="268"/>
+      <c r="K24" s="268"/>
+      <c r="L24" s="268"/>
+      <c r="M24" s="72" t="s">
         <v>31</v>
       </c>
-      <c r="N24" s="301" t="s">
+      <c r="N24" s="268" t="s">
         <v>32</v>
       </c>
-      <c r="O24" s="301"/>
-[...3 lines deleted...]
-      <c r="S24" s="333" t="s">
+      <c r="O24" s="268"/>
+      <c r="P24" s="268"/>
+      <c r="Q24" s="268"/>
+      <c r="R24" s="71"/>
+      <c r="S24" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="T24" s="333"/>
-[...3 lines deleted...]
-      <c r="X24" s="398" t="s">
+      <c r="T24" s="270"/>
+      <c r="U24" s="270"/>
+      <c r="V24" s="54"/>
+      <c r="W24" s="54"/>
+      <c r="X24" s="322" t="s">
         <v>34</v>
       </c>
-      <c r="Y24" s="301"/>
-[...2 lines deleted...]
-      <c r="AB24" s="56" t="s">
+      <c r="Y24" s="268"/>
+      <c r="Z24" s="268"/>
+      <c r="AA24" s="269"/>
+      <c r="AB24" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC24" s="56"/>
-[...2 lines deleted...]
-      <c r="AF24" s="57" t="s">
+      <c r="AC24" s="50"/>
+      <c r="AD24" s="50"/>
+      <c r="AE24" s="50"/>
+      <c r="AF24" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AG24" s="58"/>
-[...10 lines deleted...]
-      <c r="B25" s="330" t="s">
+      <c r="AG24" s="52"/>
+      <c r="AH24" s="52"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="53"/>
+    </row>
+    <row r="25" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="251" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="331"/>
-[...1 lines deleted...]
-      <c r="E25" s="301" t="s">
+      <c r="C25" s="252"/>
+      <c r="D25" s="252"/>
+      <c r="E25" s="268" t="s">
         <v>59</v>
       </c>
-      <c r="F25" s="301"/>
-[...8 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+      <c r="K25" s="268"/>
+      <c r="L25" s="268"/>
+      <c r="M25" s="279"/>
+      <c r="N25" s="268"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-      <c r="Q25" s="301" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="268" t="s">
         <v>74</v>
       </c>
-      <c r="R25" s="325"/>
-[...9 lines deleted...]
-      <c r="AB25" s="327" t="s">
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="268"/>
+      <c r="W25" s="268"/>
+      <c r="X25" s="268"/>
+      <c r="Y25" s="268"/>
+      <c r="Z25" s="268"/>
+      <c r="AA25" s="269"/>
+      <c r="AB25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC25" s="328"/>
-[...2 lines deleted...]
-      <c r="AF25" s="57" t="s">
+      <c r="AC25" s="227"/>
+      <c r="AD25" s="227"/>
+      <c r="AE25" s="228"/>
+      <c r="AF25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AG25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AG25" s="52"/>
+      <c r="AH25" s="52"/>
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="53"/>
+    </row>
+    <row r="26" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="331"/>
-[...1 lines deleted...]
-      <c r="E26" s="338">
+      <c r="C26" s="252"/>
+      <c r="D26" s="252"/>
+      <c r="E26" s="273">
         <v>292642385</v>
       </c>
-      <c r="F26" s="338"/>
-[...3 lines deleted...]
-      <c r="J26" s="334" t="s">
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="273"/>
+      <c r="J26" s="287" t="s">
         <v>41</v>
       </c>
-      <c r="K26" s="334"/>
-      <c r="L26" s="338">
+      <c r="K26" s="287"/>
+      <c r="L26" s="273">
         <v>292642218</v>
       </c>
-      <c r="M26" s="338"/>
-[...1 lines deleted...]
-      <c r="O26" s="324" t="s">
+      <c r="M26" s="273"/>
+      <c r="N26" s="273"/>
+      <c r="O26" s="220" t="s">
         <v>42</v>
       </c>
-      <c r="P26" s="324"/>
-      <c r="Q26" s="398" t="s">
+      <c r="P26" s="220"/>
+      <c r="Q26" s="322" t="s">
         <v>39</v>
       </c>
-      <c r="R26" s="301"/>
-[...9 lines deleted...]
-      <c r="AB26" s="327" t="s">
+      <c r="R26" s="268"/>
+      <c r="S26" s="268"/>
+      <c r="T26" s="268"/>
+      <c r="U26" s="268"/>
+      <c r="V26" s="268"/>
+      <c r="W26" s="268"/>
+      <c r="X26" s="268"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="55"/>
+      <c r="AB26" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC26" s="328"/>
-[...2 lines deleted...]
-      <c r="AF26" s="57" t="s">
+      <c r="AC26" s="227"/>
+      <c r="AD26" s="227"/>
+      <c r="AE26" s="228"/>
+      <c r="AF26" s="51" t="s">
         <v>44</v>
       </c>
-      <c r="AG26" s="58"/>
-[...10 lines deleted...]
-      <c r="B27" s="330" t="s">
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="52"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="53"/>
+    </row>
+    <row r="27" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="251" t="s">
         <v>45</v>
       </c>
-      <c r="C27" s="331"/>
-[...9 lines deleted...]
-      <c r="M27" s="399" t="s">
+      <c r="C27" s="252"/>
+      <c r="D27" s="252"/>
+      <c r="E27" s="252"/>
+      <c r="F27" s="252"/>
+      <c r="G27" s="252"/>
+      <c r="H27" s="279"/>
+      <c r="I27" s="279"/>
+      <c r="J27" s="279"/>
+      <c r="K27" s="279"/>
+      <c r="L27" s="279"/>
+      <c r="M27" s="323" t="s">
         <v>46</v>
       </c>
-      <c r="N27" s="399"/>
-[...13 lines deleted...]
-      <c r="AB27" s="56" t="s">
+      <c r="N27" s="323"/>
+      <c r="O27" s="323"/>
+      <c r="P27" s="323"/>
+      <c r="Q27" s="323"/>
+      <c r="R27" s="324"/>
+      <c r="S27" s="324"/>
+      <c r="T27" s="324"/>
+      <c r="U27" s="324"/>
+      <c r="V27" s="324"/>
+      <c r="W27" s="324"/>
+      <c r="X27" s="324"/>
+      <c r="Y27" s="324"/>
+      <c r="Z27" s="324"/>
+      <c r="AA27" s="325"/>
+      <c r="AB27" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC27" s="56"/>
-[...2 lines deleted...]
-      <c r="AF27" s="57" t="s">
+      <c r="AC27" s="50"/>
+      <c r="AD27" s="50"/>
+      <c r="AE27" s="50"/>
+      <c r="AF27" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="AG27" s="58"/>
-[...66 lines deleted...]
-      <c r="B30" s="412" t="s">
+      <c r="AG27" s="52"/>
+      <c r="AH27" s="52"/>
+      <c r="AI27" s="52"/>
+      <c r="AJ27" s="52"/>
+      <c r="AK27" s="52"/>
+      <c r="AL27" s="52"/>
+      <c r="AM27" s="52"/>
+      <c r="AN27" s="52"/>
+      <c r="AO27" s="53"/>
+    </row>
+    <row r="28" spans="2:41" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="56"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="57"/>
+      <c r="N28" s="57"/>
+      <c r="O28" s="57"/>
+      <c r="P28" s="57"/>
+      <c r="Q28" s="57"/>
+      <c r="R28" s="57"/>
+      <c r="S28" s="57"/>
+      <c r="T28" s="57"/>
+      <c r="U28" s="57"/>
+      <c r="V28" s="57"/>
+      <c r="W28" s="57"/>
+      <c r="X28" s="57"/>
+      <c r="Y28" s="57"/>
+      <c r="Z28" s="57"/>
+      <c r="AA28" s="58"/>
+    </row>
+    <row r="29" spans="2:41" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="42"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="32"/>
+      <c r="J29" s="32"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="32"/>
+      <c r="M29" s="32"/>
+      <c r="N29" s="32"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="32"/>
+      <c r="Q29" s="32"/>
+      <c r="R29" s="32"/>
+      <c r="S29" s="32"/>
+      <c r="T29" s="32"/>
+      <c r="U29" s="32"/>
+      <c r="V29" s="32"/>
+      <c r="W29" s="32"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+    </row>
+    <row r="30" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="403"/>
-      <c r="D30" s="412" t="s">
+      <c r="C30" s="312"/>
+      <c r="D30" s="319" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="402"/>
-[...3 lines deleted...]
-      <c r="I30" s="412" t="s">
+      <c r="E30" s="311"/>
+      <c r="F30" s="311"/>
+      <c r="G30" s="311"/>
+      <c r="H30" s="312"/>
+      <c r="I30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="J30" s="403"/>
-      <c r="K30" s="414" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="L30" s="414"/>
-[...1 lines deleted...]
-      <c r="N30" s="412" t="s">
+      <c r="L30" s="321"/>
+      <c r="M30" s="321"/>
+      <c r="N30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="O30" s="403"/>
-      <c r="P30" s="414" t="s">
+      <c r="O30" s="312"/>
+      <c r="P30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="Q30" s="414"/>
-[...6 lines deleted...]
-      <c r="X30" s="402" t="s">
+      <c r="Q30" s="321"/>
+      <c r="R30" s="321"/>
+      <c r="S30" s="321"/>
+      <c r="T30" s="321"/>
+      <c r="U30" s="321"/>
+      <c r="V30" s="59"/>
+      <c r="W30" s="59"/>
+      <c r="X30" s="311" t="s">
         <v>51</v>
       </c>
-      <c r="Y30" s="402"/>
-[...30 lines deleted...]
-      <c r="AF31" s="68" t="s">
+      <c r="Y30" s="311"/>
+      <c r="Z30" s="311"/>
+      <c r="AA30" s="312"/>
+    </row>
+    <row r="31" spans="2:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="320"/>
+      <c r="C31" s="314"/>
+      <c r="D31" s="320"/>
+      <c r="E31" s="313"/>
+      <c r="F31" s="313"/>
+      <c r="G31" s="313"/>
+      <c r="H31" s="314"/>
+      <c r="I31" s="320"/>
+      <c r="J31" s="314"/>
+      <c r="K31" s="321"/>
+      <c r="L31" s="321"/>
+      <c r="M31" s="321"/>
+      <c r="N31" s="320"/>
+      <c r="O31" s="314"/>
+      <c r="P31" s="321"/>
+      <c r="Q31" s="321"/>
+      <c r="R31" s="321"/>
+      <c r="S31" s="321"/>
+      <c r="T31" s="321"/>
+      <c r="U31" s="321"/>
+      <c r="V31" s="60"/>
+      <c r="W31" s="60"/>
+      <c r="X31" s="313"/>
+      <c r="Y31" s="313"/>
+      <c r="Z31" s="313"/>
+      <c r="AA31" s="314"/>
+      <c r="AF31" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AH31" s="68" t="s">
+      <c r="AH31" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AL31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AN31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="32" spans="1:82" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="406">
+    <row r="32" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="299">
         <v>1</v>
       </c>
-      <c r="C32" s="406"/>
-[...5 lines deleted...]
-      <c r="I32" s="406">
+      <c r="C32" s="299"/>
+      <c r="D32" s="315"/>
+      <c r="E32" s="315"/>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="316"/>
+      <c r="I32" s="299">
         <v>21</v>
       </c>
-      <c r="J32" s="406"/>
-[...3 lines deleted...]
-      <c r="N32" s="406">
+      <c r="J32" s="299"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="299">
         <v>41</v>
       </c>
-      <c r="O32" s="406"/>
-[...12 lines deleted...]
-      <c r="AB32" s="56" t="s">
+      <c r="O32" s="299"/>
+      <c r="P32" s="302"/>
+      <c r="Q32" s="302"/>
+      <c r="R32" s="302"/>
+      <c r="S32" s="302"/>
+      <c r="T32" s="302"/>
+      <c r="U32" s="302"/>
+      <c r="V32" s="62"/>
+      <c r="W32" s="62"/>
+      <c r="X32" s="317"/>
+      <c r="Y32" s="317"/>
+      <c r="Z32" s="317"/>
+      <c r="AA32" s="318"/>
+      <c r="AB32" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC32" s="56"/>
-[...1 lines deleted...]
-      <c r="AE32" s="56"/>
+      <c r="AC32" s="50"/>
+      <c r="AD32" s="50"/>
+      <c r="AE32" s="50"/>
       <c r="AL32" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AN32" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B33" s="406">
+    <row r="33" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="32"/>
+      <c r="B33" s="299">
         <v>2</v>
       </c>
-      <c r="C33" s="406"/>
-[...5 lines deleted...]
-      <c r="I33" s="406">
+      <c r="C33" s="299"/>
+      <c r="D33" s="302"/>
+      <c r="E33" s="302"/>
+      <c r="F33" s="302"/>
+      <c r="G33" s="302"/>
+      <c r="H33" s="310"/>
+      <c r="I33" s="299">
         <v>22</v>
       </c>
-      <c r="J33" s="406"/>
-[...3 lines deleted...]
-      <c r="N33" s="406">
+      <c r="J33" s="299"/>
+      <c r="K33" s="302"/>
+      <c r="L33" s="302"/>
+      <c r="M33" s="302"/>
+      <c r="N33" s="299">
         <v>42</v>
       </c>
-      <c r="O33" s="406"/>
-[...12 lines deleted...]
-      <c r="AB33" s="56" t="s">
+      <c r="O33" s="299"/>
+      <c r="P33" s="302"/>
+      <c r="Q33" s="302"/>
+      <c r="R33" s="302"/>
+      <c r="S33" s="302"/>
+      <c r="T33" s="302"/>
+      <c r="U33" s="302"/>
+      <c r="V33" s="49"/>
+      <c r="W33" s="49"/>
+      <c r="X33" s="305"/>
+      <c r="Y33" s="305"/>
+      <c r="Z33" s="305"/>
+      <c r="AA33" s="306"/>
+      <c r="AB33" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC33" s="56"/>
-[...1 lines deleted...]
-      <c r="AE33" s="56"/>
+      <c r="AC33" s="50"/>
+      <c r="AD33" s="50"/>
+      <c r="AE33" s="50"/>
       <c r="AF33" s="1">
         <v>295412394</v>
       </c>
       <c r="AH33" s="1">
         <v>295412063</v>
       </c>
-      <c r="AN33" s="72" t="s">
+      <c r="AN33" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B34" s="406">
+    <row r="34" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="32"/>
+      <c r="B34" s="299">
         <v>3</v>
       </c>
-      <c r="C34" s="406"/>
-[...5 lines deleted...]
-      <c r="I34" s="406">
+      <c r="C34" s="299"/>
+      <c r="D34" s="304"/>
+      <c r="E34" s="304"/>
+      <c r="F34" s="304"/>
+      <c r="G34" s="304"/>
+      <c r="H34" s="303"/>
+      <c r="I34" s="299">
         <v>23</v>
       </c>
-      <c r="J34" s="406"/>
-[...3 lines deleted...]
-      <c r="N34" s="406">
+      <c r="J34" s="299"/>
+      <c r="K34" s="304"/>
+      <c r="L34" s="304"/>
+      <c r="M34" s="304"/>
+      <c r="N34" s="299">
         <v>43</v>
       </c>
-      <c r="O34" s="406"/>
-[...12 lines deleted...]
-      <c r="AB34" s="327" t="s">
+      <c r="O34" s="299"/>
+      <c r="P34" s="307"/>
+      <c r="Q34" s="308"/>
+      <c r="R34" s="308"/>
+      <c r="S34" s="308"/>
+      <c r="T34" s="308"/>
+      <c r="U34" s="309"/>
+      <c r="V34" s="64"/>
+      <c r="W34" s="64"/>
+      <c r="X34" s="273"/>
+      <c r="Y34" s="273"/>
+      <c r="Z34" s="273"/>
+      <c r="AA34" s="274"/>
+      <c r="AB34" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC34" s="328"/>
-[...1 lines deleted...]
-      <c r="AE34" s="329"/>
+      <c r="AC34" s="227"/>
+      <c r="AD34" s="227"/>
+      <c r="AE34" s="228"/>
     </row>
     <row r="35" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="406">
+      <c r="B35" s="299">
         <v>4</v>
       </c>
-      <c r="C35" s="406"/>
-[...5 lines deleted...]
-      <c r="I35" s="406">
+      <c r="C35" s="299"/>
+      <c r="D35" s="303"/>
+      <c r="E35" s="273"/>
+      <c r="F35" s="273"/>
+      <c r="G35" s="273"/>
+      <c r="H35" s="274"/>
+      <c r="I35" s="299">
         <v>24</v>
       </c>
-      <c r="J35" s="406"/>
-[...3 lines deleted...]
-      <c r="N35" s="406">
+      <c r="J35" s="299"/>
+      <c r="K35" s="304"/>
+      <c r="L35" s="304"/>
+      <c r="M35" s="304"/>
+      <c r="N35" s="299">
         <v>44</v>
       </c>
-      <c r="O35" s="406"/>
-[...12 lines deleted...]
-      <c r="AB35" s="327" t="s">
+      <c r="O35" s="299"/>
+      <c r="P35" s="302"/>
+      <c r="Q35" s="302"/>
+      <c r="R35" s="302"/>
+      <c r="S35" s="302"/>
+      <c r="T35" s="302"/>
+      <c r="U35" s="302"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="273"/>
+      <c r="Y35" s="273"/>
+      <c r="Z35" s="273"/>
+      <c r="AA35" s="274"/>
+      <c r="AB35" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC35" s="328"/>
-[...1 lines deleted...]
-      <c r="AE35" s="329"/>
+      <c r="AC35" s="227"/>
+      <c r="AD35" s="227"/>
+      <c r="AE35" s="228"/>
     </row>
     <row r="36" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="406">
+      <c r="B36" s="299">
         <v>5</v>
       </c>
-      <c r="C36" s="406"/>
-[...5 lines deleted...]
-      <c r="I36" s="406">
+      <c r="C36" s="299"/>
+      <c r="D36" s="300"/>
+      <c r="E36" s="300"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="301"/>
+      <c r="I36" s="299">
         <v>25</v>
       </c>
-      <c r="J36" s="406"/>
-[...3 lines deleted...]
-      <c r="N36" s="406">
+      <c r="J36" s="299"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="300"/>
+      <c r="M36" s="300"/>
+      <c r="N36" s="299">
         <v>45</v>
       </c>
-      <c r="O36" s="406"/>
-[...12 lines deleted...]
-      <c r="AB36" s="56" t="s">
+      <c r="O36" s="299"/>
+      <c r="P36" s="302"/>
+      <c r="Q36" s="302"/>
+      <c r="R36" s="302"/>
+      <c r="S36" s="302"/>
+      <c r="T36" s="302"/>
+      <c r="U36" s="302"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="297"/>
+      <c r="Y36" s="297"/>
+      <c r="Z36" s="297"/>
+      <c r="AA36" s="298"/>
+      <c r="AB36" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC36" s="56"/>
-[...1 lines deleted...]
-      <c r="AE36" s="56"/>
+      <c r="AC36" s="50"/>
+      <c r="AD36" s="50"/>
+      <c r="AE36" s="50"/>
     </row>
     <row r="37" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="406">
+      <c r="B37" s="299">
         <v>6</v>
       </c>
-      <c r="C37" s="406"/>
-[...5 lines deleted...]
-      <c r="I37" s="406">
+      <c r="C37" s="299"/>
+      <c r="D37" s="300"/>
+      <c r="E37" s="300"/>
+      <c r="F37" s="300"/>
+      <c r="G37" s="300"/>
+      <c r="H37" s="301"/>
+      <c r="I37" s="299">
         <v>26</v>
       </c>
-      <c r="J37" s="406"/>
-[...3 lines deleted...]
-      <c r="N37" s="406">
+      <c r="J37" s="299"/>
+      <c r="K37" s="300"/>
+      <c r="L37" s="300"/>
+      <c r="M37" s="300"/>
+      <c r="N37" s="299">
         <v>46</v>
       </c>
-      <c r="O37" s="406"/>
-[...11 lines deleted...]
-      <c r="AA37" s="423"/>
+      <c r="O37" s="299"/>
+      <c r="P37" s="302"/>
+      <c r="Q37" s="302"/>
+      <c r="R37" s="302"/>
+      <c r="S37" s="302"/>
+      <c r="T37" s="302"/>
+      <c r="U37" s="302"/>
+      <c r="V37" s="65"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="297"/>
+      <c r="Y37" s="297"/>
+      <c r="Z37" s="297"/>
+      <c r="AA37" s="298"/>
     </row>
     <row r="38" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="406">
+      <c r="B38" s="299">
         <v>7</v>
       </c>
-      <c r="C38" s="406"/>
-[...5 lines deleted...]
-      <c r="I38" s="406">
+      <c r="C38" s="299"/>
+      <c r="D38" s="300"/>
+      <c r="E38" s="300"/>
+      <c r="F38" s="300"/>
+      <c r="G38" s="300"/>
+      <c r="H38" s="301"/>
+      <c r="I38" s="299">
         <v>27</v>
       </c>
-      <c r="J38" s="406"/>
-[...3 lines deleted...]
-      <c r="N38" s="406">
+      <c r="J38" s="299"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="300"/>
+      <c r="M38" s="300"/>
+      <c r="N38" s="299">
         <v>47</v>
       </c>
-      <c r="O38" s="406"/>
-[...12 lines deleted...]
-      <c r="AB38" s="56" t="s">
+      <c r="O38" s="299"/>
+      <c r="P38" s="302"/>
+      <c r="Q38" s="302"/>
+      <c r="R38" s="302"/>
+      <c r="S38" s="302"/>
+      <c r="T38" s="302"/>
+      <c r="U38" s="302"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="297"/>
+      <c r="Y38" s="297"/>
+      <c r="Z38" s="297"/>
+      <c r="AA38" s="298"/>
+      <c r="AB38" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC38" s="56"/>
-[...1 lines deleted...]
-      <c r="AE38" s="56"/>
+      <c r="AC38" s="50"/>
+      <c r="AD38" s="50"/>
+      <c r="AE38" s="50"/>
       <c r="AF38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="406">
+      <c r="B39" s="299">
         <v>8</v>
       </c>
-      <c r="C39" s="406"/>
-[...5 lines deleted...]
-      <c r="I39" s="406">
+      <c r="C39" s="299"/>
+      <c r="D39" s="300"/>
+      <c r="E39" s="300"/>
+      <c r="F39" s="300"/>
+      <c r="G39" s="300"/>
+      <c r="H39" s="301"/>
+      <c r="I39" s="299">
         <v>28</v>
       </c>
-      <c r="J39" s="406"/>
-[...3 lines deleted...]
-      <c r="N39" s="406">
+      <c r="J39" s="299"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="300"/>
+      <c r="M39" s="300"/>
+      <c r="N39" s="299">
         <v>48</v>
       </c>
-      <c r="O39" s="406"/>
-[...12 lines deleted...]
-      <c r="AB39" s="56" t="s">
+      <c r="O39" s="299"/>
+      <c r="P39" s="302"/>
+      <c r="Q39" s="302"/>
+      <c r="R39" s="302"/>
+      <c r="S39" s="302"/>
+      <c r="T39" s="302"/>
+      <c r="U39" s="302"/>
+      <c r="V39" s="65"/>
+      <c r="W39" s="65"/>
+      <c r="X39" s="297"/>
+      <c r="Y39" s="297"/>
+      <c r="Z39" s="297"/>
+      <c r="AA39" s="298"/>
+      <c r="AB39" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC39" s="56"/>
-[...1 lines deleted...]
-      <c r="AE39" s="56"/>
+      <c r="AC39" s="50"/>
+      <c r="AD39" s="50"/>
+      <c r="AE39" s="50"/>
       <c r="AF39" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="406">
+      <c r="B40" s="299">
         <v>9</v>
       </c>
-      <c r="C40" s="406"/>
-[...5 lines deleted...]
-      <c r="I40" s="406">
+      <c r="C40" s="299"/>
+      <c r="D40" s="300"/>
+      <c r="E40" s="300"/>
+      <c r="F40" s="300"/>
+      <c r="G40" s="300"/>
+      <c r="H40" s="301"/>
+      <c r="I40" s="299">
         <v>29</v>
       </c>
-      <c r="J40" s="406"/>
-[...3 lines deleted...]
-      <c r="N40" s="406">
+      <c r="J40" s="299"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="300"/>
+      <c r="M40" s="300"/>
+      <c r="N40" s="299">
         <v>49</v>
       </c>
-      <c r="O40" s="406"/>
-[...12 lines deleted...]
-      <c r="AB40" s="327" t="s">
+      <c r="O40" s="299"/>
+      <c r="P40" s="302"/>
+      <c r="Q40" s="302"/>
+      <c r="R40" s="302"/>
+      <c r="S40" s="302"/>
+      <c r="T40" s="302"/>
+      <c r="U40" s="302"/>
+      <c r="V40" s="65"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="297"/>
+      <c r="Y40" s="297"/>
+      <c r="Z40" s="297"/>
+      <c r="AA40" s="298"/>
+      <c r="AB40" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC40" s="328"/>
-[...1 lines deleted...]
-      <c r="AE40" s="329"/>
+      <c r="AC40" s="227"/>
+      <c r="AD40" s="227"/>
+      <c r="AE40" s="228"/>
       <c r="AF40" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="406">
+      <c r="B41" s="299">
         <v>10</v>
       </c>
-      <c r="C41" s="406"/>
-[...5 lines deleted...]
-      <c r="I41" s="406">
+      <c r="C41" s="299"/>
+      <c r="D41" s="300"/>
+      <c r="E41" s="300"/>
+      <c r="F41" s="300"/>
+      <c r="G41" s="300"/>
+      <c r="H41" s="301"/>
+      <c r="I41" s="299">
         <v>30</v>
       </c>
-      <c r="J41" s="406"/>
-[...3 lines deleted...]
-      <c r="N41" s="406">
+      <c r="J41" s="299"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="300"/>
+      <c r="M41" s="300"/>
+      <c r="N41" s="299">
         <v>50</v>
       </c>
-      <c r="O41" s="406"/>
-[...12 lines deleted...]
-      <c r="AB41" s="327" t="s">
+      <c r="O41" s="299"/>
+      <c r="P41" s="302"/>
+      <c r="Q41" s="302"/>
+      <c r="R41" s="302"/>
+      <c r="S41" s="302"/>
+      <c r="T41" s="302"/>
+      <c r="U41" s="302"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="297"/>
+      <c r="Y41" s="297"/>
+      <c r="Z41" s="297"/>
+      <c r="AA41" s="298"/>
+      <c r="AB41" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC41" s="328"/>
-[...2 lines deleted...]
-      <c r="AF41" s="52" t="s">
+      <c r="AC41" s="227"/>
+      <c r="AD41" s="227"/>
+      <c r="AE41" s="228"/>
+      <c r="AF41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="406">
+      <c r="B42" s="299">
         <v>11</v>
       </c>
-      <c r="C42" s="406"/>
-[...5 lines deleted...]
-      <c r="I42" s="406">
+      <c r="C42" s="299"/>
+      <c r="D42" s="300"/>
+      <c r="E42" s="300"/>
+      <c r="F42" s="300"/>
+      <c r="G42" s="300"/>
+      <c r="H42" s="301"/>
+      <c r="I42" s="299">
         <v>31</v>
       </c>
-      <c r="J42" s="406"/>
-[...3 lines deleted...]
-      <c r="N42" s="406">
+      <c r="J42" s="299"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="300"/>
+      <c r="M42" s="300"/>
+      <c r="N42" s="299">
         <v>51</v>
       </c>
-      <c r="O42" s="406"/>
-[...12 lines deleted...]
-      <c r="AB42" s="56" t="s">
+      <c r="O42" s="299"/>
+      <c r="P42" s="302"/>
+      <c r="Q42" s="302"/>
+      <c r="R42" s="302"/>
+      <c r="S42" s="302"/>
+      <c r="T42" s="302"/>
+      <c r="U42" s="302"/>
+      <c r="V42" s="65"/>
+      <c r="W42" s="65"/>
+      <c r="X42" s="297"/>
+      <c r="Y42" s="297"/>
+      <c r="Z42" s="297"/>
+      <c r="AA42" s="298"/>
+      <c r="AB42" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC42" s="56"/>
-[...2 lines deleted...]
-      <c r="AF42" s="52" t="s">
+      <c r="AC42" s="50"/>
+      <c r="AD42" s="50"/>
+      <c r="AE42" s="50"/>
+      <c r="AF42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="406">
+      <c r="B43" s="299">
         <v>12</v>
       </c>
-      <c r="C43" s="406"/>
-[...5 lines deleted...]
-      <c r="I43" s="406">
+      <c r="C43" s="299"/>
+      <c r="D43" s="300"/>
+      <c r="E43" s="300"/>
+      <c r="F43" s="300"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
+      <c r="I43" s="299">
         <v>32</v>
       </c>
-      <c r="J43" s="406"/>
-[...3 lines deleted...]
-      <c r="N43" s="406">
+      <c r="J43" s="299"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="300"/>
+      <c r="M43" s="300"/>
+      <c r="N43" s="299">
         <v>52</v>
       </c>
-      <c r="O43" s="406"/>
-[...11 lines deleted...]
-      <c r="AA43" s="423"/>
+      <c r="O43" s="299"/>
+      <c r="P43" s="302"/>
+      <c r="Q43" s="302"/>
+      <c r="R43" s="302"/>
+      <c r="S43" s="302"/>
+      <c r="T43" s="302"/>
+      <c r="U43" s="302"/>
+      <c r="V43" s="65"/>
+      <c r="W43" s="65"/>
+      <c r="X43" s="297"/>
+      <c r="Y43" s="297"/>
+      <c r="Z43" s="297"/>
+      <c r="AA43" s="298"/>
     </row>
     <row r="44" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="406">
+      <c r="B44" s="299">
         <v>13</v>
       </c>
-      <c r="C44" s="406"/>
-[...5 lines deleted...]
-      <c r="I44" s="406">
+      <c r="C44" s="299"/>
+      <c r="D44" s="300"/>
+      <c r="E44" s="300"/>
+      <c r="F44" s="300"/>
+      <c r="G44" s="300"/>
+      <c r="H44" s="301"/>
+      <c r="I44" s="299">
         <v>33</v>
       </c>
-      <c r="J44" s="406"/>
-[...3 lines deleted...]
-      <c r="N44" s="406">
+      <c r="J44" s="299"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="300"/>
+      <c r="M44" s="300"/>
+      <c r="N44" s="299">
         <v>53</v>
       </c>
-      <c r="O44" s="406"/>
-[...11 lines deleted...]
-      <c r="AA44" s="423"/>
+      <c r="O44" s="299"/>
+      <c r="P44" s="302"/>
+      <c r="Q44" s="302"/>
+      <c r="R44" s="302"/>
+      <c r="S44" s="302"/>
+      <c r="T44" s="302"/>
+      <c r="U44" s="302"/>
+      <c r="V44" s="65"/>
+      <c r="W44" s="65"/>
+      <c r="X44" s="297"/>
+      <c r="Y44" s="297"/>
+      <c r="Z44" s="297"/>
+      <c r="AA44" s="298"/>
     </row>
     <row r="45" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="406">
+      <c r="B45" s="299">
         <v>14</v>
       </c>
-      <c r="C45" s="406"/>
-[...5 lines deleted...]
-      <c r="I45" s="406">
+      <c r="C45" s="299"/>
+      <c r="D45" s="300"/>
+      <c r="E45" s="300"/>
+      <c r="F45" s="300"/>
+      <c r="G45" s="300"/>
+      <c r="H45" s="301"/>
+      <c r="I45" s="299">
         <v>34</v>
       </c>
-      <c r="J45" s="406"/>
-[...3 lines deleted...]
-      <c r="N45" s="406">
+      <c r="J45" s="299"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="300"/>
+      <c r="M45" s="300"/>
+      <c r="N45" s="299">
         <v>54</v>
       </c>
-      <c r="O45" s="406"/>
-[...11 lines deleted...]
-      <c r="AA45" s="423"/>
+      <c r="O45" s="299"/>
+      <c r="P45" s="302"/>
+      <c r="Q45" s="302"/>
+      <c r="R45" s="302"/>
+      <c r="S45" s="302"/>
+      <c r="T45" s="302"/>
+      <c r="U45" s="302"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="297"/>
+      <c r="Y45" s="297"/>
+      <c r="Z45" s="297"/>
+      <c r="AA45" s="298"/>
     </row>
     <row r="46" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="406">
+      <c r="B46" s="299">
         <v>15</v>
       </c>
-      <c r="C46" s="406"/>
-[...5 lines deleted...]
-      <c r="I46" s="406">
+      <c r="C46" s="299"/>
+      <c r="D46" s="300"/>
+      <c r="E46" s="300"/>
+      <c r="F46" s="300"/>
+      <c r="G46" s="300"/>
+      <c r="H46" s="301"/>
+      <c r="I46" s="299">
         <v>35</v>
       </c>
-      <c r="J46" s="406"/>
-[...3 lines deleted...]
-      <c r="N46" s="406">
+      <c r="J46" s="299"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="300"/>
+      <c r="M46" s="300"/>
+      <c r="N46" s="299">
         <v>55</v>
       </c>
-      <c r="O46" s="406"/>
-[...11 lines deleted...]
-      <c r="AA46" s="423"/>
+      <c r="O46" s="299"/>
+      <c r="P46" s="302"/>
+      <c r="Q46" s="302"/>
+      <c r="R46" s="302"/>
+      <c r="S46" s="302"/>
+      <c r="T46" s="302"/>
+      <c r="U46" s="302"/>
+      <c r="V46" s="65"/>
+      <c r="W46" s="65"/>
+      <c r="X46" s="297"/>
+      <c r="Y46" s="297"/>
+      <c r="Z46" s="297"/>
+      <c r="AA46" s="298"/>
     </row>
     <row r="47" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="406">
+      <c r="B47" s="299">
         <v>16</v>
       </c>
-      <c r="C47" s="406"/>
-[...5 lines deleted...]
-      <c r="I47" s="406">
+      <c r="C47" s="299"/>
+      <c r="D47" s="300"/>
+      <c r="E47" s="300"/>
+      <c r="F47" s="300"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="301"/>
+      <c r="I47" s="299">
         <v>36</v>
       </c>
-      <c r="J47" s="406"/>
-[...3 lines deleted...]
-      <c r="N47" s="406">
+      <c r="J47" s="299"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="300"/>
+      <c r="M47" s="300"/>
+      <c r="N47" s="299">
         <v>56</v>
       </c>
-      <c r="O47" s="406"/>
-[...11 lines deleted...]
-      <c r="AA47" s="423"/>
+      <c r="O47" s="299"/>
+      <c r="P47" s="302"/>
+      <c r="Q47" s="302"/>
+      <c r="R47" s="302"/>
+      <c r="S47" s="302"/>
+      <c r="T47" s="302"/>
+      <c r="U47" s="302"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="297"/>
+      <c r="Y47" s="297"/>
+      <c r="Z47" s="297"/>
+      <c r="AA47" s="298"/>
     </row>
     <row r="48" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="406">
+      <c r="B48" s="299">
         <v>17</v>
       </c>
-      <c r="C48" s="406"/>
-[...5 lines deleted...]
-      <c r="I48" s="406">
+      <c r="C48" s="299"/>
+      <c r="D48" s="300"/>
+      <c r="E48" s="300"/>
+      <c r="F48" s="300"/>
+      <c r="G48" s="300"/>
+      <c r="H48" s="301"/>
+      <c r="I48" s="299">
         <v>37</v>
       </c>
-      <c r="J48" s="406"/>
-[...3 lines deleted...]
-      <c r="N48" s="406">
+      <c r="J48" s="299"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="300"/>
+      <c r="M48" s="300"/>
+      <c r="N48" s="299">
         <v>57</v>
       </c>
-      <c r="O48" s="406"/>
-[...11 lines deleted...]
-      <c r="AA48" s="423"/>
+      <c r="O48" s="299"/>
+      <c r="P48" s="302"/>
+      <c r="Q48" s="302"/>
+      <c r="R48" s="302"/>
+      <c r="S48" s="302"/>
+      <c r="T48" s="302"/>
+      <c r="U48" s="302"/>
+      <c r="V48" s="65"/>
+      <c r="W48" s="65"/>
+      <c r="X48" s="297"/>
+      <c r="Y48" s="297"/>
+      <c r="Z48" s="297"/>
+      <c r="AA48" s="298"/>
     </row>
     <row r="49" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="406">
+      <c r="B49" s="299">
         <v>18</v>
       </c>
-      <c r="C49" s="406"/>
-[...5 lines deleted...]
-      <c r="I49" s="406">
+      <c r="C49" s="299"/>
+      <c r="D49" s="300"/>
+      <c r="E49" s="300"/>
+      <c r="F49" s="300"/>
+      <c r="G49" s="300"/>
+      <c r="H49" s="301"/>
+      <c r="I49" s="299">
         <v>38</v>
       </c>
-      <c r="J49" s="406"/>
-[...3 lines deleted...]
-      <c r="N49" s="406">
+      <c r="J49" s="299"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="300"/>
+      <c r="M49" s="300"/>
+      <c r="N49" s="299">
         <v>58</v>
       </c>
-      <c r="O49" s="406"/>
-[...11 lines deleted...]
-      <c r="AA49" s="423"/>
+      <c r="O49" s="299"/>
+      <c r="P49" s="302"/>
+      <c r="Q49" s="302"/>
+      <c r="R49" s="302"/>
+      <c r="S49" s="302"/>
+      <c r="T49" s="302"/>
+      <c r="U49" s="302"/>
+      <c r="V49" s="65"/>
+      <c r="W49" s="65"/>
+      <c r="X49" s="297"/>
+      <c r="Y49" s="297"/>
+      <c r="Z49" s="297"/>
+      <c r="AA49" s="298"/>
     </row>
     <row r="50" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="406">
+      <c r="B50" s="299">
         <v>19</v>
       </c>
-      <c r="C50" s="406"/>
-[...5 lines deleted...]
-      <c r="I50" s="406">
+      <c r="C50" s="299"/>
+      <c r="D50" s="300"/>
+      <c r="E50" s="300"/>
+      <c r="F50" s="300"/>
+      <c r="G50" s="300"/>
+      <c r="H50" s="301"/>
+      <c r="I50" s="299">
         <v>39</v>
       </c>
-      <c r="J50" s="406"/>
-[...3 lines deleted...]
-      <c r="N50" s="406">
+      <c r="J50" s="299"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="300"/>
+      <c r="M50" s="300"/>
+      <c r="N50" s="299">
         <v>59</v>
       </c>
-      <c r="O50" s="406"/>
-[...11 lines deleted...]
-      <c r="AA50" s="423"/>
+      <c r="O50" s="299"/>
+      <c r="P50" s="302"/>
+      <c r="Q50" s="302"/>
+      <c r="R50" s="302"/>
+      <c r="S50" s="302"/>
+      <c r="T50" s="302"/>
+      <c r="U50" s="302"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="297"/>
+      <c r="Y50" s="297"/>
+      <c r="Z50" s="297"/>
+      <c r="AA50" s="298"/>
     </row>
     <row r="51" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="406">
+      <c r="B51" s="299">
         <v>20</v>
       </c>
-      <c r="C51" s="406"/>
-[...5 lines deleted...]
-      <c r="I51" s="406">
+      <c r="C51" s="299"/>
+      <c r="D51" s="300"/>
+      <c r="E51" s="300"/>
+      <c r="F51" s="300"/>
+      <c r="G51" s="300"/>
+      <c r="H51" s="301"/>
+      <c r="I51" s="299">
         <v>40</v>
       </c>
-      <c r="J51" s="406"/>
-[...3 lines deleted...]
-      <c r="N51" s="406">
+      <c r="J51" s="299"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="300"/>
+      <c r="M51" s="300"/>
+      <c r="N51" s="299">
         <v>60</v>
       </c>
-      <c r="O51" s="406"/>
-[...11 lines deleted...]
-      <c r="AA51" s="423"/>
+      <c r="O51" s="299"/>
+      <c r="P51" s="302"/>
+      <c r="Q51" s="302"/>
+      <c r="R51" s="302"/>
+      <c r="S51" s="302"/>
+      <c r="T51" s="302"/>
+      <c r="U51" s="302"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="297"/>
+      <c r="Y51" s="297"/>
+      <c r="Z51" s="297"/>
+      <c r="AA51" s="298"/>
     </row>
     <row r="52" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="75" t="s">
+      <c r="B52" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="C52" s="75"/>
-[...23 lines deleted...]
-      <c r="AA52" s="77"/>
+      <c r="C52" s="66"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
+      <c r="P52" s="35"/>
+      <c r="Q52" s="35"/>
+      <c r="R52" s="35"/>
+      <c r="S52" s="35"/>
+      <c r="T52" s="35"/>
+      <c r="U52" s="35"/>
+      <c r="V52" s="35"/>
+      <c r="W52" s="35"/>
+      <c r="X52" s="35"/>
+      <c r="Y52" s="68"/>
+      <c r="Z52" s="68"/>
+      <c r="AA52" s="68"/>
     </row>
     <row r="53" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="427" t="s">
+      <c r="B53" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="427"/>
-[...21 lines deleted...]
-      <c r="Y53" s="77"/>
+      <c r="C53" s="296"/>
+      <c r="D53" s="296"/>
+      <c r="E53" s="296"/>
+      <c r="F53" s="296"/>
+      <c r="G53" s="296"/>
+      <c r="H53" s="296"/>
+      <c r="I53" s="296"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="68"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="68"/>
+      <c r="P53" s="68"/>
+      <c r="Q53" s="68"/>
+      <c r="R53" s="68"/>
+      <c r="S53" s="68"/>
+      <c r="T53" s="68"/>
+      <c r="U53" s="68"/>
+      <c r="V53" s="68"/>
+      <c r="W53" s="68"/>
+      <c r="X53" s="68"/>
+      <c r="Y53" s="68"/>
     </row>
     <row r="54" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="426" t="s">
+      <c r="B54" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="C54" s="426"/>
-[...21 lines deleted...]
-      <c r="Y54" s="77"/>
+      <c r="C54" s="283"/>
+      <c r="D54" s="283"/>
+      <c r="E54" s="283"/>
+      <c r="F54" s="283"/>
+      <c r="G54" s="283"/>
+      <c r="H54" s="283"/>
+      <c r="I54" s="283"/>
+      <c r="J54" s="283"/>
+      <c r="K54" s="283"/>
+      <c r="L54" s="283"/>
+      <c r="M54" s="283"/>
+      <c r="N54" s="283"/>
+      <c r="O54" s="283"/>
+      <c r="P54" s="283"/>
+      <c r="Q54" s="283"/>
+      <c r="R54" s="283"/>
+      <c r="S54" s="283"/>
+      <c r="T54" s="283"/>
+      <c r="U54" s="68"/>
+      <c r="V54" s="68"/>
+      <c r="W54" s="68"/>
+      <c r="X54" s="68"/>
+      <c r="Y54" s="68"/>
     </row>
     <row r="55" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="426" t="s">
+      <c r="B55" s="283" t="s">
         <v>65</v>
       </c>
-      <c r="C55" s="426"/>
-[...23 lines deleted...]
-      <c r="AA55" s="426"/>
+      <c r="C55" s="283"/>
+      <c r="D55" s="283"/>
+      <c r="E55" s="283"/>
+      <c r="F55" s="283"/>
+      <c r="G55" s="283"/>
+      <c r="H55" s="283"/>
+      <c r="I55" s="283"/>
+      <c r="J55" s="283"/>
+      <c r="K55" s="283"/>
+      <c r="L55" s="283"/>
+      <c r="M55" s="283"/>
+      <c r="N55" s="283"/>
+      <c r="O55" s="283"/>
+      <c r="P55" s="283"/>
+      <c r="Q55" s="283"/>
+      <c r="R55" s="283"/>
+      <c r="S55" s="283"/>
+      <c r="T55" s="283"/>
+      <c r="U55" s="283"/>
+      <c r="V55" s="283"/>
+      <c r="W55" s="283"/>
+      <c r="X55" s="283"/>
+      <c r="Y55" s="283"/>
+      <c r="Z55" s="283"/>
+      <c r="AA55" s="283"/>
     </row>
     <row r="56" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="77" t="s">
+      <c r="B56" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="C56" s="77"/>
-[...23 lines deleted...]
-      <c r="AA56" s="77"/>
+      <c r="C56" s="68"/>
+      <c r="D56" s="68"/>
+      <c r="E56" s="68"/>
+      <c r="F56" s="68"/>
+      <c r="G56" s="68"/>
+      <c r="H56" s="68"/>
+      <c r="I56" s="68"/>
+      <c r="J56" s="68"/>
+      <c r="K56" s="68"/>
+      <c r="L56" s="68"/>
+      <c r="M56" s="68"/>
+      <c r="N56" s="68"/>
+      <c r="O56" s="68"/>
+      <c r="P56" s="68"/>
+      <c r="Q56" s="68"/>
+      <c r="R56" s="68"/>
+      <c r="S56" s="68"/>
+      <c r="T56" s="68"/>
+      <c r="U56" s="68"/>
+      <c r="V56" s="68"/>
+      <c r="W56" s="68"/>
+      <c r="X56" s="68"/>
+      <c r="Y56" s="68"/>
+      <c r="Z56" s="68"/>
+      <c r="AA56" s="68"/>
     </row>
     <row r="57" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="426" t="s">
+      <c r="B57" s="283" t="s">
         <v>67</v>
       </c>
-      <c r="C57" s="426"/>
-[...23 lines deleted...]
-      <c r="AA57" s="77"/>
+      <c r="C57" s="283"/>
+      <c r="D57" s="283"/>
+      <c r="E57" s="283"/>
+      <c r="F57" s="283"/>
+      <c r="G57" s="283"/>
+      <c r="H57" s="283"/>
+      <c r="I57" s="283"/>
+      <c r="J57" s="283"/>
+      <c r="K57" s="68"/>
+      <c r="L57" s="68"/>
+      <c r="M57" s="68"/>
+      <c r="N57" s="68"/>
+      <c r="O57" s="68"/>
+      <c r="P57" s="68"/>
+      <c r="Q57" s="68"/>
+      <c r="R57" s="68"/>
+      <c r="S57" s="68"/>
+      <c r="T57" s="68"/>
+      <c r="U57" s="68"/>
+      <c r="V57" s="68"/>
+      <c r="W57" s="68"/>
+      <c r="X57" s="68"/>
+      <c r="Y57" s="69"/>
+      <c r="Z57" s="68"/>
+      <c r="AA57" s="68"/>
     </row>
     <row r="58" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="426" t="s">
+      <c r="B58" s="283" t="s">
         <v>68</v>
       </c>
-      <c r="C58" s="426"/>
-[...23 lines deleted...]
-      <c r="AA58" s="426"/>
+      <c r="C58" s="283"/>
+      <c r="D58" s="283"/>
+      <c r="E58" s="283"/>
+      <c r="F58" s="283"/>
+      <c r="G58" s="283"/>
+      <c r="H58" s="283"/>
+      <c r="I58" s="283"/>
+      <c r="J58" s="283"/>
+      <c r="K58" s="283"/>
+      <c r="L58" s="283"/>
+      <c r="M58" s="283"/>
+      <c r="N58" s="283"/>
+      <c r="O58" s="283"/>
+      <c r="P58" s="283"/>
+      <c r="Q58" s="283"/>
+      <c r="R58" s="283"/>
+      <c r="S58" s="283"/>
+      <c r="T58" s="283"/>
+      <c r="U58" s="283"/>
+      <c r="V58" s="283"/>
+      <c r="W58" s="283"/>
+      <c r="X58" s="283"/>
+      <c r="Y58" s="283"/>
+      <c r="Z58" s="283"/>
+      <c r="AA58" s="283"/>
     </row>
     <row r="59" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="426" t="s">
+      <c r="B59" s="283" t="s">
         <v>69</v>
       </c>
-      <c r="C59" s="426"/>
-[...23 lines deleted...]
-      <c r="AA59" s="81"/>
+      <c r="C59" s="283"/>
+      <c r="D59" s="283"/>
+      <c r="E59" s="283"/>
+      <c r="F59" s="68"/>
+      <c r="G59" s="68"/>
+      <c r="H59" s="68"/>
+      <c r="I59" s="68"/>
+      <c r="J59" s="68"/>
+      <c r="K59" s="68"/>
+      <c r="L59" s="68"/>
+      <c r="M59" s="68"/>
+      <c r="N59" s="68"/>
+      <c r="O59" s="68"/>
+      <c r="P59" s="68"/>
+      <c r="Q59" s="68"/>
+      <c r="R59" s="68"/>
+      <c r="S59" s="68"/>
+      <c r="T59" s="68"/>
+      <c r="U59" s="68"/>
+      <c r="V59" s="68"/>
+      <c r="W59" s="68"/>
+      <c r="X59" s="68"/>
+      <c r="Y59" s="70"/>
+      <c r="Z59" s="68"/>
+      <c r="AA59" s="68"/>
     </row>
     <row r="60" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="426" t="s">
+      <c r="B60" s="283" t="s">
         <v>70</v>
       </c>
-      <c r="C60" s="426"/>
-[...22 lines deleted...]
-      <c r="AA60" s="78"/>
+      <c r="C60" s="283"/>
+      <c r="D60" s="283"/>
+      <c r="E60" s="283"/>
+      <c r="F60" s="283"/>
+      <c r="G60" s="283"/>
+      <c r="H60" s="283"/>
+      <c r="I60" s="283"/>
+      <c r="J60" s="283"/>
+      <c r="K60" s="283"/>
+      <c r="L60" s="68"/>
+      <c r="M60" s="68"/>
+      <c r="N60" s="68"/>
+      <c r="O60" s="68"/>
+      <c r="P60" s="68"/>
+      <c r="Q60" s="68"/>
+      <c r="R60" s="68"/>
+      <c r="S60" s="68"/>
+      <c r="T60" s="68"/>
+      <c r="U60" s="68"/>
+      <c r="V60" s="68"/>
+      <c r="W60" s="68"/>
+      <c r="X60" s="68"/>
+      <c r="Z60" s="68"/>
+      <c r="AA60" s="68"/>
     </row>
     <row r="61" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="426" t="s">
+      <c r="B61" s="283" t="s">
         <v>71</v>
       </c>
-      <c r="C61" s="426"/>
-[...22 lines deleted...]
-      <c r="AA61" s="79"/>
+      <c r="C61" s="283"/>
+      <c r="D61" s="283"/>
+      <c r="E61" s="283"/>
+      <c r="F61" s="283"/>
+      <c r="G61" s="283"/>
+      <c r="H61" s="283"/>
+      <c r="I61" s="283"/>
+      <c r="J61" s="283"/>
+      <c r="K61" s="283"/>
+      <c r="L61" s="283"/>
+      <c r="M61" s="283"/>
+      <c r="N61" s="68"/>
+      <c r="O61" s="68"/>
+      <c r="P61" s="68"/>
+      <c r="Q61" s="68"/>
+      <c r="R61" s="68"/>
+      <c r="S61" s="68"/>
+      <c r="T61" s="68"/>
+      <c r="U61" s="68"/>
+      <c r="V61" s="68"/>
+      <c r="W61" s="68"/>
+      <c r="X61" s="68"/>
+      <c r="Z61" s="69"/>
+      <c r="AA61" s="69"/>
     </row>
     <row r="62" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="426" t="s">
+      <c r="B62" s="283" t="s">
         <v>72</v>
       </c>
-      <c r="C62" s="426"/>
-[...20 lines deleted...]
-      <c r="X62" s="426"/>
+      <c r="C62" s="283"/>
+      <c r="D62" s="283"/>
+      <c r="E62" s="283"/>
+      <c r="F62" s="283"/>
+      <c r="G62" s="283"/>
+      <c r="H62" s="283"/>
+      <c r="I62" s="283"/>
+      <c r="J62" s="283"/>
+      <c r="K62" s="283"/>
+      <c r="L62" s="283"/>
+      <c r="M62" s="283"/>
+      <c r="N62" s="283"/>
+      <c r="O62" s="283"/>
+      <c r="P62" s="283"/>
+      <c r="Q62" s="283"/>
+      <c r="R62" s="283"/>
+      <c r="S62" s="283"/>
+      <c r="T62" s="283"/>
+      <c r="U62" s="283"/>
+      <c r="V62" s="283"/>
+      <c r="W62" s="283"/>
+      <c r="X62" s="283"/>
     </row>
     <row r="63" spans="1:27" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:27" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="25"/>
-[...25 lines deleted...]
-      <c r="AA64" s="25"/>
+      <c r="A64" s="23"/>
+      <c r="B64" s="23"/>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="23"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="23"/>
+      <c r="L64" s="23"/>
+      <c r="M64" s="23"/>
+      <c r="N64" s="23"/>
+      <c r="O64" s="23"/>
+      <c r="P64" s="23"/>
+      <c r="Q64" s="23"/>
+      <c r="R64" s="23"/>
+      <c r="S64" s="23"/>
+      <c r="T64" s="23"/>
+      <c r="U64" s="23"/>
+      <c r="V64" s="23"/>
+      <c r="W64" s="23"/>
+      <c r="X64" s="23"/>
+      <c r="Y64" s="23"/>
+      <c r="Z64" s="23"/>
+      <c r="AA64" s="23"/>
     </row>
   </sheetData>
   <sheetProtection password="CA38" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="224">
-    <mergeCell ref="B60:K60"/>
-[...183 lines deleted...]
-    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="AE7:AK7"/>
+    <mergeCell ref="AB8:AD8"/>
+    <mergeCell ref="AE8:AK8"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="AE9:AK9"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:N4"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E6:N6"/>
+    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="AE10:AK10"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AD11"/>
+    <mergeCell ref="AE11:AK11"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="I17:L17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="P19:X19"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:H12"/>
     <mergeCell ref="J12:M12"/>
     <mergeCell ref="N12:P12"/>
     <mergeCell ref="U12:Z12"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="P14:R14"/>
     <mergeCell ref="S14:AA14"/>
-    <mergeCell ref="AE10:AK10"/>
-[...20 lines deleted...]
-    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F21:K21"/>
+    <mergeCell ref="N21:T21"/>
+    <mergeCell ref="S23:AA23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:L24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q26:Z26"/>
+    <mergeCell ref="AB26:AE26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:Q27"/>
+    <mergeCell ref="R27:AA27"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:N25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="AB25:AE25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="X30:AA31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:U32"/>
+    <mergeCell ref="X32:AA32"/>
+    <mergeCell ref="B30:C31"/>
+    <mergeCell ref="D30:H31"/>
+    <mergeCell ref="I30:J31"/>
+    <mergeCell ref="K30:M31"/>
+    <mergeCell ref="N30:O31"/>
+    <mergeCell ref="P30:U31"/>
+    <mergeCell ref="X33:AA33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="X34:AA34"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="AB34:AE34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:U35"/>
+    <mergeCell ref="X35:AA35"/>
+    <mergeCell ref="AB35:AE35"/>
+    <mergeCell ref="X36:AA36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:AA37"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X38:AA38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:AA39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="X40:AA40"/>
+    <mergeCell ref="AB40:AE40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:AA41"/>
+    <mergeCell ref="AB41:AE41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X42:AA42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:AA43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X44:AA44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:AA45"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X46:AA46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:AA47"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X48:AA48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:AA49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X50:AA50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:AA51"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="B61:M61"/>
+    <mergeCell ref="B62:X62"/>
+    <mergeCell ref="B53:I53"/>
+    <mergeCell ref="B54:T54"/>
+    <mergeCell ref="B55:AA55"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B58:AA58"/>
+    <mergeCell ref="B59:E59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AF25" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
     <hyperlink ref="AF24" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="AF26" r:id="rId3" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="AF27" r:id="rId4" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
     <hyperlink ref="AF23" r:id="rId5" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
     <hyperlink ref="X24" r:id="rId6" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
     <hyperlink ref="Q26" r:id="rId7" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.15748031496062992" top="0.11811023622047245" bottom="0.31496062992125984" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Página &amp;P de &amp;N&amp;C&amp;8&amp;XVinha Brava 9700-236 - Angra do Heroísmo - Tel: 295 404 245 - Fax: 295 216 492 - e:mail:info.lrv@azores.gov.pt&amp;R&amp;8Modelo 70-15/2015-01-09</oddFooter>
   </headerFooter>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:CD64"/>
+  <dimension ref="A1:AO64"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="K32" sqref="K32:M32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="27" max="27" width="9" style="23" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="4.28515625" style="21" customWidth="1"/>
+    <col min="4" max="8" width="3.28515625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="10" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="3.28515625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="3.140625" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="7.7109375" style="21" customWidth="1"/>
+    <col min="26" max="26" width="3.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="9" style="21" customWidth="1"/>
     <col min="28" max="31" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="32" max="32" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="53" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="54" max="54" width="3.28515625" style="49" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="83" max="16384" width="3.28515625" style="1"/>
+    <col min="54" max="54" width="3.28515625" style="1" customWidth="1"/>
+    <col min="55" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:37" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="384" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="339" t="s">
         <v>0</v>
       </c>
-      <c r="K1" s="385"/>
-[...15 lines deleted...]
-      <c r="AA1" s="386"/>
+      <c r="K1" s="340"/>
+      <c r="L1" s="340"/>
+      <c r="M1" s="340"/>
+      <c r="N1" s="340"/>
+      <c r="O1" s="340"/>
+      <c r="P1" s="340"/>
+      <c r="Q1" s="340"/>
+      <c r="R1" s="340"/>
+      <c r="S1" s="340"/>
+      <c r="T1" s="340"/>
+      <c r="U1" s="340"/>
+      <c r="V1" s="340"/>
+      <c r="W1" s="340"/>
+      <c r="X1" s="340"/>
+      <c r="Y1" s="340"/>
+      <c r="Z1" s="340"/>
+      <c r="AA1" s="341"/>
     </row>
     <row r="2" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="2:37" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="344"/>
-[...10 lines deleted...]
-      <c r="N3" s="344"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
       <c r="AC3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...11 lines deleted...]
-      <c r="N4" s="344"/>
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
-      <c r="Q4" s="330" t="s">
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...8 lines deleted...]
-      <c r="AA4" s="346"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
       <c r="AC4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:37" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="15"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...8 lines deleted...]
-      <c r="AA5" s="20"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
     </row>
     <row r="6" spans="2:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="21"/>
-[...2 lines deleted...]
-      <c r="E6" s="347" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="347"/>
-[...10 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="F6" s="282"/>
+      <c r="G6" s="282"/>
+      <c r="H6" s="282"/>
+      <c r="I6" s="282"/>
+      <c r="J6" s="282"/>
+      <c r="K6" s="282"/>
+      <c r="L6" s="282"/>
+      <c r="M6" s="282"/>
+      <c r="N6" s="282"/>
+      <c r="O6" s="20"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...8 lines deleted...]
-      <c r="AA6" s="337"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
     </row>
     <row r="7" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="381" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="336" t="s">
         <v>8</v>
       </c>
-      <c r="R7" s="382"/>
-[...18 lines deleted...]
-      <c r="AK7" s="379"/>
+      <c r="R7" s="337"/>
+      <c r="S7" s="337"/>
+      <c r="T7" s="337"/>
+      <c r="U7" s="337"/>
+      <c r="V7" s="337"/>
+      <c r="W7" s="337"/>
+      <c r="X7" s="337"/>
+      <c r="Y7" s="337"/>
+      <c r="Z7" s="337"/>
+      <c r="AA7" s="338"/>
+      <c r="AB7" s="222"/>
+      <c r="AC7" s="222"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="219"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
     </row>
     <row r="8" spans="2:37" ht="2.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...19 lines deleted...]
-      <c r="AK8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="222"/>
+      <c r="AC8" s="222"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="219"/>
+      <c r="AF8" s="219"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
     </row>
     <row r="9" spans="2:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AK9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AB9" s="222"/>
+      <c r="AC9" s="222"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="219"/>
+      <c r="AF9" s="219"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
     </row>
     <row r="10" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AK10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AE10" s="219"/>
+      <c r="AF10" s="219"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
     </row>
     <row r="11" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...9 lines deleted...]
-      <c r="M11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="252"/>
+      <c r="H11" s="221"/>
+      <c r="I11" s="221"/>
+      <c r="J11" s="221"/>
+      <c r="K11" s="221"/>
+      <c r="L11" s="221"/>
+      <c r="M11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="324"/>
-[...6 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...14 lines deleted...]
-      <c r="AK11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="221"/>
+      <c r="AA11" s="335"/>
+      <c r="AB11" s="222"/>
+      <c r="AC11" s="222"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="219"/>
+      <c r="AF11" s="219"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
     </row>
     <row r="12" spans="2:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="390" t="s">
+      <c r="B12" s="326" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="324"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="220"/>
+      <c r="D12" s="220"/>
+      <c r="E12" s="221"/>
+      <c r="F12" s="221"/>
+      <c r="G12" s="221"/>
+      <c r="H12" s="221"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...15 lines deleted...]
-      <c r="AA12" s="35"/>
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="32"/>
+      <c r="S12" s="32"/>
+      <c r="T12" s="32"/>
+      <c r="U12" s="220"/>
+      <c r="V12" s="220"/>
+      <c r="W12" s="220"/>
+      <c r="X12" s="220"/>
+      <c r="Y12" s="220"/>
+      <c r="Z12" s="220"/>
+      <c r="AA12" s="33"/>
     </row>
     <row r="13" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="36"/>
-[...24 lines deleted...]
-      <c r="AA13" s="35"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="36"/>
+      <c r="M13" s="36"/>
+      <c r="N13" s="37"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="32"/>
+      <c r="S13" s="32"/>
+      <c r="T13" s="32"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="33"/>
     </row>
     <row r="14" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="391" t="s">
+      <c r="B14" s="330" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="392"/>
-[...3 lines deleted...]
-      <c r="G14" s="324" t="s">
+      <c r="C14" s="331"/>
+      <c r="D14" s="331"/>
+      <c r="E14" s="331"/>
+      <c r="F14" s="331"/>
+      <c r="G14" s="220" t="s">
         <v>3</v>
       </c>
-      <c r="H14" s="324"/>
-[...4 lines deleted...]
-      <c r="M14" s="41" t="s">
+      <c r="H14" s="220"/>
+      <c r="I14" s="220"/>
+      <c r="J14" s="332"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="N14" s="42"/>
-[...1 lines deleted...]
-      <c r="P14" s="324" t="s">
+      <c r="N14" s="40"/>
+      <c r="O14" s="32"/>
+      <c r="P14" s="220" t="s">
         <v>17</v>
       </c>
-      <c r="Q14" s="324"/>
-[...9 lines deleted...]
-      <c r="AA14" s="326"/>
+      <c r="Q14" s="220"/>
+      <c r="R14" s="220"/>
+      <c r="S14" s="279"/>
+      <c r="T14" s="279"/>
+      <c r="U14" s="279"/>
+      <c r="V14" s="279"/>
+      <c r="W14" s="279"/>
+      <c r="X14" s="279"/>
+      <c r="Y14" s="279"/>
+      <c r="Z14" s="279"/>
+      <c r="AA14" s="280"/>
     </row>
     <row r="15" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="43"/>
-[...24 lines deleted...]
-      <c r="AA15" s="46"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="37"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="37"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37"/>
+      <c r="L15" s="42"/>
+      <c r="M15" s="37"/>
+      <c r="N15" s="37"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="37"/>
+      <c r="Q15" s="37"/>
+      <c r="R15" s="37"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="44"/>
     </row>
     <row r="16" spans="2:37" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="36"/>
-[...27 lines deleted...]
-      <c r="B17" s="388" t="s">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="46"/>
+    </row>
+    <row r="17" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="328" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="389"/>
-[...34 lines deleted...]
-      <c r="J18" s="37" t="s">
+      <c r="C17" s="329"/>
+      <c r="D17" s="329"/>
+      <c r="E17" s="329"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="35"/>
+      <c r="H17" s="35"/>
+      <c r="I17" s="220"/>
+      <c r="J17" s="220"/>
+      <c r="K17" s="220"/>
+      <c r="L17" s="220"/>
+      <c r="M17" s="35"/>
+      <c r="N17" s="32"/>
+      <c r="O17" s="32"/>
+      <c r="P17" s="32"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="32"/>
+      <c r="S17" s="32"/>
+      <c r="T17" s="32"/>
+      <c r="U17" s="32"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="45"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="45"/>
+      <c r="Z17" s="45"/>
+      <c r="AA17" s="46"/>
+    </row>
+    <row r="18" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="326"/>
+      <c r="C18" s="220"/>
+      <c r="D18" s="220"/>
+      <c r="E18" s="220"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="K18" s="37"/>
-[...4 lines deleted...]
-      <c r="P18" s="370" t="s">
+      <c r="K18" s="35"/>
+      <c r="L18" s="32"/>
+      <c r="M18" s="35"/>
+      <c r="N18" s="35"/>
+      <c r="O18" s="32"/>
+      <c r="P18" s="242" t="s">
         <v>20</v>
       </c>
-      <c r="Q18" s="370"/>
-[...12 lines deleted...]
-      <c r="B19" s="391" t="s">
+      <c r="Q18" s="242"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="42"/>
+      <c r="T18" s="42"/>
+      <c r="U18" s="42"/>
+      <c r="V18" s="32"/>
+      <c r="W18" s="32"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="45"/>
+      <c r="AA18" s="46"/>
+    </row>
+    <row r="19" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="330" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="392"/>
-[...3 lines deleted...]
-      <c r="G19" s="324" t="s">
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="220" t="s">
         <v>22</v>
       </c>
-      <c r="H19" s="324"/>
-[...4 lines deleted...]
-      <c r="M19" s="394" t="s">
+      <c r="H19" s="220"/>
+      <c r="I19" s="332"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="35"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="333" t="s">
         <v>23</v>
       </c>
-      <c r="N19" s="394"/>
-[...47 lines deleted...]
-      <c r="F21" s="331" t="s">
+      <c r="N19" s="333"/>
+      <c r="O19" s="334"/>
+      <c r="P19" s="303"/>
+      <c r="Q19" s="273"/>
+      <c r="R19" s="273"/>
+      <c r="S19" s="273"/>
+      <c r="T19" s="273"/>
+      <c r="U19" s="273"/>
+      <c r="V19" s="273"/>
+      <c r="W19" s="273"/>
+      <c r="X19" s="274"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="45"/>
+      <c r="AA19" s="46"/>
+    </row>
+    <row r="20" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="32"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="39"/>
+      <c r="P20" s="35"/>
+      <c r="Q20" s="35"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="35"/>
+      <c r="T20" s="35"/>
+      <c r="U20" s="35"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="32"/>
+      <c r="Z20" s="45"/>
+      <c r="AA20" s="46"/>
+    </row>
+    <row r="21" spans="2:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="326"/>
+      <c r="C21" s="220"/>
+      <c r="D21" s="220"/>
+      <c r="E21" s="220"/>
+      <c r="F21" s="252" t="s">
         <v>24</v>
       </c>
-      <c r="G21" s="331"/>
-[...6 lines deleted...]
-      <c r="N21" s="324" t="s">
+      <c r="G21" s="252"/>
+      <c r="H21" s="252"/>
+      <c r="I21" s="252"/>
+      <c r="J21" s="252"/>
+      <c r="K21" s="252"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="35"/>
+      <c r="N21" s="220" t="s">
         <v>24</v>
       </c>
-      <c r="O21" s="324"/>
-[...72 lines deleted...]
-      <c r="B23" s="54" t="s">
+      <c r="O21" s="220"/>
+      <c r="P21" s="220"/>
+      <c r="Q21" s="220"/>
+      <c r="R21" s="220"/>
+      <c r="S21" s="220"/>
+      <c r="T21" s="220"/>
+      <c r="U21" s="38"/>
+      <c r="V21" s="32"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="45"/>
+      <c r="AA21" s="46"/>
+    </row>
+    <row r="22" spans="2:41" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="23"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="23"/>
+      <c r="N22" s="23"/>
+      <c r="O22" s="23"/>
+      <c r="P22" s="23"/>
+      <c r="Q22" s="23"/>
+      <c r="R22" s="23"/>
+      <c r="S22" s="23"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="23"/>
+      <c r="V22" s="23"/>
+      <c r="W22" s="23"/>
+      <c r="X22" s="23"/>
+      <c r="Y22" s="23"/>
+      <c r="Z22" s="23"/>
+      <c r="AA22" s="47"/>
+    </row>
+    <row r="23" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C23" s="54"/>
-[...15 lines deleted...]
-      <c r="S23" s="373" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="T23" s="373"/>
-[...7 lines deleted...]
-      <c r="AB23" s="56" t="s">
+      <c r="T23" s="244"/>
+      <c r="U23" s="244"/>
+      <c r="V23" s="244"/>
+      <c r="W23" s="244"/>
+      <c r="X23" s="244"/>
+      <c r="Y23" s="244"/>
+      <c r="Z23" s="244"/>
+      <c r="AA23" s="327"/>
+      <c r="AB23" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC23" s="56"/>
-[...2 lines deleted...]
-      <c r="AF23" s="57" t="s">
+      <c r="AC23" s="50"/>
+      <c r="AD23" s="50"/>
+      <c r="AE23" s="50"/>
+      <c r="AF23" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AG23" s="58"/>
-[...10 lines deleted...]
-      <c r="B24" s="321" t="s">
+      <c r="AG23" s="52"/>
+      <c r="AH23" s="52"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="53"/>
+    </row>
+    <row r="24" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C24" s="322"/>
-      <c r="D24" s="301" t="s">
+      <c r="C24" s="232"/>
+      <c r="D24" s="268" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="301"/>
-[...7 lines deleted...]
-      <c r="M24" s="83" t="s">
+      <c r="E24" s="268"/>
+      <c r="F24" s="268"/>
+      <c r="G24" s="268"/>
+      <c r="H24" s="268"/>
+      <c r="I24" s="268"/>
+      <c r="J24" s="268"/>
+      <c r="K24" s="268"/>
+      <c r="L24" s="268"/>
+      <c r="M24" s="72" t="s">
         <v>31</v>
       </c>
-      <c r="N24" s="301" t="s">
+      <c r="N24" s="268" t="s">
         <v>32</v>
       </c>
-      <c r="O24" s="301"/>
-[...3 lines deleted...]
-      <c r="S24" s="333" t="s">
+      <c r="O24" s="268"/>
+      <c r="P24" s="268"/>
+      <c r="Q24" s="268"/>
+      <c r="R24" s="71"/>
+      <c r="S24" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="T24" s="333"/>
-[...3 lines deleted...]
-      <c r="X24" s="398" t="s">
+      <c r="T24" s="270"/>
+      <c r="U24" s="270"/>
+      <c r="V24" s="54"/>
+      <c r="W24" s="54"/>
+      <c r="X24" s="322" t="s">
         <v>34</v>
       </c>
-      <c r="Y24" s="301"/>
-[...2 lines deleted...]
-      <c r="AB24" s="56" t="s">
+      <c r="Y24" s="268"/>
+      <c r="Z24" s="268"/>
+      <c r="AA24" s="269"/>
+      <c r="AB24" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC24" s="56"/>
-[...2 lines deleted...]
-      <c r="AF24" s="57" t="s">
+      <c r="AC24" s="50"/>
+      <c r="AD24" s="50"/>
+      <c r="AE24" s="50"/>
+      <c r="AF24" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AG24" s="58"/>
-[...10 lines deleted...]
-      <c r="B25" s="330" t="s">
+      <c r="AG24" s="52"/>
+      <c r="AH24" s="52"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="53"/>
+    </row>
+    <row r="25" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="251" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="331"/>
-[...1 lines deleted...]
-      <c r="E25" s="301" t="s">
+      <c r="C25" s="252"/>
+      <c r="D25" s="252"/>
+      <c r="E25" s="268" t="s">
         <v>75</v>
       </c>
-      <c r="F25" s="301"/>
-[...8 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+      <c r="K25" s="268"/>
+      <c r="L25" s="268"/>
+      <c r="M25" s="279"/>
+      <c r="N25" s="268"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-      <c r="Q25" s="301" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="268" t="s">
         <v>76</v>
       </c>
-      <c r="R25" s="325"/>
-[...9 lines deleted...]
-      <c r="AB25" s="327" t="s">
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="268"/>
+      <c r="W25" s="268"/>
+      <c r="X25" s="268"/>
+      <c r="Y25" s="268"/>
+      <c r="Z25" s="268"/>
+      <c r="AA25" s="269"/>
+      <c r="AB25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC25" s="328"/>
-[...2 lines deleted...]
-      <c r="AF25" s="57" t="s">
+      <c r="AC25" s="227"/>
+      <c r="AD25" s="227"/>
+      <c r="AE25" s="228"/>
+      <c r="AF25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AG25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AG25" s="52"/>
+      <c r="AH25" s="52"/>
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="53"/>
+    </row>
+    <row r="26" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="331"/>
-[...1 lines deleted...]
-      <c r="E26" s="338">
+      <c r="C26" s="252"/>
+      <c r="D26" s="252"/>
+      <c r="E26" s="273">
         <v>292208350</v>
       </c>
-      <c r="F26" s="338"/>
-[...3 lines deleted...]
-      <c r="J26" s="334" t="s">
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="273"/>
+      <c r="J26" s="287" t="s">
         <v>41</v>
       </c>
-      <c r="K26" s="334"/>
-      <c r="L26" s="338">
+      <c r="K26" s="287"/>
+      <c r="L26" s="273">
         <v>292208355</v>
       </c>
-      <c r="M26" s="338"/>
-[...1 lines deleted...]
-      <c r="O26" s="324" t="s">
+      <c r="M26" s="273"/>
+      <c r="N26" s="273"/>
+      <c r="O26" s="220" t="s">
         <v>42</v>
       </c>
-      <c r="P26" s="324"/>
-      <c r="Q26" s="398" t="s">
+      <c r="P26" s="220"/>
+      <c r="Q26" s="322" t="s">
         <v>44</v>
       </c>
-      <c r="R26" s="301"/>
-[...9 lines deleted...]
-      <c r="AB26" s="327" t="s">
+      <c r="R26" s="268"/>
+      <c r="S26" s="268"/>
+      <c r="T26" s="268"/>
+      <c r="U26" s="268"/>
+      <c r="V26" s="268"/>
+      <c r="W26" s="268"/>
+      <c r="X26" s="268"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="55"/>
+      <c r="AB26" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC26" s="328"/>
-[...2 lines deleted...]
-      <c r="AF26" s="57" t="s">
+      <c r="AC26" s="227"/>
+      <c r="AD26" s="227"/>
+      <c r="AE26" s="228"/>
+      <c r="AF26" s="51" t="s">
         <v>44</v>
       </c>
-      <c r="AG26" s="58"/>
-[...10 lines deleted...]
-      <c r="B27" s="330" t="s">
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="52"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="53"/>
+    </row>
+    <row r="27" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="251" t="s">
         <v>45</v>
       </c>
-      <c r="C27" s="331"/>
-[...9 lines deleted...]
-      <c r="M27" s="399" t="s">
+      <c r="C27" s="252"/>
+      <c r="D27" s="252"/>
+      <c r="E27" s="252"/>
+      <c r="F27" s="252"/>
+      <c r="G27" s="252"/>
+      <c r="H27" s="279"/>
+      <c r="I27" s="279"/>
+      <c r="J27" s="279"/>
+      <c r="K27" s="279"/>
+      <c r="L27" s="279"/>
+      <c r="M27" s="323" t="s">
         <v>46</v>
       </c>
-      <c r="N27" s="399"/>
-[...13 lines deleted...]
-      <c r="AB27" s="56" t="s">
+      <c r="N27" s="323"/>
+      <c r="O27" s="323"/>
+      <c r="P27" s="323"/>
+      <c r="Q27" s="323"/>
+      <c r="R27" s="324"/>
+      <c r="S27" s="324"/>
+      <c r="T27" s="324"/>
+      <c r="U27" s="324"/>
+      <c r="V27" s="324"/>
+      <c r="W27" s="324"/>
+      <c r="X27" s="324"/>
+      <c r="Y27" s="324"/>
+      <c r="Z27" s="324"/>
+      <c r="AA27" s="325"/>
+      <c r="AB27" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC27" s="56"/>
-[...2 lines deleted...]
-      <c r="AF27" s="57" t="s">
+      <c r="AC27" s="50"/>
+      <c r="AD27" s="50"/>
+      <c r="AE27" s="50"/>
+      <c r="AF27" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="AG27" s="58"/>
-[...66 lines deleted...]
-      <c r="B30" s="412" t="s">
+      <c r="AG27" s="52"/>
+      <c r="AH27" s="52"/>
+      <c r="AI27" s="52"/>
+      <c r="AJ27" s="52"/>
+      <c r="AK27" s="52"/>
+      <c r="AL27" s="52"/>
+      <c r="AM27" s="52"/>
+      <c r="AN27" s="52"/>
+      <c r="AO27" s="53"/>
+    </row>
+    <row r="28" spans="2:41" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="56"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="57"/>
+      <c r="N28" s="57"/>
+      <c r="O28" s="57"/>
+      <c r="P28" s="57"/>
+      <c r="Q28" s="57"/>
+      <c r="R28" s="57"/>
+      <c r="S28" s="57"/>
+      <c r="T28" s="57"/>
+      <c r="U28" s="57"/>
+      <c r="V28" s="57"/>
+      <c r="W28" s="57"/>
+      <c r="X28" s="57"/>
+      <c r="Y28" s="57"/>
+      <c r="Z28" s="57"/>
+      <c r="AA28" s="58"/>
+    </row>
+    <row r="29" spans="2:41" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="42"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="32"/>
+      <c r="J29" s="32"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="32"/>
+      <c r="M29" s="32"/>
+      <c r="N29" s="32"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="32"/>
+      <c r="Q29" s="32"/>
+      <c r="R29" s="32"/>
+      <c r="S29" s="32"/>
+      <c r="T29" s="32"/>
+      <c r="U29" s="32"/>
+      <c r="V29" s="32"/>
+      <c r="W29" s="32"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+    </row>
+    <row r="30" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="403"/>
-      <c r="D30" s="412" t="s">
+      <c r="C30" s="312"/>
+      <c r="D30" s="319" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="402"/>
-[...3 lines deleted...]
-      <c r="I30" s="412" t="s">
+      <c r="E30" s="311"/>
+      <c r="F30" s="311"/>
+      <c r="G30" s="311"/>
+      <c r="H30" s="312"/>
+      <c r="I30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="J30" s="403"/>
-      <c r="K30" s="414" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="L30" s="414"/>
-[...1 lines deleted...]
-      <c r="N30" s="412" t="s">
+      <c r="L30" s="321"/>
+      <c r="M30" s="321"/>
+      <c r="N30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="O30" s="403"/>
-      <c r="P30" s="414" t="s">
+      <c r="O30" s="312"/>
+      <c r="P30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="Q30" s="414"/>
-[...6 lines deleted...]
-      <c r="X30" s="402" t="s">
+      <c r="Q30" s="321"/>
+      <c r="R30" s="321"/>
+      <c r="S30" s="321"/>
+      <c r="T30" s="321"/>
+      <c r="U30" s="321"/>
+      <c r="V30" s="59"/>
+      <c r="W30" s="59"/>
+      <c r="X30" s="311" t="s">
         <v>51</v>
       </c>
-      <c r="Y30" s="402"/>
-[...30 lines deleted...]
-      <c r="AF31" s="68" t="s">
+      <c r="Y30" s="311"/>
+      <c r="Z30" s="311"/>
+      <c r="AA30" s="312"/>
+    </row>
+    <row r="31" spans="2:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="320"/>
+      <c r="C31" s="314"/>
+      <c r="D31" s="320"/>
+      <c r="E31" s="313"/>
+      <c r="F31" s="313"/>
+      <c r="G31" s="313"/>
+      <c r="H31" s="314"/>
+      <c r="I31" s="320"/>
+      <c r="J31" s="314"/>
+      <c r="K31" s="321"/>
+      <c r="L31" s="321"/>
+      <c r="M31" s="321"/>
+      <c r="N31" s="320"/>
+      <c r="O31" s="314"/>
+      <c r="P31" s="321"/>
+      <c r="Q31" s="321"/>
+      <c r="R31" s="321"/>
+      <c r="S31" s="321"/>
+      <c r="T31" s="321"/>
+      <c r="U31" s="321"/>
+      <c r="V31" s="60"/>
+      <c r="W31" s="60"/>
+      <c r="X31" s="313"/>
+      <c r="Y31" s="313"/>
+      <c r="Z31" s="313"/>
+      <c r="AA31" s="314"/>
+      <c r="AF31" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AH31" s="68" t="s">
+      <c r="AH31" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AL31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AN31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="32" spans="1:82" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="406">
+    <row r="32" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="299">
         <v>1</v>
       </c>
-      <c r="C32" s="406"/>
-[...5 lines deleted...]
-      <c r="I32" s="406">
+      <c r="C32" s="299"/>
+      <c r="D32" s="315"/>
+      <c r="E32" s="315"/>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="316"/>
+      <c r="I32" s="299">
         <v>21</v>
       </c>
-      <c r="J32" s="406"/>
-[...3 lines deleted...]
-      <c r="N32" s="406">
+      <c r="J32" s="299"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="299">
         <v>41</v>
       </c>
-      <c r="O32" s="406"/>
-[...12 lines deleted...]
-      <c r="AB32" s="56" t="s">
+      <c r="O32" s="299"/>
+      <c r="P32" s="302"/>
+      <c r="Q32" s="302"/>
+      <c r="R32" s="302"/>
+      <c r="S32" s="302"/>
+      <c r="T32" s="302"/>
+      <c r="U32" s="302"/>
+      <c r="V32" s="62"/>
+      <c r="W32" s="62"/>
+      <c r="X32" s="317"/>
+      <c r="Y32" s="317"/>
+      <c r="Z32" s="317"/>
+      <c r="AA32" s="318"/>
+      <c r="AB32" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC32" s="56"/>
-[...1 lines deleted...]
-      <c r="AE32" s="56"/>
+      <c r="AC32" s="50"/>
+      <c r="AD32" s="50"/>
+      <c r="AE32" s="50"/>
       <c r="AL32" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AN32" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B33" s="406">
+    <row r="33" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="32"/>
+      <c r="B33" s="299">
         <v>2</v>
       </c>
-      <c r="C33" s="406"/>
-[...5 lines deleted...]
-      <c r="I33" s="406">
+      <c r="C33" s="299"/>
+      <c r="D33" s="302"/>
+      <c r="E33" s="302"/>
+      <c r="F33" s="302"/>
+      <c r="G33" s="302"/>
+      <c r="H33" s="310"/>
+      <c r="I33" s="299">
         <v>22</v>
       </c>
-      <c r="J33" s="406"/>
-[...3 lines deleted...]
-      <c r="N33" s="406">
+      <c r="J33" s="299"/>
+      <c r="K33" s="302"/>
+      <c r="L33" s="302"/>
+      <c r="M33" s="302"/>
+      <c r="N33" s="299">
         <v>42</v>
       </c>
-      <c r="O33" s="406"/>
-[...12 lines deleted...]
-      <c r="AB33" s="56" t="s">
+      <c r="O33" s="299"/>
+      <c r="P33" s="302"/>
+      <c r="Q33" s="302"/>
+      <c r="R33" s="302"/>
+      <c r="S33" s="302"/>
+      <c r="T33" s="302"/>
+      <c r="U33" s="302"/>
+      <c r="V33" s="49"/>
+      <c r="W33" s="49"/>
+      <c r="X33" s="305"/>
+      <c r="Y33" s="305"/>
+      <c r="Z33" s="305"/>
+      <c r="AA33" s="306"/>
+      <c r="AB33" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC33" s="56"/>
-[...1 lines deleted...]
-      <c r="AE33" s="56"/>
+      <c r="AC33" s="50"/>
+      <c r="AD33" s="50"/>
+      <c r="AE33" s="50"/>
       <c r="AF33" s="1">
         <v>295412394</v>
       </c>
       <c r="AH33" s="1">
         <v>295412063</v>
       </c>
-      <c r="AN33" s="72" t="s">
+      <c r="AN33" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B34" s="406">
+    <row r="34" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="32"/>
+      <c r="B34" s="299">
         <v>3</v>
       </c>
-      <c r="C34" s="406"/>
-[...5 lines deleted...]
-      <c r="I34" s="406">
+      <c r="C34" s="299"/>
+      <c r="D34" s="304"/>
+      <c r="E34" s="304"/>
+      <c r="F34" s="304"/>
+      <c r="G34" s="304"/>
+      <c r="H34" s="303"/>
+      <c r="I34" s="299">
         <v>23</v>
       </c>
-      <c r="J34" s="406"/>
-[...3 lines deleted...]
-      <c r="N34" s="406">
+      <c r="J34" s="299"/>
+      <c r="K34" s="304"/>
+      <c r="L34" s="304"/>
+      <c r="M34" s="304"/>
+      <c r="N34" s="299">
         <v>43</v>
       </c>
-      <c r="O34" s="406"/>
-[...12 lines deleted...]
-      <c r="AB34" s="327" t="s">
+      <c r="O34" s="299"/>
+      <c r="P34" s="307"/>
+      <c r="Q34" s="308"/>
+      <c r="R34" s="308"/>
+      <c r="S34" s="308"/>
+      <c r="T34" s="308"/>
+      <c r="U34" s="309"/>
+      <c r="V34" s="64"/>
+      <c r="W34" s="64"/>
+      <c r="X34" s="273"/>
+      <c r="Y34" s="273"/>
+      <c r="Z34" s="273"/>
+      <c r="AA34" s="274"/>
+      <c r="AB34" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC34" s="328"/>
-[...1 lines deleted...]
-      <c r="AE34" s="329"/>
+      <c r="AC34" s="227"/>
+      <c r="AD34" s="227"/>
+      <c r="AE34" s="228"/>
     </row>
     <row r="35" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="406">
+      <c r="B35" s="299">
         <v>4</v>
       </c>
-      <c r="C35" s="406"/>
-[...5 lines deleted...]
-      <c r="I35" s="406">
+      <c r="C35" s="299"/>
+      <c r="D35" s="303"/>
+      <c r="E35" s="273"/>
+      <c r="F35" s="273"/>
+      <c r="G35" s="273"/>
+      <c r="H35" s="274"/>
+      <c r="I35" s="299">
         <v>24</v>
       </c>
-      <c r="J35" s="406"/>
-[...3 lines deleted...]
-      <c r="N35" s="406">
+      <c r="J35" s="299"/>
+      <c r="K35" s="304"/>
+      <c r="L35" s="304"/>
+      <c r="M35" s="304"/>
+      <c r="N35" s="299">
         <v>44</v>
       </c>
-      <c r="O35" s="406"/>
-[...12 lines deleted...]
-      <c r="AB35" s="327" t="s">
+      <c r="O35" s="299"/>
+      <c r="P35" s="302"/>
+      <c r="Q35" s="302"/>
+      <c r="R35" s="302"/>
+      <c r="S35" s="302"/>
+      <c r="T35" s="302"/>
+      <c r="U35" s="302"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="273"/>
+      <c r="Y35" s="273"/>
+      <c r="Z35" s="273"/>
+      <c r="AA35" s="274"/>
+      <c r="AB35" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC35" s="328"/>
-[...1 lines deleted...]
-      <c r="AE35" s="329"/>
+      <c r="AC35" s="227"/>
+      <c r="AD35" s="227"/>
+      <c r="AE35" s="228"/>
     </row>
     <row r="36" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="406">
+      <c r="B36" s="299">
         <v>5</v>
       </c>
-      <c r="C36" s="406"/>
-[...5 lines deleted...]
-      <c r="I36" s="406">
+      <c r="C36" s="299"/>
+      <c r="D36" s="300"/>
+      <c r="E36" s="300"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="301"/>
+      <c r="I36" s="299">
         <v>25</v>
       </c>
-      <c r="J36" s="406"/>
-[...3 lines deleted...]
-      <c r="N36" s="406">
+      <c r="J36" s="299"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="300"/>
+      <c r="M36" s="300"/>
+      <c r="N36" s="299">
         <v>45</v>
       </c>
-      <c r="O36" s="406"/>
-[...12 lines deleted...]
-      <c r="AB36" s="56" t="s">
+      <c r="O36" s="299"/>
+      <c r="P36" s="302"/>
+      <c r="Q36" s="302"/>
+      <c r="R36" s="302"/>
+      <c r="S36" s="302"/>
+      <c r="T36" s="302"/>
+      <c r="U36" s="302"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="297"/>
+      <c r="Y36" s="297"/>
+      <c r="Z36" s="297"/>
+      <c r="AA36" s="298"/>
+      <c r="AB36" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC36" s="56"/>
-[...1 lines deleted...]
-      <c r="AE36" s="56"/>
+      <c r="AC36" s="50"/>
+      <c r="AD36" s="50"/>
+      <c r="AE36" s="50"/>
     </row>
     <row r="37" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="406">
+      <c r="B37" s="299">
         <v>6</v>
       </c>
-      <c r="C37" s="406"/>
-[...5 lines deleted...]
-      <c r="I37" s="406">
+      <c r="C37" s="299"/>
+      <c r="D37" s="300"/>
+      <c r="E37" s="300"/>
+      <c r="F37" s="300"/>
+      <c r="G37" s="300"/>
+      <c r="H37" s="301"/>
+      <c r="I37" s="299">
         <v>26</v>
       </c>
-      <c r="J37" s="406"/>
-[...3 lines deleted...]
-      <c r="N37" s="406">
+      <c r="J37" s="299"/>
+      <c r="K37" s="300"/>
+      <c r="L37" s="300"/>
+      <c r="M37" s="300"/>
+      <c r="N37" s="299">
         <v>46</v>
       </c>
-      <c r="O37" s="406"/>
-[...11 lines deleted...]
-      <c r="AA37" s="423"/>
+      <c r="O37" s="299"/>
+      <c r="P37" s="302"/>
+      <c r="Q37" s="302"/>
+      <c r="R37" s="302"/>
+      <c r="S37" s="302"/>
+      <c r="T37" s="302"/>
+      <c r="U37" s="302"/>
+      <c r="V37" s="65"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="297"/>
+      <c r="Y37" s="297"/>
+      <c r="Z37" s="297"/>
+      <c r="AA37" s="298"/>
     </row>
     <row r="38" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="406">
+      <c r="B38" s="299">
         <v>7</v>
       </c>
-      <c r="C38" s="406"/>
-[...5 lines deleted...]
-      <c r="I38" s="406">
+      <c r="C38" s="299"/>
+      <c r="D38" s="300"/>
+      <c r="E38" s="300"/>
+      <c r="F38" s="300"/>
+      <c r="G38" s="300"/>
+      <c r="H38" s="301"/>
+      <c r="I38" s="299">
         <v>27</v>
       </c>
-      <c r="J38" s="406"/>
-[...3 lines deleted...]
-      <c r="N38" s="406">
+      <c r="J38" s="299"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="300"/>
+      <c r="M38" s="300"/>
+      <c r="N38" s="299">
         <v>47</v>
       </c>
-      <c r="O38" s="406"/>
-[...12 lines deleted...]
-      <c r="AB38" s="56" t="s">
+      <c r="O38" s="299"/>
+      <c r="P38" s="302"/>
+      <c r="Q38" s="302"/>
+      <c r="R38" s="302"/>
+      <c r="S38" s="302"/>
+      <c r="T38" s="302"/>
+      <c r="U38" s="302"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="297"/>
+      <c r="Y38" s="297"/>
+      <c r="Z38" s="297"/>
+      <c r="AA38" s="298"/>
+      <c r="AB38" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC38" s="56"/>
-[...1 lines deleted...]
-      <c r="AE38" s="56"/>
+      <c r="AC38" s="50"/>
+      <c r="AD38" s="50"/>
+      <c r="AE38" s="50"/>
       <c r="AF38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="406">
+      <c r="B39" s="299">
         <v>8</v>
       </c>
-      <c r="C39" s="406"/>
-[...5 lines deleted...]
-      <c r="I39" s="406">
+      <c r="C39" s="299"/>
+      <c r="D39" s="300"/>
+      <c r="E39" s="300"/>
+      <c r="F39" s="300"/>
+      <c r="G39" s="300"/>
+      <c r="H39" s="301"/>
+      <c r="I39" s="299">
         <v>28</v>
       </c>
-      <c r="J39" s="406"/>
-[...3 lines deleted...]
-      <c r="N39" s="406">
+      <c r="J39" s="299"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="300"/>
+      <c r="M39" s="300"/>
+      <c r="N39" s="299">
         <v>48</v>
       </c>
-      <c r="O39" s="406"/>
-[...12 lines deleted...]
-      <c r="AB39" s="56" t="s">
+      <c r="O39" s="299"/>
+      <c r="P39" s="302"/>
+      <c r="Q39" s="302"/>
+      <c r="R39" s="302"/>
+      <c r="S39" s="302"/>
+      <c r="T39" s="302"/>
+      <c r="U39" s="302"/>
+      <c r="V39" s="65"/>
+      <c r="W39" s="65"/>
+      <c r="X39" s="297"/>
+      <c r="Y39" s="297"/>
+      <c r="Z39" s="297"/>
+      <c r="AA39" s="298"/>
+      <c r="AB39" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC39" s="56"/>
-[...1 lines deleted...]
-      <c r="AE39" s="56"/>
+      <c r="AC39" s="50"/>
+      <c r="AD39" s="50"/>
+      <c r="AE39" s="50"/>
       <c r="AF39" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="406">
+      <c r="B40" s="299">
         <v>9</v>
       </c>
-      <c r="C40" s="406"/>
-[...5 lines deleted...]
-      <c r="I40" s="406">
+      <c r="C40" s="299"/>
+      <c r="D40" s="300"/>
+      <c r="E40" s="300"/>
+      <c r="F40" s="300"/>
+      <c r="G40" s="300"/>
+      <c r="H40" s="301"/>
+      <c r="I40" s="299">
         <v>29</v>
       </c>
-      <c r="J40" s="406"/>
-[...3 lines deleted...]
-      <c r="N40" s="406">
+      <c r="J40" s="299"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="300"/>
+      <c r="M40" s="300"/>
+      <c r="N40" s="299">
         <v>49</v>
       </c>
-      <c r="O40" s="406"/>
-[...12 lines deleted...]
-      <c r="AB40" s="327" t="s">
+      <c r="O40" s="299"/>
+      <c r="P40" s="302"/>
+      <c r="Q40" s="302"/>
+      <c r="R40" s="302"/>
+      <c r="S40" s="302"/>
+      <c r="T40" s="302"/>
+      <c r="U40" s="302"/>
+      <c r="V40" s="65"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="297"/>
+      <c r="Y40" s="297"/>
+      <c r="Z40" s="297"/>
+      <c r="AA40" s="298"/>
+      <c r="AB40" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC40" s="328"/>
-[...1 lines deleted...]
-      <c r="AE40" s="329"/>
+      <c r="AC40" s="227"/>
+      <c r="AD40" s="227"/>
+      <c r="AE40" s="228"/>
       <c r="AF40" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="406">
+      <c r="B41" s="299">
         <v>10</v>
       </c>
-      <c r="C41" s="406"/>
-[...5 lines deleted...]
-      <c r="I41" s="406">
+      <c r="C41" s="299"/>
+      <c r="D41" s="300"/>
+      <c r="E41" s="300"/>
+      <c r="F41" s="300"/>
+      <c r="G41" s="300"/>
+      <c r="H41" s="301"/>
+      <c r="I41" s="299">
         <v>30</v>
       </c>
-      <c r="J41" s="406"/>
-[...3 lines deleted...]
-      <c r="N41" s="406">
+      <c r="J41" s="299"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="300"/>
+      <c r="M41" s="300"/>
+      <c r="N41" s="299">
         <v>50</v>
       </c>
-      <c r="O41" s="406"/>
-[...12 lines deleted...]
-      <c r="AB41" s="327" t="s">
+      <c r="O41" s="299"/>
+      <c r="P41" s="302"/>
+      <c r="Q41" s="302"/>
+      <c r="R41" s="302"/>
+      <c r="S41" s="302"/>
+      <c r="T41" s="302"/>
+      <c r="U41" s="302"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="297"/>
+      <c r="Y41" s="297"/>
+      <c r="Z41" s="297"/>
+      <c r="AA41" s="298"/>
+      <c r="AB41" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC41" s="328"/>
-[...2 lines deleted...]
-      <c r="AF41" s="52" t="s">
+      <c r="AC41" s="227"/>
+      <c r="AD41" s="227"/>
+      <c r="AE41" s="228"/>
+      <c r="AF41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="406">
+      <c r="B42" s="299">
         <v>11</v>
       </c>
-      <c r="C42" s="406"/>
-[...5 lines deleted...]
-      <c r="I42" s="406">
+      <c r="C42" s="299"/>
+      <c r="D42" s="300"/>
+      <c r="E42" s="300"/>
+      <c r="F42" s="300"/>
+      <c r="G42" s="300"/>
+      <c r="H42" s="301"/>
+      <c r="I42" s="299">
         <v>31</v>
       </c>
-      <c r="J42" s="406"/>
-[...3 lines deleted...]
-      <c r="N42" s="406">
+      <c r="J42" s="299"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="300"/>
+      <c r="M42" s="300"/>
+      <c r="N42" s="299">
         <v>51</v>
       </c>
-      <c r="O42" s="406"/>
-[...12 lines deleted...]
-      <c r="AB42" s="56" t="s">
+      <c r="O42" s="299"/>
+      <c r="P42" s="302"/>
+      <c r="Q42" s="302"/>
+      <c r="R42" s="302"/>
+      <c r="S42" s="302"/>
+      <c r="T42" s="302"/>
+      <c r="U42" s="302"/>
+      <c r="V42" s="65"/>
+      <c r="W42" s="65"/>
+      <c r="X42" s="297"/>
+      <c r="Y42" s="297"/>
+      <c r="Z42" s="297"/>
+      <c r="AA42" s="298"/>
+      <c r="AB42" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC42" s="56"/>
-[...2 lines deleted...]
-      <c r="AF42" s="52" t="s">
+      <c r="AC42" s="50"/>
+      <c r="AD42" s="50"/>
+      <c r="AE42" s="50"/>
+      <c r="AF42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="406">
+      <c r="B43" s="299">
         <v>12</v>
       </c>
-      <c r="C43" s="406"/>
-[...5 lines deleted...]
-      <c r="I43" s="406">
+      <c r="C43" s="299"/>
+      <c r="D43" s="300"/>
+      <c r="E43" s="300"/>
+      <c r="F43" s="300"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
+      <c r="I43" s="299">
         <v>32</v>
       </c>
-      <c r="J43" s="406"/>
-[...3 lines deleted...]
-      <c r="N43" s="406">
+      <c r="J43" s="299"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="300"/>
+      <c r="M43" s="300"/>
+      <c r="N43" s="299">
         <v>52</v>
       </c>
-      <c r="O43" s="406"/>
-[...11 lines deleted...]
-      <c r="AA43" s="423"/>
+      <c r="O43" s="299"/>
+      <c r="P43" s="302"/>
+      <c r="Q43" s="302"/>
+      <c r="R43" s="302"/>
+      <c r="S43" s="302"/>
+      <c r="T43" s="302"/>
+      <c r="U43" s="302"/>
+      <c r="V43" s="65"/>
+      <c r="W43" s="65"/>
+      <c r="X43" s="297"/>
+      <c r="Y43" s="297"/>
+      <c r="Z43" s="297"/>
+      <c r="AA43" s="298"/>
     </row>
     <row r="44" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="406">
+      <c r="B44" s="299">
         <v>13</v>
       </c>
-      <c r="C44" s="406"/>
-[...5 lines deleted...]
-      <c r="I44" s="406">
+      <c r="C44" s="299"/>
+      <c r="D44" s="300"/>
+      <c r="E44" s="300"/>
+      <c r="F44" s="300"/>
+      <c r="G44" s="300"/>
+      <c r="H44" s="301"/>
+      <c r="I44" s="299">
         <v>33</v>
       </c>
-      <c r="J44" s="406"/>
-[...3 lines deleted...]
-      <c r="N44" s="406">
+      <c r="J44" s="299"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="300"/>
+      <c r="M44" s="300"/>
+      <c r="N44" s="299">
         <v>53</v>
       </c>
-      <c r="O44" s="406"/>
-[...11 lines deleted...]
-      <c r="AA44" s="423"/>
+      <c r="O44" s="299"/>
+      <c r="P44" s="302"/>
+      <c r="Q44" s="302"/>
+      <c r="R44" s="302"/>
+      <c r="S44" s="302"/>
+      <c r="T44" s="302"/>
+      <c r="U44" s="302"/>
+      <c r="V44" s="65"/>
+      <c r="W44" s="65"/>
+      <c r="X44" s="297"/>
+      <c r="Y44" s="297"/>
+      <c r="Z44" s="297"/>
+      <c r="AA44" s="298"/>
     </row>
     <row r="45" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="406">
+      <c r="B45" s="299">
         <v>14</v>
       </c>
-      <c r="C45" s="406"/>
-[...5 lines deleted...]
-      <c r="I45" s="406">
+      <c r="C45" s="299"/>
+      <c r="D45" s="300"/>
+      <c r="E45" s="300"/>
+      <c r="F45" s="300"/>
+      <c r="G45" s="300"/>
+      <c r="H45" s="301"/>
+      <c r="I45" s="299">
         <v>34</v>
       </c>
-      <c r="J45" s="406"/>
-[...3 lines deleted...]
-      <c r="N45" s="406">
+      <c r="J45" s="299"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="300"/>
+      <c r="M45" s="300"/>
+      <c r="N45" s="299">
         <v>54</v>
       </c>
-      <c r="O45" s="406"/>
-[...11 lines deleted...]
-      <c r="AA45" s="423"/>
+      <c r="O45" s="299"/>
+      <c r="P45" s="302"/>
+      <c r="Q45" s="302"/>
+      <c r="R45" s="302"/>
+      <c r="S45" s="302"/>
+      <c r="T45" s="302"/>
+      <c r="U45" s="302"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="297"/>
+      <c r="Y45" s="297"/>
+      <c r="Z45" s="297"/>
+      <c r="AA45" s="298"/>
     </row>
     <row r="46" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="406">
+      <c r="B46" s="299">
         <v>15</v>
       </c>
-      <c r="C46" s="406"/>
-[...5 lines deleted...]
-      <c r="I46" s="406">
+      <c r="C46" s="299"/>
+      <c r="D46" s="300"/>
+      <c r="E46" s="300"/>
+      <c r="F46" s="300"/>
+      <c r="G46" s="300"/>
+      <c r="H46" s="301"/>
+      <c r="I46" s="299">
         <v>35</v>
       </c>
-      <c r="J46" s="406"/>
-[...3 lines deleted...]
-      <c r="N46" s="406">
+      <c r="J46" s="299"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="300"/>
+      <c r="M46" s="300"/>
+      <c r="N46" s="299">
         <v>55</v>
       </c>
-      <c r="O46" s="406"/>
-[...11 lines deleted...]
-      <c r="AA46" s="423"/>
+      <c r="O46" s="299"/>
+      <c r="P46" s="302"/>
+      <c r="Q46" s="302"/>
+      <c r="R46" s="302"/>
+      <c r="S46" s="302"/>
+      <c r="T46" s="302"/>
+      <c r="U46" s="302"/>
+      <c r="V46" s="65"/>
+      <c r="W46" s="65"/>
+      <c r="X46" s="297"/>
+      <c r="Y46" s="297"/>
+      <c r="Z46" s="297"/>
+      <c r="AA46" s="298"/>
     </row>
     <row r="47" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="406">
+      <c r="B47" s="299">
         <v>16</v>
       </c>
-      <c r="C47" s="406"/>
-[...5 lines deleted...]
-      <c r="I47" s="406">
+      <c r="C47" s="299"/>
+      <c r="D47" s="300"/>
+      <c r="E47" s="300"/>
+      <c r="F47" s="300"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="301"/>
+      <c r="I47" s="299">
         <v>36</v>
       </c>
-      <c r="J47" s="406"/>
-[...3 lines deleted...]
-      <c r="N47" s="406">
+      <c r="J47" s="299"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="300"/>
+      <c r="M47" s="300"/>
+      <c r="N47" s="299">
         <v>56</v>
       </c>
-      <c r="O47" s="406"/>
-[...11 lines deleted...]
-      <c r="AA47" s="423"/>
+      <c r="O47" s="299"/>
+      <c r="P47" s="302"/>
+      <c r="Q47" s="302"/>
+      <c r="R47" s="302"/>
+      <c r="S47" s="302"/>
+      <c r="T47" s="302"/>
+      <c r="U47" s="302"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="297"/>
+      <c r="Y47" s="297"/>
+      <c r="Z47" s="297"/>
+      <c r="AA47" s="298"/>
     </row>
     <row r="48" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="406">
+      <c r="B48" s="299">
         <v>17</v>
       </c>
-      <c r="C48" s="406"/>
-[...5 lines deleted...]
-      <c r="I48" s="406">
+      <c r="C48" s="299"/>
+      <c r="D48" s="300"/>
+      <c r="E48" s="300"/>
+      <c r="F48" s="300"/>
+      <c r="G48" s="300"/>
+      <c r="H48" s="301"/>
+      <c r="I48" s="299">
         <v>37</v>
       </c>
-      <c r="J48" s="406"/>
-[...3 lines deleted...]
-      <c r="N48" s="406">
+      <c r="J48" s="299"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="300"/>
+      <c r="M48" s="300"/>
+      <c r="N48" s="299">
         <v>57</v>
       </c>
-      <c r="O48" s="406"/>
-[...11 lines deleted...]
-      <c r="AA48" s="423"/>
+      <c r="O48" s="299"/>
+      <c r="P48" s="302"/>
+      <c r="Q48" s="302"/>
+      <c r="R48" s="302"/>
+      <c r="S48" s="302"/>
+      <c r="T48" s="302"/>
+      <c r="U48" s="302"/>
+      <c r="V48" s="65"/>
+      <c r="W48" s="65"/>
+      <c r="X48" s="297"/>
+      <c r="Y48" s="297"/>
+      <c r="Z48" s="297"/>
+      <c r="AA48" s="298"/>
     </row>
     <row r="49" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="406">
+      <c r="B49" s="299">
         <v>18</v>
       </c>
-      <c r="C49" s="406"/>
-[...5 lines deleted...]
-      <c r="I49" s="406">
+      <c r="C49" s="299"/>
+      <c r="D49" s="300"/>
+      <c r="E49" s="300"/>
+      <c r="F49" s="300"/>
+      <c r="G49" s="300"/>
+      <c r="H49" s="301"/>
+      <c r="I49" s="299">
         <v>38</v>
       </c>
-      <c r="J49" s="406"/>
-[...3 lines deleted...]
-      <c r="N49" s="406">
+      <c r="J49" s="299"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="300"/>
+      <c r="M49" s="300"/>
+      <c r="N49" s="299">
         <v>58</v>
       </c>
-      <c r="O49" s="406"/>
-[...11 lines deleted...]
-      <c r="AA49" s="423"/>
+      <c r="O49" s="299"/>
+      <c r="P49" s="302"/>
+      <c r="Q49" s="302"/>
+      <c r="R49" s="302"/>
+      <c r="S49" s="302"/>
+      <c r="T49" s="302"/>
+      <c r="U49" s="302"/>
+      <c r="V49" s="65"/>
+      <c r="W49" s="65"/>
+      <c r="X49" s="297"/>
+      <c r="Y49" s="297"/>
+      <c r="Z49" s="297"/>
+      <c r="AA49" s="298"/>
     </row>
     <row r="50" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="406">
+      <c r="B50" s="299">
         <v>19</v>
       </c>
-      <c r="C50" s="406"/>
-[...5 lines deleted...]
-      <c r="I50" s="406">
+      <c r="C50" s="299"/>
+      <c r="D50" s="300"/>
+      <c r="E50" s="300"/>
+      <c r="F50" s="300"/>
+      <c r="G50" s="300"/>
+      <c r="H50" s="301"/>
+      <c r="I50" s="299">
         <v>39</v>
       </c>
-      <c r="J50" s="406"/>
-[...3 lines deleted...]
-      <c r="N50" s="406">
+      <c r="J50" s="299"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="300"/>
+      <c r="M50" s="300"/>
+      <c r="N50" s="299">
         <v>59</v>
       </c>
-      <c r="O50" s="406"/>
-[...11 lines deleted...]
-      <c r="AA50" s="423"/>
+      <c r="O50" s="299"/>
+      <c r="P50" s="302"/>
+      <c r="Q50" s="302"/>
+      <c r="R50" s="302"/>
+      <c r="S50" s="302"/>
+      <c r="T50" s="302"/>
+      <c r="U50" s="302"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="297"/>
+      <c r="Y50" s="297"/>
+      <c r="Z50" s="297"/>
+      <c r="AA50" s="298"/>
     </row>
     <row r="51" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="406">
+      <c r="B51" s="299">
         <v>20</v>
       </c>
-      <c r="C51" s="406"/>
-[...5 lines deleted...]
-      <c r="I51" s="406">
+      <c r="C51" s="299"/>
+      <c r="D51" s="300"/>
+      <c r="E51" s="300"/>
+      <c r="F51" s="300"/>
+      <c r="G51" s="300"/>
+      <c r="H51" s="301"/>
+      <c r="I51" s="299">
         <v>40</v>
       </c>
-      <c r="J51" s="406"/>
-[...3 lines deleted...]
-      <c r="N51" s="406">
+      <c r="J51" s="299"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="300"/>
+      <c r="M51" s="300"/>
+      <c r="N51" s="299">
         <v>60</v>
       </c>
-      <c r="O51" s="406"/>
-[...11 lines deleted...]
-      <c r="AA51" s="423"/>
+      <c r="O51" s="299"/>
+      <c r="P51" s="302"/>
+      <c r="Q51" s="302"/>
+      <c r="R51" s="302"/>
+      <c r="S51" s="302"/>
+      <c r="T51" s="302"/>
+      <c r="U51" s="302"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="297"/>
+      <c r="Y51" s="297"/>
+      <c r="Z51" s="297"/>
+      <c r="AA51" s="298"/>
     </row>
     <row r="52" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="75" t="s">
+      <c r="B52" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="C52" s="75"/>
-[...23 lines deleted...]
-      <c r="AA52" s="77"/>
+      <c r="C52" s="66"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
+      <c r="P52" s="35"/>
+      <c r="Q52" s="35"/>
+      <c r="R52" s="35"/>
+      <c r="S52" s="35"/>
+      <c r="T52" s="35"/>
+      <c r="U52" s="35"/>
+      <c r="V52" s="35"/>
+      <c r="W52" s="35"/>
+      <c r="X52" s="35"/>
+      <c r="Y52" s="68"/>
+      <c r="Z52" s="68"/>
+      <c r="AA52" s="68"/>
     </row>
     <row r="53" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="427" t="s">
+      <c r="B53" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="427"/>
-[...21 lines deleted...]
-      <c r="Y53" s="77"/>
+      <c r="C53" s="296"/>
+      <c r="D53" s="296"/>
+      <c r="E53" s="296"/>
+      <c r="F53" s="296"/>
+      <c r="G53" s="296"/>
+      <c r="H53" s="296"/>
+      <c r="I53" s="296"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="68"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="68"/>
+      <c r="P53" s="68"/>
+      <c r="Q53" s="68"/>
+      <c r="R53" s="68"/>
+      <c r="S53" s="68"/>
+      <c r="T53" s="68"/>
+      <c r="U53" s="68"/>
+      <c r="V53" s="68"/>
+      <c r="W53" s="68"/>
+      <c r="X53" s="68"/>
+      <c r="Y53" s="68"/>
     </row>
     <row r="54" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="426" t="s">
+      <c r="B54" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="C54" s="426"/>
-[...21 lines deleted...]
-      <c r="Y54" s="77"/>
+      <c r="C54" s="283"/>
+      <c r="D54" s="283"/>
+      <c r="E54" s="283"/>
+      <c r="F54" s="283"/>
+      <c r="G54" s="283"/>
+      <c r="H54" s="283"/>
+      <c r="I54" s="283"/>
+      <c r="J54" s="283"/>
+      <c r="K54" s="283"/>
+      <c r="L54" s="283"/>
+      <c r="M54" s="283"/>
+      <c r="N54" s="283"/>
+      <c r="O54" s="283"/>
+      <c r="P54" s="283"/>
+      <c r="Q54" s="283"/>
+      <c r="R54" s="283"/>
+      <c r="S54" s="283"/>
+      <c r="T54" s="283"/>
+      <c r="U54" s="68"/>
+      <c r="V54" s="68"/>
+      <c r="W54" s="68"/>
+      <c r="X54" s="68"/>
+      <c r="Y54" s="68"/>
     </row>
     <row r="55" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="426" t="s">
+      <c r="B55" s="283" t="s">
         <v>65</v>
       </c>
-      <c r="C55" s="426"/>
-[...23 lines deleted...]
-      <c r="AA55" s="426"/>
+      <c r="C55" s="283"/>
+      <c r="D55" s="283"/>
+      <c r="E55" s="283"/>
+      <c r="F55" s="283"/>
+      <c r="G55" s="283"/>
+      <c r="H55" s="283"/>
+      <c r="I55" s="283"/>
+      <c r="J55" s="283"/>
+      <c r="K55" s="283"/>
+      <c r="L55" s="283"/>
+      <c r="M55" s="283"/>
+      <c r="N55" s="283"/>
+      <c r="O55" s="283"/>
+      <c r="P55" s="283"/>
+      <c r="Q55" s="283"/>
+      <c r="R55" s="283"/>
+      <c r="S55" s="283"/>
+      <c r="T55" s="283"/>
+      <c r="U55" s="283"/>
+      <c r="V55" s="283"/>
+      <c r="W55" s="283"/>
+      <c r="X55" s="283"/>
+      <c r="Y55" s="283"/>
+      <c r="Z55" s="283"/>
+      <c r="AA55" s="283"/>
     </row>
     <row r="56" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="77" t="s">
+      <c r="B56" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="C56" s="77"/>
-[...23 lines deleted...]
-      <c r="AA56" s="77"/>
+      <c r="C56" s="68"/>
+      <c r="D56" s="68"/>
+      <c r="E56" s="68"/>
+      <c r="F56" s="68"/>
+      <c r="G56" s="68"/>
+      <c r="H56" s="68"/>
+      <c r="I56" s="68"/>
+      <c r="J56" s="68"/>
+      <c r="K56" s="68"/>
+      <c r="L56" s="68"/>
+      <c r="M56" s="68"/>
+      <c r="N56" s="68"/>
+      <c r="O56" s="68"/>
+      <c r="P56" s="68"/>
+      <c r="Q56" s="68"/>
+      <c r="R56" s="68"/>
+      <c r="S56" s="68"/>
+      <c r="T56" s="68"/>
+      <c r="U56" s="68"/>
+      <c r="V56" s="68"/>
+      <c r="W56" s="68"/>
+      <c r="X56" s="68"/>
+      <c r="Y56" s="68"/>
+      <c r="Z56" s="68"/>
+      <c r="AA56" s="68"/>
     </row>
     <row r="57" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="426" t="s">
+      <c r="B57" s="283" t="s">
         <v>67</v>
       </c>
-      <c r="C57" s="426"/>
-[...23 lines deleted...]
-      <c r="AA57" s="77"/>
+      <c r="C57" s="283"/>
+      <c r="D57" s="283"/>
+      <c r="E57" s="283"/>
+      <c r="F57" s="283"/>
+      <c r="G57" s="283"/>
+      <c r="H57" s="283"/>
+      <c r="I57" s="283"/>
+      <c r="J57" s="283"/>
+      <c r="K57" s="68"/>
+      <c r="L57" s="68"/>
+      <c r="M57" s="68"/>
+      <c r="N57" s="68"/>
+      <c r="O57" s="68"/>
+      <c r="P57" s="68"/>
+      <c r="Q57" s="68"/>
+      <c r="R57" s="68"/>
+      <c r="S57" s="68"/>
+      <c r="T57" s="68"/>
+      <c r="U57" s="68"/>
+      <c r="V57" s="68"/>
+      <c r="W57" s="68"/>
+      <c r="X57" s="68"/>
+      <c r="Y57" s="69"/>
+      <c r="Z57" s="68"/>
+      <c r="AA57" s="68"/>
     </row>
     <row r="58" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="426" t="s">
+      <c r="B58" s="283" t="s">
         <v>68</v>
       </c>
-      <c r="C58" s="426"/>
-[...23 lines deleted...]
-      <c r="AA58" s="426"/>
+      <c r="C58" s="283"/>
+      <c r="D58" s="283"/>
+      <c r="E58" s="283"/>
+      <c r="F58" s="283"/>
+      <c r="G58" s="283"/>
+      <c r="H58" s="283"/>
+      <c r="I58" s="283"/>
+      <c r="J58" s="283"/>
+      <c r="K58" s="283"/>
+      <c r="L58" s="283"/>
+      <c r="M58" s="283"/>
+      <c r="N58" s="283"/>
+      <c r="O58" s="283"/>
+      <c r="P58" s="283"/>
+      <c r="Q58" s="283"/>
+      <c r="R58" s="283"/>
+      <c r="S58" s="283"/>
+      <c r="T58" s="283"/>
+      <c r="U58" s="283"/>
+      <c r="V58" s="283"/>
+      <c r="W58" s="283"/>
+      <c r="X58" s="283"/>
+      <c r="Y58" s="283"/>
+      <c r="Z58" s="283"/>
+      <c r="AA58" s="283"/>
     </row>
     <row r="59" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="426" t="s">
+      <c r="B59" s="283" t="s">
         <v>69</v>
       </c>
-      <c r="C59" s="426"/>
-[...23 lines deleted...]
-      <c r="AA59" s="81"/>
+      <c r="C59" s="283"/>
+      <c r="D59" s="283"/>
+      <c r="E59" s="283"/>
+      <c r="F59" s="68"/>
+      <c r="G59" s="68"/>
+      <c r="H59" s="68"/>
+      <c r="I59" s="68"/>
+      <c r="J59" s="68"/>
+      <c r="K59" s="68"/>
+      <c r="L59" s="68"/>
+      <c r="M59" s="68"/>
+      <c r="N59" s="68"/>
+      <c r="O59" s="68"/>
+      <c r="P59" s="68"/>
+      <c r="Q59" s="68"/>
+      <c r="R59" s="68"/>
+      <c r="S59" s="68"/>
+      <c r="T59" s="68"/>
+      <c r="U59" s="68"/>
+      <c r="V59" s="68"/>
+      <c r="W59" s="68"/>
+      <c r="X59" s="68"/>
+      <c r="Y59" s="70"/>
+      <c r="Z59" s="68"/>
+      <c r="AA59" s="68"/>
     </row>
     <row r="60" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="426" t="s">
+      <c r="B60" s="283" t="s">
         <v>70</v>
       </c>
-      <c r="C60" s="426"/>
-[...22 lines deleted...]
-      <c r="AA60" s="78"/>
+      <c r="C60" s="283"/>
+      <c r="D60" s="283"/>
+      <c r="E60" s="283"/>
+      <c r="F60" s="283"/>
+      <c r="G60" s="283"/>
+      <c r="H60" s="283"/>
+      <c r="I60" s="283"/>
+      <c r="J60" s="283"/>
+      <c r="K60" s="283"/>
+      <c r="L60" s="68"/>
+      <c r="M60" s="68"/>
+      <c r="N60" s="68"/>
+      <c r="O60" s="68"/>
+      <c r="P60" s="68"/>
+      <c r="Q60" s="68"/>
+      <c r="R60" s="68"/>
+      <c r="S60" s="68"/>
+      <c r="T60" s="68"/>
+      <c r="U60" s="68"/>
+      <c r="V60" s="68"/>
+      <c r="W60" s="68"/>
+      <c r="X60" s="68"/>
+      <c r="Z60" s="68"/>
+      <c r="AA60" s="68"/>
     </row>
     <row r="61" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="426" t="s">
+      <c r="B61" s="283" t="s">
         <v>71</v>
       </c>
-      <c r="C61" s="426"/>
-[...22 lines deleted...]
-      <c r="AA61" s="79"/>
+      <c r="C61" s="283"/>
+      <c r="D61" s="283"/>
+      <c r="E61" s="283"/>
+      <c r="F61" s="283"/>
+      <c r="G61" s="283"/>
+      <c r="H61" s="283"/>
+      <c r="I61" s="283"/>
+      <c r="J61" s="283"/>
+      <c r="K61" s="283"/>
+      <c r="L61" s="283"/>
+      <c r="M61" s="283"/>
+      <c r="N61" s="68"/>
+      <c r="O61" s="68"/>
+      <c r="P61" s="68"/>
+      <c r="Q61" s="68"/>
+      <c r="R61" s="68"/>
+      <c r="S61" s="68"/>
+      <c r="T61" s="68"/>
+      <c r="U61" s="68"/>
+      <c r="V61" s="68"/>
+      <c r="W61" s="68"/>
+      <c r="X61" s="68"/>
+      <c r="Z61" s="69"/>
+      <c r="AA61" s="69"/>
     </row>
     <row r="62" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="426" t="s">
+      <c r="B62" s="283" t="s">
         <v>72</v>
       </c>
-      <c r="C62" s="426"/>
-[...20 lines deleted...]
-      <c r="X62" s="426"/>
+      <c r="C62" s="283"/>
+      <c r="D62" s="283"/>
+      <c r="E62" s="283"/>
+      <c r="F62" s="283"/>
+      <c r="G62" s="283"/>
+      <c r="H62" s="283"/>
+      <c r="I62" s="283"/>
+      <c r="J62" s="283"/>
+      <c r="K62" s="283"/>
+      <c r="L62" s="283"/>
+      <c r="M62" s="283"/>
+      <c r="N62" s="283"/>
+      <c r="O62" s="283"/>
+      <c r="P62" s="283"/>
+      <c r="Q62" s="283"/>
+      <c r="R62" s="283"/>
+      <c r="S62" s="283"/>
+      <c r="T62" s="283"/>
+      <c r="U62" s="283"/>
+      <c r="V62" s="283"/>
+      <c r="W62" s="283"/>
+      <c r="X62" s="283"/>
     </row>
     <row r="63" spans="1:27" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:27" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="25"/>
-[...25 lines deleted...]
-      <c r="AA64" s="25"/>
+      <c r="A64" s="23"/>
+      <c r="B64" s="23"/>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="23"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="23"/>
+      <c r="L64" s="23"/>
+      <c r="M64" s="23"/>
+      <c r="N64" s="23"/>
+      <c r="O64" s="23"/>
+      <c r="P64" s="23"/>
+      <c r="Q64" s="23"/>
+      <c r="R64" s="23"/>
+      <c r="S64" s="23"/>
+      <c r="T64" s="23"/>
+      <c r="U64" s="23"/>
+      <c r="V64" s="23"/>
+      <c r="W64" s="23"/>
+      <c r="X64" s="23"/>
+      <c r="Y64" s="23"/>
+      <c r="Z64" s="23"/>
+      <c r="AA64" s="23"/>
     </row>
   </sheetData>
   <sheetProtection password="CA38" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="224">
-    <mergeCell ref="B60:K60"/>
-[...183 lines deleted...]
-    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="AE7:AK7"/>
+    <mergeCell ref="AB8:AD8"/>
+    <mergeCell ref="AE8:AK8"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="AE9:AK9"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:N4"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E6:N6"/>
+    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="AE10:AK10"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AD11"/>
+    <mergeCell ref="AE11:AK11"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="I17:L17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="P19:X19"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:H12"/>
     <mergeCell ref="J12:M12"/>
     <mergeCell ref="N12:P12"/>
     <mergeCell ref="U12:Z12"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="P14:R14"/>
     <mergeCell ref="S14:AA14"/>
-    <mergeCell ref="AE10:AK10"/>
-[...20 lines deleted...]
-    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F21:K21"/>
+    <mergeCell ref="N21:T21"/>
+    <mergeCell ref="S23:AA23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:L24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q26:Z26"/>
+    <mergeCell ref="AB26:AE26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:Q27"/>
+    <mergeCell ref="R27:AA27"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:N25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="AB25:AE25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="X30:AA31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:U32"/>
+    <mergeCell ref="X32:AA32"/>
+    <mergeCell ref="B30:C31"/>
+    <mergeCell ref="D30:H31"/>
+    <mergeCell ref="I30:J31"/>
+    <mergeCell ref="K30:M31"/>
+    <mergeCell ref="N30:O31"/>
+    <mergeCell ref="P30:U31"/>
+    <mergeCell ref="X33:AA33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="X34:AA34"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="AB34:AE34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:U35"/>
+    <mergeCell ref="X35:AA35"/>
+    <mergeCell ref="AB35:AE35"/>
+    <mergeCell ref="X36:AA36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:AA37"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X38:AA38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:AA39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="X40:AA40"/>
+    <mergeCell ref="AB40:AE40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:AA41"/>
+    <mergeCell ref="AB41:AE41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X42:AA42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:AA43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X44:AA44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:AA45"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X46:AA46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:AA47"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X48:AA48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:AA49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X50:AA50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:AA51"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="B61:M61"/>
+    <mergeCell ref="B62:X62"/>
+    <mergeCell ref="B53:I53"/>
+    <mergeCell ref="B54:T54"/>
+    <mergeCell ref="B55:AA55"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B58:AA58"/>
+    <mergeCell ref="B59:E59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AF25" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
     <hyperlink ref="AF24" r:id="rId2" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
     <hyperlink ref="AF26" r:id="rId3" xr:uid="{00000000-0004-0000-0300-000002000000}"/>
     <hyperlink ref="AF27" r:id="rId4" xr:uid="{00000000-0004-0000-0300-000003000000}"/>
     <hyperlink ref="AF23" r:id="rId5" xr:uid="{00000000-0004-0000-0300-000004000000}"/>
     <hyperlink ref="X24" r:id="rId6" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
     <hyperlink ref="Q26" r:id="rId7" xr:uid="{00000000-0004-0000-0300-000006000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.15748031496062992" top="0.11811023622047245" bottom="0.31496062992125984" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Página &amp;P de &amp;N&amp;C&amp;8&amp;XVinha Brava 9700-236 - Angra do Heroísmo - Tel: 295 404 245 - Fax: 295 216 492 - e:mail:info.lrv@azores.gov.pt&amp;R&amp;8Modelo 70-15/2015-01-09</oddFooter>
   </headerFooter>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:CD64"/>
+  <dimension ref="A1:AO64"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="X24" sqref="X24:AA24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="27" max="27" width="9" style="23" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="4.28515625" style="21" customWidth="1"/>
+    <col min="4" max="8" width="3.28515625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="10" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="3.28515625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="3.140625" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="7.7109375" style="21" customWidth="1"/>
+    <col min="26" max="26" width="3.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="9" style="21" customWidth="1"/>
     <col min="28" max="31" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="32" max="32" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="53" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="54" max="54" width="3.28515625" style="49" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="83" max="16384" width="3.28515625" style="1"/>
+    <col min="54" max="54" width="3.28515625" style="1" customWidth="1"/>
+    <col min="55" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:37" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="384" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="339" t="s">
         <v>0</v>
       </c>
-      <c r="K1" s="385"/>
-[...15 lines deleted...]
-      <c r="AA1" s="386"/>
+      <c r="K1" s="340"/>
+      <c r="L1" s="340"/>
+      <c r="M1" s="340"/>
+      <c r="N1" s="340"/>
+      <c r="O1" s="340"/>
+      <c r="P1" s="340"/>
+      <c r="Q1" s="340"/>
+      <c r="R1" s="340"/>
+      <c r="S1" s="340"/>
+      <c r="T1" s="340"/>
+      <c r="U1" s="340"/>
+      <c r="V1" s="340"/>
+      <c r="W1" s="340"/>
+      <c r="X1" s="340"/>
+      <c r="Y1" s="340"/>
+      <c r="Z1" s="340"/>
+      <c r="AA1" s="341"/>
     </row>
     <row r="2" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="2:37" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="344"/>
-[...10 lines deleted...]
-      <c r="N3" s="344"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
       <c r="AC3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...11 lines deleted...]
-      <c r="N4" s="344"/>
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
-      <c r="Q4" s="330" t="s">
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...8 lines deleted...]
-      <c r="AA4" s="346"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
       <c r="AC4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:37" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="15"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...8 lines deleted...]
-      <c r="AA5" s="20"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
     </row>
     <row r="6" spans="2:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="21"/>
-[...2 lines deleted...]
-      <c r="E6" s="347" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="347"/>
-[...10 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="F6" s="282"/>
+      <c r="G6" s="282"/>
+      <c r="H6" s="282"/>
+      <c r="I6" s="282"/>
+      <c r="J6" s="282"/>
+      <c r="K6" s="282"/>
+      <c r="L6" s="282"/>
+      <c r="M6" s="282"/>
+      <c r="N6" s="282"/>
+      <c r="O6" s="20"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...8 lines deleted...]
-      <c r="AA6" s="337"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
     </row>
     <row r="7" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="381" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="336" t="s">
         <v>8</v>
       </c>
-      <c r="R7" s="382"/>
-[...18 lines deleted...]
-      <c r="AK7" s="379"/>
+      <c r="R7" s="337"/>
+      <c r="S7" s="337"/>
+      <c r="T7" s="337"/>
+      <c r="U7" s="337"/>
+      <c r="V7" s="337"/>
+      <c r="W7" s="337"/>
+      <c r="X7" s="337"/>
+      <c r="Y7" s="337"/>
+      <c r="Z7" s="337"/>
+      <c r="AA7" s="338"/>
+      <c r="AB7" s="222"/>
+      <c r="AC7" s="222"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="219"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
     </row>
     <row r="8" spans="2:37" ht="2.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...19 lines deleted...]
-      <c r="AK8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="222"/>
+      <c r="AC8" s="222"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="219"/>
+      <c r="AF8" s="219"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
     </row>
     <row r="9" spans="2:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AK9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AB9" s="222"/>
+      <c r="AC9" s="222"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="219"/>
+      <c r="AF9" s="219"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
     </row>
     <row r="10" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AK10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AE10" s="219"/>
+      <c r="AF10" s="219"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
     </row>
     <row r="11" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...9 lines deleted...]
-      <c r="M11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="252"/>
+      <c r="H11" s="221"/>
+      <c r="I11" s="221"/>
+      <c r="J11" s="221"/>
+      <c r="K11" s="221"/>
+      <c r="L11" s="221"/>
+      <c r="M11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="324"/>
-[...6 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...14 lines deleted...]
-      <c r="AK11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="221"/>
+      <c r="AA11" s="335"/>
+      <c r="AB11" s="222"/>
+      <c r="AC11" s="222"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="219"/>
+      <c r="AF11" s="219"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
     </row>
     <row r="12" spans="2:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="390" t="s">
+      <c r="B12" s="326" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="324"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="220"/>
+      <c r="D12" s="220"/>
+      <c r="E12" s="221"/>
+      <c r="F12" s="221"/>
+      <c r="G12" s="221"/>
+      <c r="H12" s="221"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...15 lines deleted...]
-      <c r="AA12" s="35"/>
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="32"/>
+      <c r="S12" s="32"/>
+      <c r="T12" s="32"/>
+      <c r="U12" s="220"/>
+      <c r="V12" s="220"/>
+      <c r="W12" s="220"/>
+      <c r="X12" s="220"/>
+      <c r="Y12" s="220"/>
+      <c r="Z12" s="220"/>
+      <c r="AA12" s="33"/>
     </row>
     <row r="13" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="36"/>
-[...24 lines deleted...]
-      <c r="AA13" s="35"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="36"/>
+      <c r="M13" s="36"/>
+      <c r="N13" s="37"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="32"/>
+      <c r="S13" s="32"/>
+      <c r="T13" s="32"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="33"/>
     </row>
     <row r="14" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="391" t="s">
+      <c r="B14" s="330" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="392"/>
-[...3 lines deleted...]
-      <c r="G14" s="324" t="s">
+      <c r="C14" s="331"/>
+      <c r="D14" s="331"/>
+      <c r="E14" s="331"/>
+      <c r="F14" s="331"/>
+      <c r="G14" s="220" t="s">
         <v>3</v>
       </c>
-      <c r="H14" s="324"/>
-[...4 lines deleted...]
-      <c r="M14" s="41" t="s">
+      <c r="H14" s="220"/>
+      <c r="I14" s="220"/>
+      <c r="J14" s="332"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="N14" s="42"/>
-[...1 lines deleted...]
-      <c r="P14" s="324" t="s">
+      <c r="N14" s="40"/>
+      <c r="O14" s="32"/>
+      <c r="P14" s="220" t="s">
         <v>17</v>
       </c>
-      <c r="Q14" s="324"/>
-[...9 lines deleted...]
-      <c r="AA14" s="326"/>
+      <c r="Q14" s="220"/>
+      <c r="R14" s="220"/>
+      <c r="S14" s="279"/>
+      <c r="T14" s="279"/>
+      <c r="U14" s="279"/>
+      <c r="V14" s="279"/>
+      <c r="W14" s="279"/>
+      <c r="X14" s="279"/>
+      <c r="Y14" s="279"/>
+      <c r="Z14" s="279"/>
+      <c r="AA14" s="280"/>
     </row>
     <row r="15" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="43"/>
-[...24 lines deleted...]
-      <c r="AA15" s="46"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="37"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="37"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37"/>
+      <c r="L15" s="42"/>
+      <c r="M15" s="37"/>
+      <c r="N15" s="37"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="37"/>
+      <c r="Q15" s="37"/>
+      <c r="R15" s="37"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="44"/>
     </row>
     <row r="16" spans="2:37" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="36"/>
-[...27 lines deleted...]
-      <c r="B17" s="388" t="s">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="46"/>
+    </row>
+    <row r="17" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="328" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="389"/>
-[...34 lines deleted...]
-      <c r="J18" s="37" t="s">
+      <c r="C17" s="329"/>
+      <c r="D17" s="329"/>
+      <c r="E17" s="329"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="35"/>
+      <c r="H17" s="35"/>
+      <c r="I17" s="220"/>
+      <c r="J17" s="220"/>
+      <c r="K17" s="220"/>
+      <c r="L17" s="220"/>
+      <c r="M17" s="35"/>
+      <c r="N17" s="32"/>
+      <c r="O17" s="32"/>
+      <c r="P17" s="32"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="32"/>
+      <c r="S17" s="32"/>
+      <c r="T17" s="32"/>
+      <c r="U17" s="32"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="45"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="45"/>
+      <c r="Z17" s="45"/>
+      <c r="AA17" s="46"/>
+    </row>
+    <row r="18" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="326"/>
+      <c r="C18" s="220"/>
+      <c r="D18" s="220"/>
+      <c r="E18" s="220"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="K18" s="37"/>
-[...4 lines deleted...]
-      <c r="P18" s="370" t="s">
+      <c r="K18" s="35"/>
+      <c r="L18" s="32"/>
+      <c r="M18" s="35"/>
+      <c r="N18" s="35"/>
+      <c r="O18" s="32"/>
+      <c r="P18" s="242" t="s">
         <v>20</v>
       </c>
-      <c r="Q18" s="370"/>
-[...12 lines deleted...]
-      <c r="B19" s="391" t="s">
+      <c r="Q18" s="242"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="42"/>
+      <c r="T18" s="42"/>
+      <c r="U18" s="42"/>
+      <c r="V18" s="32"/>
+      <c r="W18" s="32"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="45"/>
+      <c r="AA18" s="46"/>
+    </row>
+    <row r="19" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="330" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="392"/>
-[...3 lines deleted...]
-      <c r="G19" s="324" t="s">
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="220" t="s">
         <v>22</v>
       </c>
-      <c r="H19" s="324"/>
-[...4 lines deleted...]
-      <c r="M19" s="394" t="s">
+      <c r="H19" s="220"/>
+      <c r="I19" s="332"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="35"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="333" t="s">
         <v>23</v>
       </c>
-      <c r="N19" s="394"/>
-[...47 lines deleted...]
-      <c r="F21" s="331" t="s">
+      <c r="N19" s="333"/>
+      <c r="O19" s="334"/>
+      <c r="P19" s="303"/>
+      <c r="Q19" s="273"/>
+      <c r="R19" s="273"/>
+      <c r="S19" s="273"/>
+      <c r="T19" s="273"/>
+      <c r="U19" s="273"/>
+      <c r="V19" s="273"/>
+      <c r="W19" s="273"/>
+      <c r="X19" s="274"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="45"/>
+      <c r="AA19" s="46"/>
+    </row>
+    <row r="20" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="32"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="39"/>
+      <c r="P20" s="35"/>
+      <c r="Q20" s="35"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="35"/>
+      <c r="T20" s="35"/>
+      <c r="U20" s="35"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="32"/>
+      <c r="Z20" s="45"/>
+      <c r="AA20" s="46"/>
+    </row>
+    <row r="21" spans="2:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="326"/>
+      <c r="C21" s="220"/>
+      <c r="D21" s="220"/>
+      <c r="E21" s="220"/>
+      <c r="F21" s="252" t="s">
         <v>24</v>
       </c>
-      <c r="G21" s="331"/>
-[...6 lines deleted...]
-      <c r="N21" s="324" t="s">
+      <c r="G21" s="252"/>
+      <c r="H21" s="252"/>
+      <c r="I21" s="252"/>
+      <c r="J21" s="252"/>
+      <c r="K21" s="252"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="35"/>
+      <c r="N21" s="220" t="s">
         <v>24</v>
       </c>
-      <c r="O21" s="324"/>
-[...72 lines deleted...]
-      <c r="B23" s="54" t="s">
+      <c r="O21" s="220"/>
+      <c r="P21" s="220"/>
+      <c r="Q21" s="220"/>
+      <c r="R21" s="220"/>
+      <c r="S21" s="220"/>
+      <c r="T21" s="220"/>
+      <c r="U21" s="38"/>
+      <c r="V21" s="32"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="45"/>
+      <c r="AA21" s="46"/>
+    </row>
+    <row r="22" spans="2:41" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="23"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="23"/>
+      <c r="N22" s="23"/>
+      <c r="O22" s="23"/>
+      <c r="P22" s="23"/>
+      <c r="Q22" s="23"/>
+      <c r="R22" s="23"/>
+      <c r="S22" s="23"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="23"/>
+      <c r="V22" s="23"/>
+      <c r="W22" s="23"/>
+      <c r="X22" s="23"/>
+      <c r="Y22" s="23"/>
+      <c r="Z22" s="23"/>
+      <c r="AA22" s="47"/>
+    </row>
+    <row r="23" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C23" s="54"/>
-[...15 lines deleted...]
-      <c r="S23" s="373" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="T23" s="373"/>
-[...7 lines deleted...]
-      <c r="AB23" s="56" t="s">
+      <c r="T23" s="244"/>
+      <c r="U23" s="244"/>
+      <c r="V23" s="244"/>
+      <c r="W23" s="244"/>
+      <c r="X23" s="244"/>
+      <c r="Y23" s="244"/>
+      <c r="Z23" s="244"/>
+      <c r="AA23" s="327"/>
+      <c r="AB23" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC23" s="56"/>
-[...2 lines deleted...]
-      <c r="AF23" s="57" t="s">
+      <c r="AC23" s="50"/>
+      <c r="AD23" s="50"/>
+      <c r="AE23" s="50"/>
+      <c r="AF23" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AG23" s="58"/>
-[...10 lines deleted...]
-      <c r="B24" s="321" t="s">
+      <c r="AG23" s="52"/>
+      <c r="AH23" s="52"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="53"/>
+    </row>
+    <row r="24" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C24" s="322"/>
-      <c r="D24" s="301" t="s">
+      <c r="C24" s="232"/>
+      <c r="D24" s="268" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="301"/>
-[...7 lines deleted...]
-      <c r="M24" s="83" t="s">
+      <c r="E24" s="268"/>
+      <c r="F24" s="268"/>
+      <c r="G24" s="268"/>
+      <c r="H24" s="268"/>
+      <c r="I24" s="268"/>
+      <c r="J24" s="268"/>
+      <c r="K24" s="268"/>
+      <c r="L24" s="268"/>
+      <c r="M24" s="72" t="s">
         <v>31</v>
       </c>
-      <c r="N24" s="301" t="s">
+      <c r="N24" s="268" t="s">
         <v>32</v>
       </c>
-      <c r="O24" s="301"/>
-[...3 lines deleted...]
-      <c r="S24" s="333" t="s">
+      <c r="O24" s="268"/>
+      <c r="P24" s="268"/>
+      <c r="Q24" s="268"/>
+      <c r="R24" s="71"/>
+      <c r="S24" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="T24" s="333"/>
-[...3 lines deleted...]
-      <c r="X24" s="398" t="s">
+      <c r="T24" s="270"/>
+      <c r="U24" s="270"/>
+      <c r="V24" s="54"/>
+      <c r="W24" s="54"/>
+      <c r="X24" s="322" t="s">
         <v>34</v>
       </c>
-      <c r="Y24" s="301"/>
-[...2 lines deleted...]
-      <c r="AB24" s="56" t="s">
+      <c r="Y24" s="268"/>
+      <c r="Z24" s="268"/>
+      <c r="AA24" s="269"/>
+      <c r="AB24" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC24" s="56"/>
-[...2 lines deleted...]
-      <c r="AF24" s="57" t="s">
+      <c r="AC24" s="50"/>
+      <c r="AD24" s="50"/>
+      <c r="AE24" s="50"/>
+      <c r="AF24" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AG24" s="58"/>
-[...10 lines deleted...]
-      <c r="B25" s="330" t="s">
+      <c r="AG24" s="52"/>
+      <c r="AH24" s="52"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="53"/>
+    </row>
+    <row r="25" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="251" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="331"/>
-[...1 lines deleted...]
-      <c r="E25" s="301" t="s">
+      <c r="C25" s="252"/>
+      <c r="D25" s="252"/>
+      <c r="E25" s="268" t="s">
         <v>77</v>
       </c>
-      <c r="F25" s="301"/>
-[...8 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+      <c r="K25" s="268"/>
+      <c r="L25" s="268"/>
+      <c r="M25" s="279"/>
+      <c r="N25" s="268"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-      <c r="Q25" s="301" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="268" t="s">
         <v>78</v>
       </c>
-      <c r="R25" s="325"/>
-[...9 lines deleted...]
-      <c r="AB25" s="327" t="s">
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="268"/>
+      <c r="W25" s="268"/>
+      <c r="X25" s="268"/>
+      <c r="Y25" s="268"/>
+      <c r="Z25" s="268"/>
+      <c r="AA25" s="269"/>
+      <c r="AB25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC25" s="328"/>
-[...2 lines deleted...]
-      <c r="AF25" s="57" t="s">
+      <c r="AC25" s="227"/>
+      <c r="AD25" s="227"/>
+      <c r="AE25" s="228"/>
+      <c r="AF25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AG25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AG25" s="52"/>
+      <c r="AH25" s="52"/>
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="53"/>
+    </row>
+    <row r="26" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="331"/>
-[...1 lines deleted...]
-      <c r="E26" s="338">
+      <c r="C26" s="252"/>
+      <c r="D26" s="252"/>
+      <c r="E26" s="273">
         <v>295712821</v>
       </c>
-      <c r="F26" s="338"/>
-[...3 lines deleted...]
-      <c r="J26" s="334" t="s">
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="273"/>
+      <c r="J26" s="287" t="s">
         <v>41</v>
       </c>
-      <c r="K26" s="334"/>
-      <c r="L26" s="338">
+      <c r="K26" s="287"/>
+      <c r="L26" s="273">
         <v>295712821</v>
       </c>
-      <c r="M26" s="338"/>
-[...1 lines deleted...]
-      <c r="O26" s="324" t="s">
+      <c r="M26" s="273"/>
+      <c r="N26" s="273"/>
+      <c r="O26" s="220" t="s">
         <v>42</v>
       </c>
-      <c r="P26" s="324"/>
-      <c r="Q26" s="428" t="s">
+      <c r="P26" s="220"/>
+      <c r="Q26" s="342" t="s">
         <v>48</v>
       </c>
-      <c r="R26" s="301"/>
-[...9 lines deleted...]
-      <c r="AB26" s="327" t="s">
+      <c r="R26" s="268"/>
+      <c r="S26" s="268"/>
+      <c r="T26" s="268"/>
+      <c r="U26" s="268"/>
+      <c r="V26" s="268"/>
+      <c r="W26" s="268"/>
+      <c r="X26" s="268"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="55"/>
+      <c r="AB26" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC26" s="328"/>
-[...2 lines deleted...]
-      <c r="AF26" s="57" t="s">
+      <c r="AC26" s="227"/>
+      <c r="AD26" s="227"/>
+      <c r="AE26" s="228"/>
+      <c r="AF26" s="51" t="s">
         <v>44</v>
       </c>
-      <c r="AG26" s="58"/>
-[...10 lines deleted...]
-      <c r="B27" s="330" t="s">
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="52"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="53"/>
+    </row>
+    <row r="27" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="251" t="s">
         <v>45</v>
       </c>
-      <c r="C27" s="331"/>
-[...9 lines deleted...]
-      <c r="M27" s="399" t="s">
+      <c r="C27" s="252"/>
+      <c r="D27" s="252"/>
+      <c r="E27" s="252"/>
+      <c r="F27" s="252"/>
+      <c r="G27" s="252"/>
+      <c r="H27" s="279"/>
+      <c r="I27" s="279"/>
+      <c r="J27" s="279"/>
+      <c r="K27" s="279"/>
+      <c r="L27" s="279"/>
+      <c r="M27" s="323" t="s">
         <v>46</v>
       </c>
-      <c r="N27" s="399"/>
-[...13 lines deleted...]
-      <c r="AB27" s="56" t="s">
+      <c r="N27" s="323"/>
+      <c r="O27" s="323"/>
+      <c r="P27" s="323"/>
+      <c r="Q27" s="323"/>
+      <c r="R27" s="324"/>
+      <c r="S27" s="324"/>
+      <c r="T27" s="324"/>
+      <c r="U27" s="324"/>
+      <c r="V27" s="324"/>
+      <c r="W27" s="324"/>
+      <c r="X27" s="324"/>
+      <c r="Y27" s="324"/>
+      <c r="Z27" s="324"/>
+      <c r="AA27" s="325"/>
+      <c r="AB27" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC27" s="56"/>
-[...2 lines deleted...]
-      <c r="AF27" s="57" t="s">
+      <c r="AC27" s="50"/>
+      <c r="AD27" s="50"/>
+      <c r="AE27" s="50"/>
+      <c r="AF27" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="AG27" s="58"/>
-[...66 lines deleted...]
-      <c r="B30" s="412" t="s">
+      <c r="AG27" s="52"/>
+      <c r="AH27" s="52"/>
+      <c r="AI27" s="52"/>
+      <c r="AJ27" s="52"/>
+      <c r="AK27" s="52"/>
+      <c r="AL27" s="52"/>
+      <c r="AM27" s="52"/>
+      <c r="AN27" s="52"/>
+      <c r="AO27" s="53"/>
+    </row>
+    <row r="28" spans="2:41" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="56"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="57"/>
+      <c r="N28" s="57"/>
+      <c r="O28" s="57"/>
+      <c r="P28" s="57"/>
+      <c r="Q28" s="57"/>
+      <c r="R28" s="57"/>
+      <c r="S28" s="57"/>
+      <c r="T28" s="57"/>
+      <c r="U28" s="57"/>
+      <c r="V28" s="57"/>
+      <c r="W28" s="57"/>
+      <c r="X28" s="57"/>
+      <c r="Y28" s="57"/>
+      <c r="Z28" s="57"/>
+      <c r="AA28" s="58"/>
+    </row>
+    <row r="29" spans="2:41" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="42"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="32"/>
+      <c r="J29" s="32"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="32"/>
+      <c r="M29" s="32"/>
+      <c r="N29" s="32"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="32"/>
+      <c r="Q29" s="32"/>
+      <c r="R29" s="32"/>
+      <c r="S29" s="32"/>
+      <c r="T29" s="32"/>
+      <c r="U29" s="32"/>
+      <c r="V29" s="32"/>
+      <c r="W29" s="32"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+    </row>
+    <row r="30" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="403"/>
-      <c r="D30" s="412" t="s">
+      <c r="C30" s="312"/>
+      <c r="D30" s="319" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="402"/>
-[...3 lines deleted...]
-      <c r="I30" s="412" t="s">
+      <c r="E30" s="311"/>
+      <c r="F30" s="311"/>
+      <c r="G30" s="311"/>
+      <c r="H30" s="312"/>
+      <c r="I30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="J30" s="403"/>
-      <c r="K30" s="414" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="L30" s="414"/>
-[...1 lines deleted...]
-      <c r="N30" s="412" t="s">
+      <c r="L30" s="321"/>
+      <c r="M30" s="321"/>
+      <c r="N30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="O30" s="403"/>
-      <c r="P30" s="414" t="s">
+      <c r="O30" s="312"/>
+      <c r="P30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="Q30" s="414"/>
-[...6 lines deleted...]
-      <c r="X30" s="402" t="s">
+      <c r="Q30" s="321"/>
+      <c r="R30" s="321"/>
+      <c r="S30" s="321"/>
+      <c r="T30" s="321"/>
+      <c r="U30" s="321"/>
+      <c r="V30" s="59"/>
+      <c r="W30" s="59"/>
+      <c r="X30" s="311" t="s">
         <v>51</v>
       </c>
-      <c r="Y30" s="402"/>
-[...30 lines deleted...]
-      <c r="AF31" s="68" t="s">
+      <c r="Y30" s="311"/>
+      <c r="Z30" s="311"/>
+      <c r="AA30" s="312"/>
+    </row>
+    <row r="31" spans="2:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="320"/>
+      <c r="C31" s="314"/>
+      <c r="D31" s="320"/>
+      <c r="E31" s="313"/>
+      <c r="F31" s="313"/>
+      <c r="G31" s="313"/>
+      <c r="H31" s="314"/>
+      <c r="I31" s="320"/>
+      <c r="J31" s="314"/>
+      <c r="K31" s="321"/>
+      <c r="L31" s="321"/>
+      <c r="M31" s="321"/>
+      <c r="N31" s="320"/>
+      <c r="O31" s="314"/>
+      <c r="P31" s="321"/>
+      <c r="Q31" s="321"/>
+      <c r="R31" s="321"/>
+      <c r="S31" s="321"/>
+      <c r="T31" s="321"/>
+      <c r="U31" s="321"/>
+      <c r="V31" s="60"/>
+      <c r="W31" s="60"/>
+      <c r="X31" s="313"/>
+      <c r="Y31" s="313"/>
+      <c r="Z31" s="313"/>
+      <c r="AA31" s="314"/>
+      <c r="AF31" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AH31" s="68" t="s">
+      <c r="AH31" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AL31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AN31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="32" spans="1:82" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="406">
+    <row r="32" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="299">
         <v>1</v>
       </c>
-      <c r="C32" s="406"/>
-[...5 lines deleted...]
-      <c r="I32" s="406">
+      <c r="C32" s="299"/>
+      <c r="D32" s="315"/>
+      <c r="E32" s="315"/>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="316"/>
+      <c r="I32" s="299">
         <v>21</v>
       </c>
-      <c r="J32" s="406"/>
-[...3 lines deleted...]
-      <c r="N32" s="406">
+      <c r="J32" s="299"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="299">
         <v>41</v>
       </c>
-      <c r="O32" s="406"/>
-[...12 lines deleted...]
-      <c r="AB32" s="56" t="s">
+      <c r="O32" s="299"/>
+      <c r="P32" s="302"/>
+      <c r="Q32" s="302"/>
+      <c r="R32" s="302"/>
+      <c r="S32" s="302"/>
+      <c r="T32" s="302"/>
+      <c r="U32" s="302"/>
+      <c r="V32" s="62"/>
+      <c r="W32" s="62"/>
+      <c r="X32" s="317"/>
+      <c r="Y32" s="317"/>
+      <c r="Z32" s="317"/>
+      <c r="AA32" s="318"/>
+      <c r="AB32" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC32" s="56"/>
-[...1 lines deleted...]
-      <c r="AE32" s="56"/>
+      <c r="AC32" s="50"/>
+      <c r="AD32" s="50"/>
+      <c r="AE32" s="50"/>
       <c r="AL32" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AN32" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B33" s="406">
+    <row r="33" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="32"/>
+      <c r="B33" s="299">
         <v>2</v>
       </c>
-      <c r="C33" s="406"/>
-[...5 lines deleted...]
-      <c r="I33" s="406">
+      <c r="C33" s="299"/>
+      <c r="D33" s="302"/>
+      <c r="E33" s="302"/>
+      <c r="F33" s="302"/>
+      <c r="G33" s="302"/>
+      <c r="H33" s="310"/>
+      <c r="I33" s="299">
         <v>22</v>
       </c>
-      <c r="J33" s="406"/>
-[...3 lines deleted...]
-      <c r="N33" s="406">
+      <c r="J33" s="299"/>
+      <c r="K33" s="302"/>
+      <c r="L33" s="302"/>
+      <c r="M33" s="302"/>
+      <c r="N33" s="299">
         <v>42</v>
       </c>
-      <c r="O33" s="406"/>
-[...12 lines deleted...]
-      <c r="AB33" s="56" t="s">
+      <c r="O33" s="299"/>
+      <c r="P33" s="302"/>
+      <c r="Q33" s="302"/>
+      <c r="R33" s="302"/>
+      <c r="S33" s="302"/>
+      <c r="T33" s="302"/>
+      <c r="U33" s="302"/>
+      <c r="V33" s="49"/>
+      <c r="W33" s="49"/>
+      <c r="X33" s="305"/>
+      <c r="Y33" s="305"/>
+      <c r="Z33" s="305"/>
+      <c r="AA33" s="306"/>
+      <c r="AB33" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC33" s="56"/>
-[...1 lines deleted...]
-      <c r="AE33" s="56"/>
+      <c r="AC33" s="50"/>
+      <c r="AD33" s="50"/>
+      <c r="AE33" s="50"/>
       <c r="AF33" s="1">
         <v>295412394</v>
       </c>
       <c r="AH33" s="1">
         <v>295412063</v>
       </c>
-      <c r="AN33" s="72" t="s">
+      <c r="AN33" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B34" s="406">
+    <row r="34" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="32"/>
+      <c r="B34" s="299">
         <v>3</v>
       </c>
-      <c r="C34" s="406"/>
-[...5 lines deleted...]
-      <c r="I34" s="406">
+      <c r="C34" s="299"/>
+      <c r="D34" s="304"/>
+      <c r="E34" s="304"/>
+      <c r="F34" s="304"/>
+      <c r="G34" s="304"/>
+      <c r="H34" s="303"/>
+      <c r="I34" s="299">
         <v>23</v>
       </c>
-      <c r="J34" s="406"/>
-[...3 lines deleted...]
-      <c r="N34" s="406">
+      <c r="J34" s="299"/>
+      <c r="K34" s="304"/>
+      <c r="L34" s="304"/>
+      <c r="M34" s="304"/>
+      <c r="N34" s="299">
         <v>43</v>
       </c>
-      <c r="O34" s="406"/>
-[...12 lines deleted...]
-      <c r="AB34" s="327" t="s">
+      <c r="O34" s="299"/>
+      <c r="P34" s="307"/>
+      <c r="Q34" s="308"/>
+      <c r="R34" s="308"/>
+      <c r="S34" s="308"/>
+      <c r="T34" s="308"/>
+      <c r="U34" s="309"/>
+      <c r="V34" s="64"/>
+      <c r="W34" s="64"/>
+      <c r="X34" s="273"/>
+      <c r="Y34" s="273"/>
+      <c r="Z34" s="273"/>
+      <c r="AA34" s="274"/>
+      <c r="AB34" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC34" s="328"/>
-[...1 lines deleted...]
-      <c r="AE34" s="329"/>
+      <c r="AC34" s="227"/>
+      <c r="AD34" s="227"/>
+      <c r="AE34" s="228"/>
     </row>
     <row r="35" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="406">
+      <c r="B35" s="299">
         <v>4</v>
       </c>
-      <c r="C35" s="406"/>
-[...5 lines deleted...]
-      <c r="I35" s="406">
+      <c r="C35" s="299"/>
+      <c r="D35" s="303"/>
+      <c r="E35" s="273"/>
+      <c r="F35" s="273"/>
+      <c r="G35" s="273"/>
+      <c r="H35" s="274"/>
+      <c r="I35" s="299">
         <v>24</v>
       </c>
-      <c r="J35" s="406"/>
-[...3 lines deleted...]
-      <c r="N35" s="406">
+      <c r="J35" s="299"/>
+      <c r="K35" s="304"/>
+      <c r="L35" s="304"/>
+      <c r="M35" s="304"/>
+      <c r="N35" s="299">
         <v>44</v>
       </c>
-      <c r="O35" s="406"/>
-[...12 lines deleted...]
-      <c r="AB35" s="327" t="s">
+      <c r="O35" s="299"/>
+      <c r="P35" s="302"/>
+      <c r="Q35" s="302"/>
+      <c r="R35" s="302"/>
+      <c r="S35" s="302"/>
+      <c r="T35" s="302"/>
+      <c r="U35" s="302"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="273"/>
+      <c r="Y35" s="273"/>
+      <c r="Z35" s="273"/>
+      <c r="AA35" s="274"/>
+      <c r="AB35" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC35" s="328"/>
-[...1 lines deleted...]
-      <c r="AE35" s="329"/>
+      <c r="AC35" s="227"/>
+      <c r="AD35" s="227"/>
+      <c r="AE35" s="228"/>
     </row>
     <row r="36" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="406">
+      <c r="B36" s="299">
         <v>5</v>
       </c>
-      <c r="C36" s="406"/>
-[...5 lines deleted...]
-      <c r="I36" s="406">
+      <c r="C36" s="299"/>
+      <c r="D36" s="300"/>
+      <c r="E36" s="300"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="301"/>
+      <c r="I36" s="299">
         <v>25</v>
       </c>
-      <c r="J36" s="406"/>
-[...3 lines deleted...]
-      <c r="N36" s="406">
+      <c r="J36" s="299"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="300"/>
+      <c r="M36" s="300"/>
+      <c r="N36" s="299">
         <v>45</v>
       </c>
-      <c r="O36" s="406"/>
-[...12 lines deleted...]
-      <c r="AB36" s="56" t="s">
+      <c r="O36" s="299"/>
+      <c r="P36" s="302"/>
+      <c r="Q36" s="302"/>
+      <c r="R36" s="302"/>
+      <c r="S36" s="302"/>
+      <c r="T36" s="302"/>
+      <c r="U36" s="302"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="297"/>
+      <c r="Y36" s="297"/>
+      <c r="Z36" s="297"/>
+      <c r="AA36" s="298"/>
+      <c r="AB36" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC36" s="56"/>
-[...1 lines deleted...]
-      <c r="AE36" s="56"/>
+      <c r="AC36" s="50"/>
+      <c r="AD36" s="50"/>
+      <c r="AE36" s="50"/>
     </row>
     <row r="37" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="406">
+      <c r="B37" s="299">
         <v>6</v>
       </c>
-      <c r="C37" s="406"/>
-[...5 lines deleted...]
-      <c r="I37" s="406">
+      <c r="C37" s="299"/>
+      <c r="D37" s="300"/>
+      <c r="E37" s="300"/>
+      <c r="F37" s="300"/>
+      <c r="G37" s="300"/>
+      <c r="H37" s="301"/>
+      <c r="I37" s="299">
         <v>26</v>
       </c>
-      <c r="J37" s="406"/>
-[...3 lines deleted...]
-      <c r="N37" s="406">
+      <c r="J37" s="299"/>
+      <c r="K37" s="300"/>
+      <c r="L37" s="300"/>
+      <c r="M37" s="300"/>
+      <c r="N37" s="299">
         <v>46</v>
       </c>
-      <c r="O37" s="406"/>
-[...11 lines deleted...]
-      <c r="AA37" s="423"/>
+      <c r="O37" s="299"/>
+      <c r="P37" s="302"/>
+      <c r="Q37" s="302"/>
+      <c r="R37" s="302"/>
+      <c r="S37" s="302"/>
+      <c r="T37" s="302"/>
+      <c r="U37" s="302"/>
+      <c r="V37" s="65"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="297"/>
+      <c r="Y37" s="297"/>
+      <c r="Z37" s="297"/>
+      <c r="AA37" s="298"/>
     </row>
     <row r="38" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="406">
+      <c r="B38" s="299">
         <v>7</v>
       </c>
-      <c r="C38" s="406"/>
-[...5 lines deleted...]
-      <c r="I38" s="406">
+      <c r="C38" s="299"/>
+      <c r="D38" s="300"/>
+      <c r="E38" s="300"/>
+      <c r="F38" s="300"/>
+      <c r="G38" s="300"/>
+      <c r="H38" s="301"/>
+      <c r="I38" s="299">
         <v>27</v>
       </c>
-      <c r="J38" s="406"/>
-[...3 lines deleted...]
-      <c r="N38" s="406">
+      <c r="J38" s="299"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="300"/>
+      <c r="M38" s="300"/>
+      <c r="N38" s="299">
         <v>47</v>
       </c>
-      <c r="O38" s="406"/>
-[...12 lines deleted...]
-      <c r="AB38" s="56" t="s">
+      <c r="O38" s="299"/>
+      <c r="P38" s="302"/>
+      <c r="Q38" s="302"/>
+      <c r="R38" s="302"/>
+      <c r="S38" s="302"/>
+      <c r="T38" s="302"/>
+      <c r="U38" s="302"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="297"/>
+      <c r="Y38" s="297"/>
+      <c r="Z38" s="297"/>
+      <c r="AA38" s="298"/>
+      <c r="AB38" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC38" s="56"/>
-[...1 lines deleted...]
-      <c r="AE38" s="56"/>
+      <c r="AC38" s="50"/>
+      <c r="AD38" s="50"/>
+      <c r="AE38" s="50"/>
       <c r="AF38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="406">
+      <c r="B39" s="299">
         <v>8</v>
       </c>
-      <c r="C39" s="406"/>
-[...5 lines deleted...]
-      <c r="I39" s="406">
+      <c r="C39" s="299"/>
+      <c r="D39" s="300"/>
+      <c r="E39" s="300"/>
+      <c r="F39" s="300"/>
+      <c r="G39" s="300"/>
+      <c r="H39" s="301"/>
+      <c r="I39" s="299">
         <v>28</v>
       </c>
-      <c r="J39" s="406"/>
-[...3 lines deleted...]
-      <c r="N39" s="406">
+      <c r="J39" s="299"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="300"/>
+      <c r="M39" s="300"/>
+      <c r="N39" s="299">
         <v>48</v>
       </c>
-      <c r="O39" s="406"/>
-[...12 lines deleted...]
-      <c r="AB39" s="56" t="s">
+      <c r="O39" s="299"/>
+      <c r="P39" s="302"/>
+      <c r="Q39" s="302"/>
+      <c r="R39" s="302"/>
+      <c r="S39" s="302"/>
+      <c r="T39" s="302"/>
+      <c r="U39" s="302"/>
+      <c r="V39" s="65"/>
+      <c r="W39" s="65"/>
+      <c r="X39" s="297"/>
+      <c r="Y39" s="297"/>
+      <c r="Z39" s="297"/>
+      <c r="AA39" s="298"/>
+      <c r="AB39" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC39" s="56"/>
-[...1 lines deleted...]
-      <c r="AE39" s="56"/>
+      <c r="AC39" s="50"/>
+      <c r="AD39" s="50"/>
+      <c r="AE39" s="50"/>
       <c r="AF39" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="406">
+      <c r="B40" s="299">
         <v>9</v>
       </c>
-      <c r="C40" s="406"/>
-[...5 lines deleted...]
-      <c r="I40" s="406">
+      <c r="C40" s="299"/>
+      <c r="D40" s="300"/>
+      <c r="E40" s="300"/>
+      <c r="F40" s="300"/>
+      <c r="G40" s="300"/>
+      <c r="H40" s="301"/>
+      <c r="I40" s="299">
         <v>29</v>
       </c>
-      <c r="J40" s="406"/>
-[...3 lines deleted...]
-      <c r="N40" s="406">
+      <c r="J40" s="299"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="300"/>
+      <c r="M40" s="300"/>
+      <c r="N40" s="299">
         <v>49</v>
       </c>
-      <c r="O40" s="406"/>
-[...12 lines deleted...]
-      <c r="AB40" s="327" t="s">
+      <c r="O40" s="299"/>
+      <c r="P40" s="302"/>
+      <c r="Q40" s="302"/>
+      <c r="R40" s="302"/>
+      <c r="S40" s="302"/>
+      <c r="T40" s="302"/>
+      <c r="U40" s="302"/>
+      <c r="V40" s="65"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="297"/>
+      <c r="Y40" s="297"/>
+      <c r="Z40" s="297"/>
+      <c r="AA40" s="298"/>
+      <c r="AB40" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC40" s="328"/>
-[...1 lines deleted...]
-      <c r="AE40" s="329"/>
+      <c r="AC40" s="227"/>
+      <c r="AD40" s="227"/>
+      <c r="AE40" s="228"/>
       <c r="AF40" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="406">
+      <c r="B41" s="299">
         <v>10</v>
       </c>
-      <c r="C41" s="406"/>
-[...5 lines deleted...]
-      <c r="I41" s="406">
+      <c r="C41" s="299"/>
+      <c r="D41" s="300"/>
+      <c r="E41" s="300"/>
+      <c r="F41" s="300"/>
+      <c r="G41" s="300"/>
+      <c r="H41" s="301"/>
+      <c r="I41" s="299">
         <v>30</v>
       </c>
-      <c r="J41" s="406"/>
-[...3 lines deleted...]
-      <c r="N41" s="406">
+      <c r="J41" s="299"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="300"/>
+      <c r="M41" s="300"/>
+      <c r="N41" s="299">
         <v>50</v>
       </c>
-      <c r="O41" s="406"/>
-[...12 lines deleted...]
-      <c r="AB41" s="327" t="s">
+      <c r="O41" s="299"/>
+      <c r="P41" s="302"/>
+      <c r="Q41" s="302"/>
+      <c r="R41" s="302"/>
+      <c r="S41" s="302"/>
+      <c r="T41" s="302"/>
+      <c r="U41" s="302"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="297"/>
+      <c r="Y41" s="297"/>
+      <c r="Z41" s="297"/>
+      <c r="AA41" s="298"/>
+      <c r="AB41" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC41" s="328"/>
-[...2 lines deleted...]
-      <c r="AF41" s="52" t="s">
+      <c r="AC41" s="227"/>
+      <c r="AD41" s="227"/>
+      <c r="AE41" s="228"/>
+      <c r="AF41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="406">
+      <c r="B42" s="299">
         <v>11</v>
       </c>
-      <c r="C42" s="406"/>
-[...5 lines deleted...]
-      <c r="I42" s="406">
+      <c r="C42" s="299"/>
+      <c r="D42" s="300"/>
+      <c r="E42" s="300"/>
+      <c r="F42" s="300"/>
+      <c r="G42" s="300"/>
+      <c r="H42" s="301"/>
+      <c r="I42" s="299">
         <v>31</v>
       </c>
-      <c r="J42" s="406"/>
-[...3 lines deleted...]
-      <c r="N42" s="406">
+      <c r="J42" s="299"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="300"/>
+      <c r="M42" s="300"/>
+      <c r="N42" s="299">
         <v>51</v>
       </c>
-      <c r="O42" s="406"/>
-[...12 lines deleted...]
-      <c r="AB42" s="56" t="s">
+      <c r="O42" s="299"/>
+      <c r="P42" s="302"/>
+      <c r="Q42" s="302"/>
+      <c r="R42" s="302"/>
+      <c r="S42" s="302"/>
+      <c r="T42" s="302"/>
+      <c r="U42" s="302"/>
+      <c r="V42" s="65"/>
+      <c r="W42" s="65"/>
+      <c r="X42" s="297"/>
+      <c r="Y42" s="297"/>
+      <c r="Z42" s="297"/>
+      <c r="AA42" s="298"/>
+      <c r="AB42" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC42" s="56"/>
-[...2 lines deleted...]
-      <c r="AF42" s="52" t="s">
+      <c r="AC42" s="50"/>
+      <c r="AD42" s="50"/>
+      <c r="AE42" s="50"/>
+      <c r="AF42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="406">
+      <c r="B43" s="299">
         <v>12</v>
       </c>
-      <c r="C43" s="406"/>
-[...5 lines deleted...]
-      <c r="I43" s="406">
+      <c r="C43" s="299"/>
+      <c r="D43" s="300"/>
+      <c r="E43" s="300"/>
+      <c r="F43" s="300"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
+      <c r="I43" s="299">
         <v>32</v>
       </c>
-      <c r="J43" s="406"/>
-[...3 lines deleted...]
-      <c r="N43" s="406">
+      <c r="J43" s="299"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="300"/>
+      <c r="M43" s="300"/>
+      <c r="N43" s="299">
         <v>52</v>
       </c>
-      <c r="O43" s="406"/>
-[...11 lines deleted...]
-      <c r="AA43" s="423"/>
+      <c r="O43" s="299"/>
+      <c r="P43" s="302"/>
+      <c r="Q43" s="302"/>
+      <c r="R43" s="302"/>
+      <c r="S43" s="302"/>
+      <c r="T43" s="302"/>
+      <c r="U43" s="302"/>
+      <c r="V43" s="65"/>
+      <c r="W43" s="65"/>
+      <c r="X43" s="297"/>
+      <c r="Y43" s="297"/>
+      <c r="Z43" s="297"/>
+      <c r="AA43" s="298"/>
     </row>
     <row r="44" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="406">
+      <c r="B44" s="299">
         <v>13</v>
       </c>
-      <c r="C44" s="406"/>
-[...5 lines deleted...]
-      <c r="I44" s="406">
+      <c r="C44" s="299"/>
+      <c r="D44" s="300"/>
+      <c r="E44" s="300"/>
+      <c r="F44" s="300"/>
+      <c r="G44" s="300"/>
+      <c r="H44" s="301"/>
+      <c r="I44" s="299">
         <v>33</v>
       </c>
-      <c r="J44" s="406"/>
-[...3 lines deleted...]
-      <c r="N44" s="406">
+      <c r="J44" s="299"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="300"/>
+      <c r="M44" s="300"/>
+      <c r="N44" s="299">
         <v>53</v>
       </c>
-      <c r="O44" s="406"/>
-[...11 lines deleted...]
-      <c r="AA44" s="423"/>
+      <c r="O44" s="299"/>
+      <c r="P44" s="302"/>
+      <c r="Q44" s="302"/>
+      <c r="R44" s="302"/>
+      <c r="S44" s="302"/>
+      <c r="T44" s="302"/>
+      <c r="U44" s="302"/>
+      <c r="V44" s="65"/>
+      <c r="W44" s="65"/>
+      <c r="X44" s="297"/>
+      <c r="Y44" s="297"/>
+      <c r="Z44" s="297"/>
+      <c r="AA44" s="298"/>
     </row>
     <row r="45" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="406">
+      <c r="B45" s="299">
         <v>14</v>
       </c>
-      <c r="C45" s="406"/>
-[...5 lines deleted...]
-      <c r="I45" s="406">
+      <c r="C45" s="299"/>
+      <c r="D45" s="300"/>
+      <c r="E45" s="300"/>
+      <c r="F45" s="300"/>
+      <c r="G45" s="300"/>
+      <c r="H45" s="301"/>
+      <c r="I45" s="299">
         <v>34</v>
       </c>
-      <c r="J45" s="406"/>
-[...3 lines deleted...]
-      <c r="N45" s="406">
+      <c r="J45" s="299"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="300"/>
+      <c r="M45" s="300"/>
+      <c r="N45" s="299">
         <v>54</v>
       </c>
-      <c r="O45" s="406"/>
-[...11 lines deleted...]
-      <c r="AA45" s="423"/>
+      <c r="O45" s="299"/>
+      <c r="P45" s="302"/>
+      <c r="Q45" s="302"/>
+      <c r="R45" s="302"/>
+      <c r="S45" s="302"/>
+      <c r="T45" s="302"/>
+      <c r="U45" s="302"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="297"/>
+      <c r="Y45" s="297"/>
+      <c r="Z45" s="297"/>
+      <c r="AA45" s="298"/>
     </row>
     <row r="46" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="406">
+      <c r="B46" s="299">
         <v>15</v>
       </c>
-      <c r="C46" s="406"/>
-[...5 lines deleted...]
-      <c r="I46" s="406">
+      <c r="C46" s="299"/>
+      <c r="D46" s="300"/>
+      <c r="E46" s="300"/>
+      <c r="F46" s="300"/>
+      <c r="G46" s="300"/>
+      <c r="H46" s="301"/>
+      <c r="I46" s="299">
         <v>35</v>
       </c>
-      <c r="J46" s="406"/>
-[...3 lines deleted...]
-      <c r="N46" s="406">
+      <c r="J46" s="299"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="300"/>
+      <c r="M46" s="300"/>
+      <c r="N46" s="299">
         <v>55</v>
       </c>
-      <c r="O46" s="406"/>
-[...11 lines deleted...]
-      <c r="AA46" s="423"/>
+      <c r="O46" s="299"/>
+      <c r="P46" s="302"/>
+      <c r="Q46" s="302"/>
+      <c r="R46" s="302"/>
+      <c r="S46" s="302"/>
+      <c r="T46" s="302"/>
+      <c r="U46" s="302"/>
+      <c r="V46" s="65"/>
+      <c r="W46" s="65"/>
+      <c r="X46" s="297"/>
+      <c r="Y46" s="297"/>
+      <c r="Z46" s="297"/>
+      <c r="AA46" s="298"/>
     </row>
     <row r="47" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="406">
+      <c r="B47" s="299">
         <v>16</v>
       </c>
-      <c r="C47" s="406"/>
-[...5 lines deleted...]
-      <c r="I47" s="406">
+      <c r="C47" s="299"/>
+      <c r="D47" s="300"/>
+      <c r="E47" s="300"/>
+      <c r="F47" s="300"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="301"/>
+      <c r="I47" s="299">
         <v>36</v>
       </c>
-      <c r="J47" s="406"/>
-[...3 lines deleted...]
-      <c r="N47" s="406">
+      <c r="J47" s="299"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="300"/>
+      <c r="M47" s="300"/>
+      <c r="N47" s="299">
         <v>56</v>
       </c>
-      <c r="O47" s="406"/>
-[...11 lines deleted...]
-      <c r="AA47" s="423"/>
+      <c r="O47" s="299"/>
+      <c r="P47" s="302"/>
+      <c r="Q47" s="302"/>
+      <c r="R47" s="302"/>
+      <c r="S47" s="302"/>
+      <c r="T47" s="302"/>
+      <c r="U47" s="302"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="297"/>
+      <c r="Y47" s="297"/>
+      <c r="Z47" s="297"/>
+      <c r="AA47" s="298"/>
     </row>
     <row r="48" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="406">
+      <c r="B48" s="299">
         <v>17</v>
       </c>
-      <c r="C48" s="406"/>
-[...5 lines deleted...]
-      <c r="I48" s="406">
+      <c r="C48" s="299"/>
+      <c r="D48" s="300"/>
+      <c r="E48" s="300"/>
+      <c r="F48" s="300"/>
+      <c r="G48" s="300"/>
+      <c r="H48" s="301"/>
+      <c r="I48" s="299">
         <v>37</v>
       </c>
-      <c r="J48" s="406"/>
-[...3 lines deleted...]
-      <c r="N48" s="406">
+      <c r="J48" s="299"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="300"/>
+      <c r="M48" s="300"/>
+      <c r="N48" s="299">
         <v>57</v>
       </c>
-      <c r="O48" s="406"/>
-[...11 lines deleted...]
-      <c r="AA48" s="423"/>
+      <c r="O48" s="299"/>
+      <c r="P48" s="302"/>
+      <c r="Q48" s="302"/>
+      <c r="R48" s="302"/>
+      <c r="S48" s="302"/>
+      <c r="T48" s="302"/>
+      <c r="U48" s="302"/>
+      <c r="V48" s="65"/>
+      <c r="W48" s="65"/>
+      <c r="X48" s="297"/>
+      <c r="Y48" s="297"/>
+      <c r="Z48" s="297"/>
+      <c r="AA48" s="298"/>
     </row>
     <row r="49" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="406">
+      <c r="B49" s="299">
         <v>18</v>
       </c>
-      <c r="C49" s="406"/>
-[...5 lines deleted...]
-      <c r="I49" s="406">
+      <c r="C49" s="299"/>
+      <c r="D49" s="300"/>
+      <c r="E49" s="300"/>
+      <c r="F49" s="300"/>
+      <c r="G49" s="300"/>
+      <c r="H49" s="301"/>
+      <c r="I49" s="299">
         <v>38</v>
       </c>
-      <c r="J49" s="406"/>
-[...3 lines deleted...]
-      <c r="N49" s="406">
+      <c r="J49" s="299"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="300"/>
+      <c r="M49" s="300"/>
+      <c r="N49" s="299">
         <v>58</v>
       </c>
-      <c r="O49" s="406"/>
-[...11 lines deleted...]
-      <c r="AA49" s="423"/>
+      <c r="O49" s="299"/>
+      <c r="P49" s="302"/>
+      <c r="Q49" s="302"/>
+      <c r="R49" s="302"/>
+      <c r="S49" s="302"/>
+      <c r="T49" s="302"/>
+      <c r="U49" s="302"/>
+      <c r="V49" s="65"/>
+      <c r="W49" s="65"/>
+      <c r="X49" s="297"/>
+      <c r="Y49" s="297"/>
+      <c r="Z49" s="297"/>
+      <c r="AA49" s="298"/>
     </row>
     <row r="50" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="406">
+      <c r="B50" s="299">
         <v>19</v>
       </c>
-      <c r="C50" s="406"/>
-[...5 lines deleted...]
-      <c r="I50" s="406">
+      <c r="C50" s="299"/>
+      <c r="D50" s="300"/>
+      <c r="E50" s="300"/>
+      <c r="F50" s="300"/>
+      <c r="G50" s="300"/>
+      <c r="H50" s="301"/>
+      <c r="I50" s="299">
         <v>39</v>
       </c>
-      <c r="J50" s="406"/>
-[...3 lines deleted...]
-      <c r="N50" s="406">
+      <c r="J50" s="299"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="300"/>
+      <c r="M50" s="300"/>
+      <c r="N50" s="299">
         <v>59</v>
       </c>
-      <c r="O50" s="406"/>
-[...11 lines deleted...]
-      <c r="AA50" s="423"/>
+      <c r="O50" s="299"/>
+      <c r="P50" s="302"/>
+      <c r="Q50" s="302"/>
+      <c r="R50" s="302"/>
+      <c r="S50" s="302"/>
+      <c r="T50" s="302"/>
+      <c r="U50" s="302"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="297"/>
+      <c r="Y50" s="297"/>
+      <c r="Z50" s="297"/>
+      <c r="AA50" s="298"/>
     </row>
     <row r="51" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="406">
+      <c r="B51" s="299">
         <v>20</v>
       </c>
-      <c r="C51" s="406"/>
-[...5 lines deleted...]
-      <c r="I51" s="406">
+      <c r="C51" s="299"/>
+      <c r="D51" s="300"/>
+      <c r="E51" s="300"/>
+      <c r="F51" s="300"/>
+      <c r="G51" s="300"/>
+      <c r="H51" s="301"/>
+      <c r="I51" s="299">
         <v>40</v>
       </c>
-      <c r="J51" s="406"/>
-[...3 lines deleted...]
-      <c r="N51" s="406">
+      <c r="J51" s="299"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="300"/>
+      <c r="M51" s="300"/>
+      <c r="N51" s="299">
         <v>60</v>
       </c>
-      <c r="O51" s="406"/>
-[...11 lines deleted...]
-      <c r="AA51" s="423"/>
+      <c r="O51" s="299"/>
+      <c r="P51" s="302"/>
+      <c r="Q51" s="302"/>
+      <c r="R51" s="302"/>
+      <c r="S51" s="302"/>
+      <c r="T51" s="302"/>
+      <c r="U51" s="302"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="297"/>
+      <c r="Y51" s="297"/>
+      <c r="Z51" s="297"/>
+      <c r="AA51" s="298"/>
     </row>
     <row r="52" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="75" t="s">
+      <c r="B52" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="C52" s="75"/>
-[...23 lines deleted...]
-      <c r="AA52" s="77"/>
+      <c r="C52" s="66"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
+      <c r="P52" s="35"/>
+      <c r="Q52" s="35"/>
+      <c r="R52" s="35"/>
+      <c r="S52" s="35"/>
+      <c r="T52" s="35"/>
+      <c r="U52" s="35"/>
+      <c r="V52" s="35"/>
+      <c r="W52" s="35"/>
+      <c r="X52" s="35"/>
+      <c r="Y52" s="68"/>
+      <c r="Z52" s="68"/>
+      <c r="AA52" s="68"/>
     </row>
     <row r="53" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="427" t="s">
+      <c r="B53" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="427"/>
-[...21 lines deleted...]
-      <c r="Y53" s="77"/>
+      <c r="C53" s="296"/>
+      <c r="D53" s="296"/>
+      <c r="E53" s="296"/>
+      <c r="F53" s="296"/>
+      <c r="G53" s="296"/>
+      <c r="H53" s="296"/>
+      <c r="I53" s="296"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="68"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="68"/>
+      <c r="P53" s="68"/>
+      <c r="Q53" s="68"/>
+      <c r="R53" s="68"/>
+      <c r="S53" s="68"/>
+      <c r="T53" s="68"/>
+      <c r="U53" s="68"/>
+      <c r="V53" s="68"/>
+      <c r="W53" s="68"/>
+      <c r="X53" s="68"/>
+      <c r="Y53" s="68"/>
     </row>
     <row r="54" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="426" t="s">
+      <c r="B54" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="C54" s="426"/>
-[...21 lines deleted...]
-      <c r="Y54" s="77"/>
+      <c r="C54" s="283"/>
+      <c r="D54" s="283"/>
+      <c r="E54" s="283"/>
+      <c r="F54" s="283"/>
+      <c r="G54" s="283"/>
+      <c r="H54" s="283"/>
+      <c r="I54" s="283"/>
+      <c r="J54" s="283"/>
+      <c r="K54" s="283"/>
+      <c r="L54" s="283"/>
+      <c r="M54" s="283"/>
+      <c r="N54" s="283"/>
+      <c r="O54" s="283"/>
+      <c r="P54" s="283"/>
+      <c r="Q54" s="283"/>
+      <c r="R54" s="283"/>
+      <c r="S54" s="283"/>
+      <c r="T54" s="283"/>
+      <c r="U54" s="68"/>
+      <c r="V54" s="68"/>
+      <c r="W54" s="68"/>
+      <c r="X54" s="68"/>
+      <c r="Y54" s="68"/>
     </row>
     <row r="55" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="426" t="s">
+      <c r="B55" s="283" t="s">
         <v>65</v>
       </c>
-      <c r="C55" s="426"/>
-[...23 lines deleted...]
-      <c r="AA55" s="426"/>
+      <c r="C55" s="283"/>
+      <c r="D55" s="283"/>
+      <c r="E55" s="283"/>
+      <c r="F55" s="283"/>
+      <c r="G55" s="283"/>
+      <c r="H55" s="283"/>
+      <c r="I55" s="283"/>
+      <c r="J55" s="283"/>
+      <c r="K55" s="283"/>
+      <c r="L55" s="283"/>
+      <c r="M55" s="283"/>
+      <c r="N55" s="283"/>
+      <c r="O55" s="283"/>
+      <c r="P55" s="283"/>
+      <c r="Q55" s="283"/>
+      <c r="R55" s="283"/>
+      <c r="S55" s="283"/>
+      <c r="T55" s="283"/>
+      <c r="U55" s="283"/>
+      <c r="V55" s="283"/>
+      <c r="W55" s="283"/>
+      <c r="X55" s="283"/>
+      <c r="Y55" s="283"/>
+      <c r="Z55" s="283"/>
+      <c r="AA55" s="283"/>
     </row>
     <row r="56" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="77" t="s">
+      <c r="B56" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="C56" s="77"/>
-[...23 lines deleted...]
-      <c r="AA56" s="77"/>
+      <c r="C56" s="68"/>
+      <c r="D56" s="68"/>
+      <c r="E56" s="68"/>
+      <c r="F56" s="68"/>
+      <c r="G56" s="68"/>
+      <c r="H56" s="68"/>
+      <c r="I56" s="68"/>
+      <c r="J56" s="68"/>
+      <c r="K56" s="68"/>
+      <c r="L56" s="68"/>
+      <c r="M56" s="68"/>
+      <c r="N56" s="68"/>
+      <c r="O56" s="68"/>
+      <c r="P56" s="68"/>
+      <c r="Q56" s="68"/>
+      <c r="R56" s="68"/>
+      <c r="S56" s="68"/>
+      <c r="T56" s="68"/>
+      <c r="U56" s="68"/>
+      <c r="V56" s="68"/>
+      <c r="W56" s="68"/>
+      <c r="X56" s="68"/>
+      <c r="Y56" s="68"/>
+      <c r="Z56" s="68"/>
+      <c r="AA56" s="68"/>
     </row>
     <row r="57" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="426" t="s">
+      <c r="B57" s="283" t="s">
         <v>67</v>
       </c>
-      <c r="C57" s="426"/>
-[...23 lines deleted...]
-      <c r="AA57" s="77"/>
+      <c r="C57" s="283"/>
+      <c r="D57" s="283"/>
+      <c r="E57" s="283"/>
+      <c r="F57" s="283"/>
+      <c r="G57" s="283"/>
+      <c r="H57" s="283"/>
+      <c r="I57" s="283"/>
+      <c r="J57" s="283"/>
+      <c r="K57" s="68"/>
+      <c r="L57" s="68"/>
+      <c r="M57" s="68"/>
+      <c r="N57" s="68"/>
+      <c r="O57" s="68"/>
+      <c r="P57" s="68"/>
+      <c r="Q57" s="68"/>
+      <c r="R57" s="68"/>
+      <c r="S57" s="68"/>
+      <c r="T57" s="68"/>
+      <c r="U57" s="68"/>
+      <c r="V57" s="68"/>
+      <c r="W57" s="68"/>
+      <c r="X57" s="68"/>
+      <c r="Y57" s="69"/>
+      <c r="Z57" s="68"/>
+      <c r="AA57" s="68"/>
     </row>
     <row r="58" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="426" t="s">
+      <c r="B58" s="283" t="s">
         <v>68</v>
       </c>
-      <c r="C58" s="426"/>
-[...23 lines deleted...]
-      <c r="AA58" s="426"/>
+      <c r="C58" s="283"/>
+      <c r="D58" s="283"/>
+      <c r="E58" s="283"/>
+      <c r="F58" s="283"/>
+      <c r="G58" s="283"/>
+      <c r="H58" s="283"/>
+      <c r="I58" s="283"/>
+      <c r="J58" s="283"/>
+      <c r="K58" s="283"/>
+      <c r="L58" s="283"/>
+      <c r="M58" s="283"/>
+      <c r="N58" s="283"/>
+      <c r="O58" s="283"/>
+      <c r="P58" s="283"/>
+      <c r="Q58" s="283"/>
+      <c r="R58" s="283"/>
+      <c r="S58" s="283"/>
+      <c r="T58" s="283"/>
+      <c r="U58" s="283"/>
+      <c r="V58" s="283"/>
+      <c r="W58" s="283"/>
+      <c r="X58" s="283"/>
+      <c r="Y58" s="283"/>
+      <c r="Z58" s="283"/>
+      <c r="AA58" s="283"/>
     </row>
     <row r="59" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="426" t="s">
+      <c r="B59" s="283" t="s">
         <v>69</v>
       </c>
-      <c r="C59" s="426"/>
-[...23 lines deleted...]
-      <c r="AA59" s="81"/>
+      <c r="C59" s="283"/>
+      <c r="D59" s="283"/>
+      <c r="E59" s="283"/>
+      <c r="F59" s="68"/>
+      <c r="G59" s="68"/>
+      <c r="H59" s="68"/>
+      <c r="I59" s="68"/>
+      <c r="J59" s="68"/>
+      <c r="K59" s="68"/>
+      <c r="L59" s="68"/>
+      <c r="M59" s="68"/>
+      <c r="N59" s="68"/>
+      <c r="O59" s="68"/>
+      <c r="P59" s="68"/>
+      <c r="Q59" s="68"/>
+      <c r="R59" s="68"/>
+      <c r="S59" s="68"/>
+      <c r="T59" s="68"/>
+      <c r="U59" s="68"/>
+      <c r="V59" s="68"/>
+      <c r="W59" s="68"/>
+      <c r="X59" s="68"/>
+      <c r="Y59" s="70"/>
+      <c r="Z59" s="68"/>
+      <c r="AA59" s="68"/>
     </row>
     <row r="60" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="426" t="s">
+      <c r="B60" s="283" t="s">
         <v>70</v>
       </c>
-      <c r="C60" s="426"/>
-[...22 lines deleted...]
-      <c r="AA60" s="78"/>
+      <c r="C60" s="283"/>
+      <c r="D60" s="283"/>
+      <c r="E60" s="283"/>
+      <c r="F60" s="283"/>
+      <c r="G60" s="283"/>
+      <c r="H60" s="283"/>
+      <c r="I60" s="283"/>
+      <c r="J60" s="283"/>
+      <c r="K60" s="283"/>
+      <c r="L60" s="68"/>
+      <c r="M60" s="68"/>
+      <c r="N60" s="68"/>
+      <c r="O60" s="68"/>
+      <c r="P60" s="68"/>
+      <c r="Q60" s="68"/>
+      <c r="R60" s="68"/>
+      <c r="S60" s="68"/>
+      <c r="T60" s="68"/>
+      <c r="U60" s="68"/>
+      <c r="V60" s="68"/>
+      <c r="W60" s="68"/>
+      <c r="X60" s="68"/>
+      <c r="Z60" s="68"/>
+      <c r="AA60" s="68"/>
     </row>
     <row r="61" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="426" t="s">
+      <c r="B61" s="283" t="s">
         <v>71</v>
       </c>
-      <c r="C61" s="426"/>
-[...22 lines deleted...]
-      <c r="AA61" s="79"/>
+      <c r="C61" s="283"/>
+      <c r="D61" s="283"/>
+      <c r="E61" s="283"/>
+      <c r="F61" s="283"/>
+      <c r="G61" s="283"/>
+      <c r="H61" s="283"/>
+      <c r="I61" s="283"/>
+      <c r="J61" s="283"/>
+      <c r="K61" s="283"/>
+      <c r="L61" s="283"/>
+      <c r="M61" s="283"/>
+      <c r="N61" s="68"/>
+      <c r="O61" s="68"/>
+      <c r="P61" s="68"/>
+      <c r="Q61" s="68"/>
+      <c r="R61" s="68"/>
+      <c r="S61" s="68"/>
+      <c r="T61" s="68"/>
+      <c r="U61" s="68"/>
+      <c r="V61" s="68"/>
+      <c r="W61" s="68"/>
+      <c r="X61" s="68"/>
+      <c r="Z61" s="69"/>
+      <c r="AA61" s="69"/>
     </row>
     <row r="62" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="426" t="s">
+      <c r="B62" s="283" t="s">
         <v>72</v>
       </c>
-      <c r="C62" s="426"/>
-[...20 lines deleted...]
-      <c r="X62" s="426"/>
+      <c r="C62" s="283"/>
+      <c r="D62" s="283"/>
+      <c r="E62" s="283"/>
+      <c r="F62" s="283"/>
+      <c r="G62" s="283"/>
+      <c r="H62" s="283"/>
+      <c r="I62" s="283"/>
+      <c r="J62" s="283"/>
+      <c r="K62" s="283"/>
+      <c r="L62" s="283"/>
+      <c r="M62" s="283"/>
+      <c r="N62" s="283"/>
+      <c r="O62" s="283"/>
+      <c r="P62" s="283"/>
+      <c r="Q62" s="283"/>
+      <c r="R62" s="283"/>
+      <c r="S62" s="283"/>
+      <c r="T62" s="283"/>
+      <c r="U62" s="283"/>
+      <c r="V62" s="283"/>
+      <c r="W62" s="283"/>
+      <c r="X62" s="283"/>
     </row>
     <row r="63" spans="1:27" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:27" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="25"/>
-[...25 lines deleted...]
-      <c r="AA64" s="25"/>
+      <c r="A64" s="23"/>
+      <c r="B64" s="23"/>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="23"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="23"/>
+      <c r="L64" s="23"/>
+      <c r="M64" s="23"/>
+      <c r="N64" s="23"/>
+      <c r="O64" s="23"/>
+      <c r="P64" s="23"/>
+      <c r="Q64" s="23"/>
+      <c r="R64" s="23"/>
+      <c r="S64" s="23"/>
+      <c r="T64" s="23"/>
+      <c r="U64" s="23"/>
+      <c r="V64" s="23"/>
+      <c r="W64" s="23"/>
+      <c r="X64" s="23"/>
+      <c r="Y64" s="23"/>
+      <c r="Z64" s="23"/>
+      <c r="AA64" s="23"/>
     </row>
   </sheetData>
   <sheetProtection password="CA38" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="224">
-    <mergeCell ref="B60:K60"/>
-[...183 lines deleted...]
-    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="AE7:AK7"/>
+    <mergeCell ref="AB8:AD8"/>
+    <mergeCell ref="AE8:AK8"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="AE9:AK9"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:N4"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E6:N6"/>
+    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="AE10:AK10"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AD11"/>
+    <mergeCell ref="AE11:AK11"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="I17:L17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="P19:X19"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:H12"/>
     <mergeCell ref="J12:M12"/>
     <mergeCell ref="N12:P12"/>
     <mergeCell ref="U12:Z12"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="P14:R14"/>
     <mergeCell ref="S14:AA14"/>
-    <mergeCell ref="AE10:AK10"/>
-[...20 lines deleted...]
-    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F21:K21"/>
+    <mergeCell ref="N21:T21"/>
+    <mergeCell ref="S23:AA23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:L24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q26:Z26"/>
+    <mergeCell ref="AB26:AE26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:Q27"/>
+    <mergeCell ref="R27:AA27"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:N25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="AB25:AE25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="X30:AA31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:U32"/>
+    <mergeCell ref="X32:AA32"/>
+    <mergeCell ref="B30:C31"/>
+    <mergeCell ref="D30:H31"/>
+    <mergeCell ref="I30:J31"/>
+    <mergeCell ref="K30:M31"/>
+    <mergeCell ref="N30:O31"/>
+    <mergeCell ref="P30:U31"/>
+    <mergeCell ref="X33:AA33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="X34:AA34"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="AB34:AE34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:U35"/>
+    <mergeCell ref="X35:AA35"/>
+    <mergeCell ref="AB35:AE35"/>
+    <mergeCell ref="X36:AA36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:AA37"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X38:AA38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:AA39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="X40:AA40"/>
+    <mergeCell ref="AB40:AE40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:AA41"/>
+    <mergeCell ref="AB41:AE41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X42:AA42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:AA43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X44:AA44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:AA45"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X46:AA46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:AA47"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X48:AA48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:AA49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X50:AA50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:AA51"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="B61:M61"/>
+    <mergeCell ref="B62:X62"/>
+    <mergeCell ref="B53:I53"/>
+    <mergeCell ref="B54:T54"/>
+    <mergeCell ref="B55:AA55"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B58:AA58"/>
+    <mergeCell ref="B59:E59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AF25" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
     <hyperlink ref="AF24" r:id="rId2" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
     <hyperlink ref="AF26" r:id="rId3" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
     <hyperlink ref="AF27" r:id="rId4" xr:uid="{00000000-0004-0000-0400-000003000000}"/>
     <hyperlink ref="AF23" r:id="rId5" xr:uid="{00000000-0004-0000-0400-000004000000}"/>
     <hyperlink ref="X24" r:id="rId6" xr:uid="{00000000-0004-0000-0400-000005000000}"/>
     <hyperlink ref="Q26" r:id="rId7" xr:uid="{00000000-0004-0000-0400-000006000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.15748031496062992" top="0.11811023622047245" bottom="0.31496062992125984" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Página &amp;P de &amp;N&amp;C&amp;8&amp;XVinha Brava 9700-236 - Angra do Heroísmo - Tel: 295 404 245 - Fax: 295 216 492 - e:mail:info.lrv@azores.gov.pt&amp;R&amp;8Modelo 70-15/2015-01-09</oddFooter>
   </headerFooter>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:CD64"/>
+  <dimension ref="A1:AO64"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="X24" sqref="X24:AA24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="27" max="27" width="9" style="23" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="4.28515625" style="21" customWidth="1"/>
+    <col min="4" max="8" width="3.28515625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="10" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.140625" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="3.28515625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="3.140625" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="7.7109375" style="21" customWidth="1"/>
+    <col min="26" max="26" width="3.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="9" style="21" customWidth="1"/>
     <col min="28" max="31" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="32" max="32" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="53" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="54" max="54" width="3.28515625" style="49" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="83" max="16384" width="3.28515625" style="1"/>
+    <col min="54" max="54" width="3.28515625" style="1" customWidth="1"/>
+    <col min="55" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:37" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="384" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="339" t="s">
         <v>0</v>
       </c>
-      <c r="K1" s="385"/>
-[...15 lines deleted...]
-      <c r="AA1" s="386"/>
+      <c r="K1" s="340"/>
+      <c r="L1" s="340"/>
+      <c r="M1" s="340"/>
+      <c r="N1" s="340"/>
+      <c r="O1" s="340"/>
+      <c r="P1" s="340"/>
+      <c r="Q1" s="340"/>
+      <c r="R1" s="340"/>
+      <c r="S1" s="340"/>
+      <c r="T1" s="340"/>
+      <c r="U1" s="340"/>
+      <c r="V1" s="340"/>
+      <c r="W1" s="340"/>
+      <c r="X1" s="340"/>
+      <c r="Y1" s="340"/>
+      <c r="Z1" s="340"/>
+      <c r="AA1" s="341"/>
     </row>
     <row r="2" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
     </row>
     <row r="3" spans="2:37" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="344"/>
-[...10 lines deleted...]
-      <c r="N3" s="344"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
       <c r="O3" s="7"/>
       <c r="P3" s="7"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
       <c r="AC3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...11 lines deleted...]
-      <c r="N4" s="344"/>
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
-      <c r="Q4" s="330" t="s">
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...8 lines deleted...]
-      <c r="AA4" s="346"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
       <c r="AC4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:37" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
       <c r="E5" s="15"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="15"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...8 lines deleted...]
-      <c r="AA5" s="20"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
     </row>
     <row r="6" spans="2:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="21"/>
-[...2 lines deleted...]
-      <c r="E6" s="347" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="347"/>
-[...10 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="F6" s="282"/>
+      <c r="G6" s="282"/>
+      <c r="H6" s="282"/>
+      <c r="I6" s="282"/>
+      <c r="J6" s="282"/>
+      <c r="K6" s="282"/>
+      <c r="L6" s="282"/>
+      <c r="M6" s="282"/>
+      <c r="N6" s="282"/>
+      <c r="O6" s="20"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...8 lines deleted...]
-      <c r="AA6" s="337"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
     </row>
     <row r="7" spans="2:37" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="381" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="336" t="s">
         <v>8</v>
       </c>
-      <c r="R7" s="382"/>
-[...18 lines deleted...]
-      <c r="AK7" s="379"/>
+      <c r="R7" s="337"/>
+      <c r="S7" s="337"/>
+      <c r="T7" s="337"/>
+      <c r="U7" s="337"/>
+      <c r="V7" s="337"/>
+      <c r="W7" s="337"/>
+      <c r="X7" s="337"/>
+      <c r="Y7" s="337"/>
+      <c r="Z7" s="337"/>
+      <c r="AA7" s="338"/>
+      <c r="AB7" s="222"/>
+      <c r="AC7" s="222"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="219"/>
+      <c r="AF7" s="219"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
     </row>
     <row r="8" spans="2:37" ht="2.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...19 lines deleted...]
-      <c r="AK8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="222"/>
+      <c r="AC8" s="222"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="219"/>
+      <c r="AF8" s="219"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
     </row>
     <row r="9" spans="2:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AK9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AB9" s="222"/>
+      <c r="AC9" s="222"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="219"/>
+      <c r="AF9" s="219"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
     </row>
     <row r="10" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AK10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AE10" s="219"/>
+      <c r="AF10" s="219"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
     </row>
     <row r="11" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...9 lines deleted...]
-      <c r="M11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="252"/>
+      <c r="H11" s="221"/>
+      <c r="I11" s="221"/>
+      <c r="J11" s="221"/>
+      <c r="K11" s="221"/>
+      <c r="L11" s="221"/>
+      <c r="M11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="N11" s="324"/>
-[...6 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...14 lines deleted...]
-      <c r="AK11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="221"/>
+      <c r="AA11" s="335"/>
+      <c r="AB11" s="222"/>
+      <c r="AC11" s="222"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="219"/>
+      <c r="AF11" s="219"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
     </row>
     <row r="12" spans="2:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="390" t="s">
+      <c r="B12" s="326" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="324"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="220"/>
+      <c r="D12" s="220"/>
+      <c r="E12" s="221"/>
+      <c r="F12" s="221"/>
+      <c r="G12" s="221"/>
+      <c r="H12" s="221"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...15 lines deleted...]
-      <c r="AA12" s="35"/>
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="32"/>
+      <c r="S12" s="32"/>
+      <c r="T12" s="32"/>
+      <c r="U12" s="220"/>
+      <c r="V12" s="220"/>
+      <c r="W12" s="220"/>
+      <c r="X12" s="220"/>
+      <c r="Y12" s="220"/>
+      <c r="Z12" s="220"/>
+      <c r="AA12" s="33"/>
     </row>
     <row r="13" spans="2:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="36"/>
-[...24 lines deleted...]
-      <c r="AA13" s="35"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="36"/>
+      <c r="M13" s="36"/>
+      <c r="N13" s="37"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="32"/>
+      <c r="S13" s="32"/>
+      <c r="T13" s="32"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="33"/>
     </row>
     <row r="14" spans="2:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="391" t="s">
+      <c r="B14" s="330" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="392"/>
-[...3 lines deleted...]
-      <c r="G14" s="324" t="s">
+      <c r="C14" s="331"/>
+      <c r="D14" s="331"/>
+      <c r="E14" s="331"/>
+      <c r="F14" s="331"/>
+      <c r="G14" s="220" t="s">
         <v>3</v>
       </c>
-      <c r="H14" s="324"/>
-[...4 lines deleted...]
-      <c r="M14" s="41" t="s">
+      <c r="H14" s="220"/>
+      <c r="I14" s="220"/>
+      <c r="J14" s="332"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="N14" s="42"/>
-[...1 lines deleted...]
-      <c r="P14" s="324" t="s">
+      <c r="N14" s="40"/>
+      <c r="O14" s="32"/>
+      <c r="P14" s="220" t="s">
         <v>17</v>
       </c>
-      <c r="Q14" s="324"/>
-[...9 lines deleted...]
-      <c r="AA14" s="326"/>
+      <c r="Q14" s="220"/>
+      <c r="R14" s="220"/>
+      <c r="S14" s="279"/>
+      <c r="T14" s="279"/>
+      <c r="U14" s="279"/>
+      <c r="V14" s="279"/>
+      <c r="W14" s="279"/>
+      <c r="X14" s="279"/>
+      <c r="Y14" s="279"/>
+      <c r="Z14" s="279"/>
+      <c r="AA14" s="280"/>
     </row>
     <row r="15" spans="2:37" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="43"/>
-[...24 lines deleted...]
-      <c r="AA15" s="46"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="37"/>
+      <c r="D15" s="37"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="37"/>
+      <c r="H15" s="37"/>
+      <c r="I15" s="37"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="37"/>
+      <c r="L15" s="42"/>
+      <c r="M15" s="37"/>
+      <c r="N15" s="37"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="37"/>
+      <c r="Q15" s="37"/>
+      <c r="R15" s="37"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="44"/>
     </row>
     <row r="16" spans="2:37" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="36"/>
-[...27 lines deleted...]
-      <c r="B17" s="388" t="s">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="37"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="46"/>
+    </row>
+    <row r="17" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="328" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="389"/>
-[...34 lines deleted...]
-      <c r="J18" s="37" t="s">
+      <c r="C17" s="329"/>
+      <c r="D17" s="329"/>
+      <c r="E17" s="329"/>
+      <c r="F17" s="40"/>
+      <c r="G17" s="35"/>
+      <c r="H17" s="35"/>
+      <c r="I17" s="220"/>
+      <c r="J17" s="220"/>
+      <c r="K17" s="220"/>
+      <c r="L17" s="220"/>
+      <c r="M17" s="35"/>
+      <c r="N17" s="32"/>
+      <c r="O17" s="32"/>
+      <c r="P17" s="32"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="32"/>
+      <c r="S17" s="32"/>
+      <c r="T17" s="32"/>
+      <c r="U17" s="32"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="45"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="45"/>
+      <c r="Z17" s="45"/>
+      <c r="AA17" s="46"/>
+    </row>
+    <row r="18" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="326"/>
+      <c r="C18" s="220"/>
+      <c r="D18" s="220"/>
+      <c r="E18" s="220"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35" t="s">
         <v>19</v>
       </c>
-      <c r="K18" s="37"/>
-[...4 lines deleted...]
-      <c r="P18" s="370" t="s">
+      <c r="K18" s="35"/>
+      <c r="L18" s="32"/>
+      <c r="M18" s="35"/>
+      <c r="N18" s="35"/>
+      <c r="O18" s="32"/>
+      <c r="P18" s="242" t="s">
         <v>20</v>
       </c>
-      <c r="Q18" s="370"/>
-[...12 lines deleted...]
-      <c r="B19" s="391" t="s">
+      <c r="Q18" s="242"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="42"/>
+      <c r="T18" s="42"/>
+      <c r="U18" s="42"/>
+      <c r="V18" s="32"/>
+      <c r="W18" s="32"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="45"/>
+      <c r="AA18" s="46"/>
+    </row>
+    <row r="19" spans="2:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="330" t="s">
         <v>21</v>
       </c>
-      <c r="C19" s="392"/>
-[...3 lines deleted...]
-      <c r="G19" s="324" t="s">
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
+      <c r="G19" s="220" t="s">
         <v>22</v>
       </c>
-      <c r="H19" s="324"/>
-[...4 lines deleted...]
-      <c r="M19" s="394" t="s">
+      <c r="H19" s="220"/>
+      <c r="I19" s="332"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="35"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="333" t="s">
         <v>23</v>
       </c>
-      <c r="N19" s="394"/>
-[...47 lines deleted...]
-      <c r="F21" s="331" t="s">
+      <c r="N19" s="333"/>
+      <c r="O19" s="334"/>
+      <c r="P19" s="303"/>
+      <c r="Q19" s="273"/>
+      <c r="R19" s="273"/>
+      <c r="S19" s="273"/>
+      <c r="T19" s="273"/>
+      <c r="U19" s="273"/>
+      <c r="V19" s="273"/>
+      <c r="W19" s="273"/>
+      <c r="X19" s="274"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="45"/>
+      <c r="AA19" s="46"/>
+    </row>
+    <row r="20" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="32"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="39"/>
+      <c r="P20" s="35"/>
+      <c r="Q20" s="35"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="35"/>
+      <c r="T20" s="35"/>
+      <c r="U20" s="35"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="32"/>
+      <c r="Z20" s="45"/>
+      <c r="AA20" s="46"/>
+    </row>
+    <row r="21" spans="2:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="326"/>
+      <c r="C21" s="220"/>
+      <c r="D21" s="220"/>
+      <c r="E21" s="220"/>
+      <c r="F21" s="252" t="s">
         <v>24</v>
       </c>
-      <c r="G21" s="331"/>
-[...6 lines deleted...]
-      <c r="N21" s="324" t="s">
+      <c r="G21" s="252"/>
+      <c r="H21" s="252"/>
+      <c r="I21" s="252"/>
+      <c r="J21" s="252"/>
+      <c r="K21" s="252"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="35"/>
+      <c r="N21" s="220" t="s">
         <v>24</v>
       </c>
-      <c r="O21" s="324"/>
-[...72 lines deleted...]
-      <c r="B23" s="54" t="s">
+      <c r="O21" s="220"/>
+      <c r="P21" s="220"/>
+      <c r="Q21" s="220"/>
+      <c r="R21" s="220"/>
+      <c r="S21" s="220"/>
+      <c r="T21" s="220"/>
+      <c r="U21" s="38"/>
+      <c r="V21" s="32"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="45"/>
+      <c r="AA21" s="46"/>
+    </row>
+    <row r="22" spans="2:41" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="23"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="23"/>
+      <c r="N22" s="23"/>
+      <c r="O22" s="23"/>
+      <c r="P22" s="23"/>
+      <c r="Q22" s="23"/>
+      <c r="R22" s="23"/>
+      <c r="S22" s="23"/>
+      <c r="T22" s="23"/>
+      <c r="U22" s="23"/>
+      <c r="V22" s="23"/>
+      <c r="W22" s="23"/>
+      <c r="X22" s="23"/>
+      <c r="Y22" s="23"/>
+      <c r="Z22" s="23"/>
+      <c r="AA22" s="47"/>
+    </row>
+    <row r="23" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="C23" s="54"/>
-[...15 lines deleted...]
-      <c r="S23" s="373" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="T23" s="373"/>
-[...7 lines deleted...]
-      <c r="AB23" s="56" t="s">
+      <c r="T23" s="244"/>
+      <c r="U23" s="244"/>
+      <c r="V23" s="244"/>
+      <c r="W23" s="244"/>
+      <c r="X23" s="244"/>
+      <c r="Y23" s="244"/>
+      <c r="Z23" s="244"/>
+      <c r="AA23" s="327"/>
+      <c r="AB23" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC23" s="56"/>
-[...2 lines deleted...]
-      <c r="AF23" s="57" t="s">
+      <c r="AC23" s="50"/>
+      <c r="AD23" s="50"/>
+      <c r="AE23" s="50"/>
+      <c r="AF23" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AG23" s="58"/>
-[...10 lines deleted...]
-      <c r="B24" s="321" t="s">
+      <c r="AG23" s="52"/>
+      <c r="AH23" s="52"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="53"/>
+    </row>
+    <row r="24" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C24" s="322"/>
-      <c r="D24" s="301" t="s">
+      <c r="C24" s="232"/>
+      <c r="D24" s="268" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="301"/>
-[...7 lines deleted...]
-      <c r="M24" s="83" t="s">
+      <c r="E24" s="268"/>
+      <c r="F24" s="268"/>
+      <c r="G24" s="268"/>
+      <c r="H24" s="268"/>
+      <c r="I24" s="268"/>
+      <c r="J24" s="268"/>
+      <c r="K24" s="268"/>
+      <c r="L24" s="268"/>
+      <c r="M24" s="72" t="s">
         <v>31</v>
       </c>
-      <c r="N24" s="301" t="s">
+      <c r="N24" s="268" t="s">
         <v>32</v>
       </c>
-      <c r="O24" s="301"/>
-[...3 lines deleted...]
-      <c r="S24" s="333" t="s">
+      <c r="O24" s="268"/>
+      <c r="P24" s="268"/>
+      <c r="Q24" s="268"/>
+      <c r="R24" s="71"/>
+      <c r="S24" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="T24" s="333"/>
-[...3 lines deleted...]
-      <c r="X24" s="398" t="s">
+      <c r="T24" s="270"/>
+      <c r="U24" s="270"/>
+      <c r="V24" s="54"/>
+      <c r="W24" s="54"/>
+      <c r="X24" s="322" t="s">
         <v>34</v>
       </c>
-      <c r="Y24" s="301"/>
-[...2 lines deleted...]
-      <c r="AB24" s="56" t="s">
+      <c r="Y24" s="268"/>
+      <c r="Z24" s="268"/>
+      <c r="AA24" s="269"/>
+      <c r="AB24" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC24" s="56"/>
-[...2 lines deleted...]
-      <c r="AF24" s="57" t="s">
+      <c r="AC24" s="50"/>
+      <c r="AD24" s="50"/>
+      <c r="AE24" s="50"/>
+      <c r="AF24" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AG24" s="58"/>
-[...10 lines deleted...]
-      <c r="B25" s="330" t="s">
+      <c r="AG24" s="52"/>
+      <c r="AH24" s="52"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="53"/>
+    </row>
+    <row r="25" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="251" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="331"/>
-[...1 lines deleted...]
-      <c r="E25" s="301" t="s">
+      <c r="C25" s="252"/>
+      <c r="D25" s="252"/>
+      <c r="E25" s="268" t="s">
         <v>58</v>
       </c>
-      <c r="F25" s="301"/>
-[...8 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="F25" s="268"/>
+      <c r="G25" s="268"/>
+      <c r="H25" s="268"/>
+      <c r="I25" s="268"/>
+      <c r="J25" s="268"/>
+      <c r="K25" s="268"/>
+      <c r="L25" s="268"/>
+      <c r="M25" s="279"/>
+      <c r="N25" s="279"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-      <c r="Q25" s="301" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="268" t="s">
         <v>79</v>
       </c>
-      <c r="R25" s="325"/>
-[...9 lines deleted...]
-      <c r="AB25" s="327" t="s">
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="268"/>
+      <c r="W25" s="268"/>
+      <c r="X25" s="268"/>
+      <c r="Y25" s="268"/>
+      <c r="Z25" s="268"/>
+      <c r="AA25" s="269"/>
+      <c r="AB25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC25" s="328"/>
-[...2 lines deleted...]
-      <c r="AF25" s="57" t="s">
+      <c r="AC25" s="227"/>
+      <c r="AD25" s="227"/>
+      <c r="AE25" s="228"/>
+      <c r="AF25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AG25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AG25" s="52"/>
+      <c r="AH25" s="52"/>
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="53"/>
+    </row>
+    <row r="26" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>40</v>
       </c>
-      <c r="C26" s="331"/>
-[...1 lines deleted...]
-      <c r="E26" s="338">
+      <c r="C26" s="252"/>
+      <c r="D26" s="252"/>
+      <c r="E26" s="273">
         <v>295412394</v>
       </c>
-      <c r="F26" s="338"/>
-[...3 lines deleted...]
-      <c r="J26" s="334" t="s">
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="273"/>
+      <c r="J26" s="287" t="s">
         <v>41</v>
       </c>
-      <c r="K26" s="334"/>
-      <c r="L26" s="338">
+      <c r="K26" s="287"/>
+      <c r="L26" s="273">
         <v>295412063</v>
       </c>
-      <c r="M26" s="338"/>
-[...1 lines deleted...]
-      <c r="O26" s="324" t="s">
+      <c r="M26" s="273"/>
+      <c r="N26" s="273"/>
+      <c r="O26" s="220" t="s">
         <v>42</v>
       </c>
-      <c r="P26" s="324"/>
-      <c r="Q26" s="398" t="s">
+      <c r="P26" s="220"/>
+      <c r="Q26" s="322" t="s">
         <v>36</v>
       </c>
-      <c r="R26" s="301"/>
-[...9 lines deleted...]
-      <c r="AB26" s="327" t="s">
+      <c r="R26" s="268"/>
+      <c r="S26" s="268"/>
+      <c r="T26" s="268"/>
+      <c r="U26" s="268"/>
+      <c r="V26" s="268"/>
+      <c r="W26" s="268"/>
+      <c r="X26" s="268"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="55"/>
+      <c r="AB26" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC26" s="328"/>
-[...2 lines deleted...]
-      <c r="AF26" s="57" t="s">
+      <c r="AC26" s="227"/>
+      <c r="AD26" s="227"/>
+      <c r="AE26" s="228"/>
+      <c r="AF26" s="51" t="s">
         <v>44</v>
       </c>
-      <c r="AG26" s="58"/>
-[...10 lines deleted...]
-      <c r="B27" s="330" t="s">
+      <c r="AG26" s="52"/>
+      <c r="AH26" s="52"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="53"/>
+    </row>
+    <row r="27" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="251" t="s">
         <v>45</v>
       </c>
-      <c r="C27" s="331"/>
-[...9 lines deleted...]
-      <c r="M27" s="399" t="s">
+      <c r="C27" s="252"/>
+      <c r="D27" s="252"/>
+      <c r="E27" s="252"/>
+      <c r="F27" s="252"/>
+      <c r="G27" s="252"/>
+      <c r="H27" s="279"/>
+      <c r="I27" s="279"/>
+      <c r="J27" s="279"/>
+      <c r="K27" s="279"/>
+      <c r="L27" s="279"/>
+      <c r="M27" s="323" t="s">
         <v>46</v>
       </c>
-      <c r="N27" s="399"/>
-[...13 lines deleted...]
-      <c r="AB27" s="56" t="s">
+      <c r="N27" s="323"/>
+      <c r="O27" s="323"/>
+      <c r="P27" s="323"/>
+      <c r="Q27" s="323"/>
+      <c r="R27" s="324"/>
+      <c r="S27" s="324"/>
+      <c r="T27" s="324"/>
+      <c r="U27" s="324"/>
+      <c r="V27" s="324"/>
+      <c r="W27" s="324"/>
+      <c r="X27" s="324"/>
+      <c r="Y27" s="324"/>
+      <c r="Z27" s="324"/>
+      <c r="AA27" s="325"/>
+      <c r="AB27" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC27" s="56"/>
-[...2 lines deleted...]
-      <c r="AF27" s="57" t="s">
+      <c r="AC27" s="50"/>
+      <c r="AD27" s="50"/>
+      <c r="AE27" s="50"/>
+      <c r="AF27" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="AG27" s="58"/>
-[...66 lines deleted...]
-      <c r="B30" s="412" t="s">
+      <c r="AG27" s="52"/>
+      <c r="AH27" s="52"/>
+      <c r="AI27" s="52"/>
+      <c r="AJ27" s="52"/>
+      <c r="AK27" s="52"/>
+      <c r="AL27" s="52"/>
+      <c r="AM27" s="52"/>
+      <c r="AN27" s="52"/>
+      <c r="AO27" s="53"/>
+    </row>
+    <row r="28" spans="2:41" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="56"/>
+      <c r="C28" s="43"/>
+      <c r="D28" s="43"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="43"/>
+      <c r="H28" s="43"/>
+      <c r="I28" s="43"/>
+      <c r="J28" s="43"/>
+      <c r="K28" s="43"/>
+      <c r="L28" s="43"/>
+      <c r="M28" s="57"/>
+      <c r="N28" s="57"/>
+      <c r="O28" s="57"/>
+      <c r="P28" s="57"/>
+      <c r="Q28" s="57"/>
+      <c r="R28" s="57"/>
+      <c r="S28" s="57"/>
+      <c r="T28" s="57"/>
+      <c r="U28" s="57"/>
+      <c r="V28" s="57"/>
+      <c r="W28" s="57"/>
+      <c r="X28" s="57"/>
+      <c r="Y28" s="57"/>
+      <c r="Z28" s="57"/>
+      <c r="AA28" s="58"/>
+    </row>
+    <row r="29" spans="2:41" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="42"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="32"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="32"/>
+      <c r="J29" s="32"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="32"/>
+      <c r="M29" s="32"/>
+      <c r="N29" s="32"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="32"/>
+      <c r="Q29" s="32"/>
+      <c r="R29" s="32"/>
+      <c r="S29" s="32"/>
+      <c r="T29" s="32"/>
+      <c r="U29" s="32"/>
+      <c r="V29" s="32"/>
+      <c r="W29" s="32"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+    </row>
+    <row r="30" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="403"/>
-      <c r="D30" s="412" t="s">
+      <c r="C30" s="312"/>
+      <c r="D30" s="319" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="402"/>
-[...3 lines deleted...]
-      <c r="I30" s="412" t="s">
+      <c r="E30" s="311"/>
+      <c r="F30" s="311"/>
+      <c r="G30" s="311"/>
+      <c r="H30" s="312"/>
+      <c r="I30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="J30" s="403"/>
-      <c r="K30" s="414" t="s">
+      <c r="J30" s="312"/>
+      <c r="K30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="L30" s="414"/>
-[...1 lines deleted...]
-      <c r="N30" s="412" t="s">
+      <c r="L30" s="321"/>
+      <c r="M30" s="321"/>
+      <c r="N30" s="319" t="s">
         <v>49</v>
       </c>
-      <c r="O30" s="403"/>
-      <c r="P30" s="414" t="s">
+      <c r="O30" s="312"/>
+      <c r="P30" s="321" t="s">
         <v>50</v>
       </c>
-      <c r="Q30" s="414"/>
-[...6 lines deleted...]
-      <c r="X30" s="402" t="s">
+      <c r="Q30" s="321"/>
+      <c r="R30" s="321"/>
+      <c r="S30" s="321"/>
+      <c r="T30" s="321"/>
+      <c r="U30" s="321"/>
+      <c r="V30" s="59"/>
+      <c r="W30" s="59"/>
+      <c r="X30" s="311" t="s">
         <v>51</v>
       </c>
-      <c r="Y30" s="402"/>
-[...30 lines deleted...]
-      <c r="AF31" s="68" t="s">
+      <c r="Y30" s="311"/>
+      <c r="Z30" s="311"/>
+      <c r="AA30" s="312"/>
+    </row>
+    <row r="31" spans="2:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="320"/>
+      <c r="C31" s="314"/>
+      <c r="D31" s="320"/>
+      <c r="E31" s="313"/>
+      <c r="F31" s="313"/>
+      <c r="G31" s="313"/>
+      <c r="H31" s="314"/>
+      <c r="I31" s="320"/>
+      <c r="J31" s="314"/>
+      <c r="K31" s="321"/>
+      <c r="L31" s="321"/>
+      <c r="M31" s="321"/>
+      <c r="N31" s="320"/>
+      <c r="O31" s="314"/>
+      <c r="P31" s="321"/>
+      <c r="Q31" s="321"/>
+      <c r="R31" s="321"/>
+      <c r="S31" s="321"/>
+      <c r="T31" s="321"/>
+      <c r="U31" s="321"/>
+      <c r="V31" s="60"/>
+      <c r="W31" s="60"/>
+      <c r="X31" s="313"/>
+      <c r="Y31" s="313"/>
+      <c r="Z31" s="313"/>
+      <c r="AA31" s="314"/>
+      <c r="AF31" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AH31" s="68" t="s">
+      <c r="AH31" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AL31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AN31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="32" spans="1:82" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="406">
+    <row r="32" spans="2:41" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="299">
         <v>1</v>
       </c>
-      <c r="C32" s="406"/>
-[...5 lines deleted...]
-      <c r="I32" s="406">
+      <c r="C32" s="299"/>
+      <c r="D32" s="315"/>
+      <c r="E32" s="315"/>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="316"/>
+      <c r="I32" s="299">
         <v>21</v>
       </c>
-      <c r="J32" s="406"/>
-[...3 lines deleted...]
-      <c r="N32" s="406">
+      <c r="J32" s="299"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="299">
         <v>41</v>
       </c>
-      <c r="O32" s="406"/>
-[...12 lines deleted...]
-      <c r="AB32" s="56" t="s">
+      <c r="O32" s="299"/>
+      <c r="P32" s="302"/>
+      <c r="Q32" s="302"/>
+      <c r="R32" s="302"/>
+      <c r="S32" s="302"/>
+      <c r="T32" s="302"/>
+      <c r="U32" s="302"/>
+      <c r="V32" s="62"/>
+      <c r="W32" s="62"/>
+      <c r="X32" s="317"/>
+      <c r="Y32" s="317"/>
+      <c r="Z32" s="317"/>
+      <c r="AA32" s="318"/>
+      <c r="AB32" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC32" s="56"/>
-[...1 lines deleted...]
-      <c r="AE32" s="56"/>
+      <c r="AC32" s="50"/>
+      <c r="AD32" s="50"/>
+      <c r="AE32" s="50"/>
       <c r="AL32" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AN32" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B33" s="406">
+    <row r="33" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="32"/>
+      <c r="B33" s="299">
         <v>2</v>
       </c>
-      <c r="C33" s="406"/>
-[...5 lines deleted...]
-      <c r="I33" s="406">
+      <c r="C33" s="299"/>
+      <c r="D33" s="302"/>
+      <c r="E33" s="302"/>
+      <c r="F33" s="302"/>
+      <c r="G33" s="302"/>
+      <c r="H33" s="310"/>
+      <c r="I33" s="299">
         <v>22</v>
       </c>
-      <c r="J33" s="406"/>
-[...3 lines deleted...]
-      <c r="N33" s="406">
+      <c r="J33" s="299"/>
+      <c r="K33" s="302"/>
+      <c r="L33" s="302"/>
+      <c r="M33" s="302"/>
+      <c r="N33" s="299">
         <v>42</v>
       </c>
-      <c r="O33" s="406"/>
-[...12 lines deleted...]
-      <c r="AB33" s="56" t="s">
+      <c r="O33" s="299"/>
+      <c r="P33" s="302"/>
+      <c r="Q33" s="302"/>
+      <c r="R33" s="302"/>
+      <c r="S33" s="302"/>
+      <c r="T33" s="302"/>
+      <c r="U33" s="302"/>
+      <c r="V33" s="49"/>
+      <c r="W33" s="49"/>
+      <c r="X33" s="305"/>
+      <c r="Y33" s="305"/>
+      <c r="Z33" s="305"/>
+      <c r="AA33" s="306"/>
+      <c r="AB33" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC33" s="56"/>
-[...1 lines deleted...]
-      <c r="AE33" s="56"/>
+      <c r="AC33" s="50"/>
+      <c r="AD33" s="50"/>
+      <c r="AE33" s="50"/>
       <c r="AF33" s="1">
         <v>295412394</v>
       </c>
       <c r="AH33" s="1">
         <v>295412063</v>
       </c>
-      <c r="AN33" s="72" t="s">
+      <c r="AN33" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="1:40" s="72" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B34" s="406">
+    <row r="34" spans="1:40" s="63" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="32"/>
+      <c r="B34" s="299">
         <v>3</v>
       </c>
-      <c r="C34" s="406"/>
-[...5 lines deleted...]
-      <c r="I34" s="406">
+      <c r="C34" s="299"/>
+      <c r="D34" s="304"/>
+      <c r="E34" s="304"/>
+      <c r="F34" s="304"/>
+      <c r="G34" s="304"/>
+      <c r="H34" s="303"/>
+      <c r="I34" s="299">
         <v>23</v>
       </c>
-      <c r="J34" s="406"/>
-[...3 lines deleted...]
-      <c r="N34" s="406">
+      <c r="J34" s="299"/>
+      <c r="K34" s="304"/>
+      <c r="L34" s="304"/>
+      <c r="M34" s="304"/>
+      <c r="N34" s="299">
         <v>43</v>
       </c>
-      <c r="O34" s="406"/>
-[...12 lines deleted...]
-      <c r="AB34" s="327" t="s">
+      <c r="O34" s="299"/>
+      <c r="P34" s="307"/>
+      <c r="Q34" s="308"/>
+      <c r="R34" s="308"/>
+      <c r="S34" s="308"/>
+      <c r="T34" s="308"/>
+      <c r="U34" s="309"/>
+      <c r="V34" s="64"/>
+      <c r="W34" s="64"/>
+      <c r="X34" s="273"/>
+      <c r="Y34" s="273"/>
+      <c r="Z34" s="273"/>
+      <c r="AA34" s="274"/>
+      <c r="AB34" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC34" s="328"/>
-[...1 lines deleted...]
-      <c r="AE34" s="329"/>
+      <c r="AC34" s="227"/>
+      <c r="AD34" s="227"/>
+      <c r="AE34" s="228"/>
     </row>
     <row r="35" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="406">
+      <c r="B35" s="299">
         <v>4</v>
       </c>
-      <c r="C35" s="406"/>
-[...5 lines deleted...]
-      <c r="I35" s="406">
+      <c r="C35" s="299"/>
+      <c r="D35" s="303"/>
+      <c r="E35" s="273"/>
+      <c r="F35" s="273"/>
+      <c r="G35" s="273"/>
+      <c r="H35" s="274"/>
+      <c r="I35" s="299">
         <v>24</v>
       </c>
-      <c r="J35" s="406"/>
-[...3 lines deleted...]
-      <c r="N35" s="406">
+      <c r="J35" s="299"/>
+      <c r="K35" s="304"/>
+      <c r="L35" s="304"/>
+      <c r="M35" s="304"/>
+      <c r="N35" s="299">
         <v>44</v>
       </c>
-      <c r="O35" s="406"/>
-[...12 lines deleted...]
-      <c r="AB35" s="327" t="s">
+      <c r="O35" s="299"/>
+      <c r="P35" s="302"/>
+      <c r="Q35" s="302"/>
+      <c r="R35" s="302"/>
+      <c r="S35" s="302"/>
+      <c r="T35" s="302"/>
+      <c r="U35" s="302"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="273"/>
+      <c r="Y35" s="273"/>
+      <c r="Z35" s="273"/>
+      <c r="AA35" s="274"/>
+      <c r="AB35" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC35" s="328"/>
-[...1 lines deleted...]
-      <c r="AE35" s="329"/>
+      <c r="AC35" s="227"/>
+      <c r="AD35" s="227"/>
+      <c r="AE35" s="228"/>
     </row>
     <row r="36" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="406">
+      <c r="B36" s="299">
         <v>5</v>
       </c>
-      <c r="C36" s="406"/>
-[...5 lines deleted...]
-      <c r="I36" s="406">
+      <c r="C36" s="299"/>
+      <c r="D36" s="300"/>
+      <c r="E36" s="300"/>
+      <c r="F36" s="300"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="301"/>
+      <c r="I36" s="299">
         <v>25</v>
       </c>
-      <c r="J36" s="406"/>
-[...3 lines deleted...]
-      <c r="N36" s="406">
+      <c r="J36" s="299"/>
+      <c r="K36" s="300"/>
+      <c r="L36" s="300"/>
+      <c r="M36" s="300"/>
+      <c r="N36" s="299">
         <v>45</v>
       </c>
-      <c r="O36" s="406"/>
-[...12 lines deleted...]
-      <c r="AB36" s="56" t="s">
+      <c r="O36" s="299"/>
+      <c r="P36" s="302"/>
+      <c r="Q36" s="302"/>
+      <c r="R36" s="302"/>
+      <c r="S36" s="302"/>
+      <c r="T36" s="302"/>
+      <c r="U36" s="302"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="297"/>
+      <c r="Y36" s="297"/>
+      <c r="Z36" s="297"/>
+      <c r="AA36" s="298"/>
+      <c r="AB36" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC36" s="56"/>
-[...1 lines deleted...]
-      <c r="AE36" s="56"/>
+      <c r="AC36" s="50"/>
+      <c r="AD36" s="50"/>
+      <c r="AE36" s="50"/>
     </row>
     <row r="37" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="406">
+      <c r="B37" s="299">
         <v>6</v>
       </c>
-      <c r="C37" s="406"/>
-[...5 lines deleted...]
-      <c r="I37" s="406">
+      <c r="C37" s="299"/>
+      <c r="D37" s="300"/>
+      <c r="E37" s="300"/>
+      <c r="F37" s="300"/>
+      <c r="G37" s="300"/>
+      <c r="H37" s="301"/>
+      <c r="I37" s="299">
         <v>26</v>
       </c>
-      <c r="J37" s="406"/>
-[...3 lines deleted...]
-      <c r="N37" s="406">
+      <c r="J37" s="299"/>
+      <c r="K37" s="300"/>
+      <c r="L37" s="300"/>
+      <c r="M37" s="300"/>
+      <c r="N37" s="299">
         <v>46</v>
       </c>
-      <c r="O37" s="406"/>
-[...11 lines deleted...]
-      <c r="AA37" s="423"/>
+      <c r="O37" s="299"/>
+      <c r="P37" s="302"/>
+      <c r="Q37" s="302"/>
+      <c r="R37" s="302"/>
+      <c r="S37" s="302"/>
+      <c r="T37" s="302"/>
+      <c r="U37" s="302"/>
+      <c r="V37" s="65"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="297"/>
+      <c r="Y37" s="297"/>
+      <c r="Z37" s="297"/>
+      <c r="AA37" s="298"/>
     </row>
     <row r="38" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="406">
+      <c r="B38" s="299">
         <v>7</v>
       </c>
-      <c r="C38" s="406"/>
-[...5 lines deleted...]
-      <c r="I38" s="406">
+      <c r="C38" s="299"/>
+      <c r="D38" s="300"/>
+      <c r="E38" s="300"/>
+      <c r="F38" s="300"/>
+      <c r="G38" s="300"/>
+      <c r="H38" s="301"/>
+      <c r="I38" s="299">
         <v>27</v>
       </c>
-      <c r="J38" s="406"/>
-[...3 lines deleted...]
-      <c r="N38" s="406">
+      <c r="J38" s="299"/>
+      <c r="K38" s="300"/>
+      <c r="L38" s="300"/>
+      <c r="M38" s="300"/>
+      <c r="N38" s="299">
         <v>47</v>
       </c>
-      <c r="O38" s="406"/>
-[...12 lines deleted...]
-      <c r="AB38" s="56" t="s">
+      <c r="O38" s="299"/>
+      <c r="P38" s="302"/>
+      <c r="Q38" s="302"/>
+      <c r="R38" s="302"/>
+      <c r="S38" s="302"/>
+      <c r="T38" s="302"/>
+      <c r="U38" s="302"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="297"/>
+      <c r="Y38" s="297"/>
+      <c r="Z38" s="297"/>
+      <c r="AA38" s="298"/>
+      <c r="AB38" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="AC38" s="56"/>
-[...1 lines deleted...]
-      <c r="AE38" s="56"/>
+      <c r="AC38" s="50"/>
+      <c r="AD38" s="50"/>
+      <c r="AE38" s="50"/>
       <c r="AF38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="406">
+      <c r="B39" s="299">
         <v>8</v>
       </c>
-      <c r="C39" s="406"/>
-[...5 lines deleted...]
-      <c r="I39" s="406">
+      <c r="C39" s="299"/>
+      <c r="D39" s="300"/>
+      <c r="E39" s="300"/>
+      <c r="F39" s="300"/>
+      <c r="G39" s="300"/>
+      <c r="H39" s="301"/>
+      <c r="I39" s="299">
         <v>28</v>
       </c>
-      <c r="J39" s="406"/>
-[...3 lines deleted...]
-      <c r="N39" s="406">
+      <c r="J39" s="299"/>
+      <c r="K39" s="300"/>
+      <c r="L39" s="300"/>
+      <c r="M39" s="300"/>
+      <c r="N39" s="299">
         <v>48</v>
       </c>
-      <c r="O39" s="406"/>
-[...12 lines deleted...]
-      <c r="AB39" s="56" t="s">
+      <c r="O39" s="299"/>
+      <c r="P39" s="302"/>
+      <c r="Q39" s="302"/>
+      <c r="R39" s="302"/>
+      <c r="S39" s="302"/>
+      <c r="T39" s="302"/>
+      <c r="U39" s="302"/>
+      <c r="V39" s="65"/>
+      <c r="W39" s="65"/>
+      <c r="X39" s="297"/>
+      <c r="Y39" s="297"/>
+      <c r="Z39" s="297"/>
+      <c r="AA39" s="298"/>
+      <c r="AB39" s="50" t="s">
         <v>35</v>
       </c>
-      <c r="AC39" s="56"/>
-[...1 lines deleted...]
-      <c r="AE39" s="56"/>
+      <c r="AC39" s="50"/>
+      <c r="AD39" s="50"/>
+      <c r="AE39" s="50"/>
       <c r="AF39" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="406">
+      <c r="B40" s="299">
         <v>9</v>
       </c>
-      <c r="C40" s="406"/>
-[...5 lines deleted...]
-      <c r="I40" s="406">
+      <c r="C40" s="299"/>
+      <c r="D40" s="300"/>
+      <c r="E40" s="300"/>
+      <c r="F40" s="300"/>
+      <c r="G40" s="300"/>
+      <c r="H40" s="301"/>
+      <c r="I40" s="299">
         <v>29</v>
       </c>
-      <c r="J40" s="406"/>
-[...3 lines deleted...]
-      <c r="N40" s="406">
+      <c r="J40" s="299"/>
+      <c r="K40" s="300"/>
+      <c r="L40" s="300"/>
+      <c r="M40" s="300"/>
+      <c r="N40" s="299">
         <v>49</v>
       </c>
-      <c r="O40" s="406"/>
-[...12 lines deleted...]
-      <c r="AB40" s="327" t="s">
+      <c r="O40" s="299"/>
+      <c r="P40" s="302"/>
+      <c r="Q40" s="302"/>
+      <c r="R40" s="302"/>
+      <c r="S40" s="302"/>
+      <c r="T40" s="302"/>
+      <c r="U40" s="302"/>
+      <c r="V40" s="65"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="297"/>
+      <c r="Y40" s="297"/>
+      <c r="Z40" s="297"/>
+      <c r="AA40" s="298"/>
+      <c r="AB40" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AC40" s="328"/>
-[...1 lines deleted...]
-      <c r="AE40" s="329"/>
+      <c r="AC40" s="227"/>
+      <c r="AD40" s="227"/>
+      <c r="AE40" s="228"/>
       <c r="AF40" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="406">
+      <c r="B41" s="299">
         <v>10</v>
       </c>
-      <c r="C41" s="406"/>
-[...5 lines deleted...]
-      <c r="I41" s="406">
+      <c r="C41" s="299"/>
+      <c r="D41" s="300"/>
+      <c r="E41" s="300"/>
+      <c r="F41" s="300"/>
+      <c r="G41" s="300"/>
+      <c r="H41" s="301"/>
+      <c r="I41" s="299">
         <v>30</v>
       </c>
-      <c r="J41" s="406"/>
-[...3 lines deleted...]
-      <c r="N41" s="406">
+      <c r="J41" s="299"/>
+      <c r="K41" s="300"/>
+      <c r="L41" s="300"/>
+      <c r="M41" s="300"/>
+      <c r="N41" s="299">
         <v>50</v>
       </c>
-      <c r="O41" s="406"/>
-[...12 lines deleted...]
-      <c r="AB41" s="327" t="s">
+      <c r="O41" s="299"/>
+      <c r="P41" s="302"/>
+      <c r="Q41" s="302"/>
+      <c r="R41" s="302"/>
+      <c r="S41" s="302"/>
+      <c r="T41" s="302"/>
+      <c r="U41" s="302"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="297"/>
+      <c r="Y41" s="297"/>
+      <c r="Z41" s="297"/>
+      <c r="AA41" s="298"/>
+      <c r="AB41" s="226" t="s">
         <v>43</v>
       </c>
-      <c r="AC41" s="328"/>
-[...2 lines deleted...]
-      <c r="AF41" s="52" t="s">
+      <c r="AC41" s="227"/>
+      <c r="AD41" s="227"/>
+      <c r="AE41" s="228"/>
+      <c r="AF41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="406">
+      <c r="B42" s="299">
         <v>11</v>
       </c>
-      <c r="C42" s="406"/>
-[...5 lines deleted...]
-      <c r="I42" s="406">
+      <c r="C42" s="299"/>
+      <c r="D42" s="300"/>
+      <c r="E42" s="300"/>
+      <c r="F42" s="300"/>
+      <c r="G42" s="300"/>
+      <c r="H42" s="301"/>
+      <c r="I42" s="299">
         <v>31</v>
       </c>
-      <c r="J42" s="406"/>
-[...3 lines deleted...]
-      <c r="N42" s="406">
+      <c r="J42" s="299"/>
+      <c r="K42" s="300"/>
+      <c r="L42" s="300"/>
+      <c r="M42" s="300"/>
+      <c r="N42" s="299">
         <v>51</v>
       </c>
-      <c r="O42" s="406"/>
-[...12 lines deleted...]
-      <c r="AB42" s="56" t="s">
+      <c r="O42" s="299"/>
+      <c r="P42" s="302"/>
+      <c r="Q42" s="302"/>
+      <c r="R42" s="302"/>
+      <c r="S42" s="302"/>
+      <c r="T42" s="302"/>
+      <c r="U42" s="302"/>
+      <c r="V42" s="65"/>
+      <c r="W42" s="65"/>
+      <c r="X42" s="297"/>
+      <c r="Y42" s="297"/>
+      <c r="Z42" s="297"/>
+      <c r="AA42" s="298"/>
+      <c r="AB42" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="AC42" s="56"/>
-[...2 lines deleted...]
-      <c r="AF42" s="52" t="s">
+      <c r="AC42" s="50"/>
+      <c r="AD42" s="50"/>
+      <c r="AE42" s="50"/>
+      <c r="AF42" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="406">
+      <c r="B43" s="299">
         <v>12</v>
       </c>
-      <c r="C43" s="406"/>
-[...5 lines deleted...]
-      <c r="I43" s="406">
+      <c r="C43" s="299"/>
+      <c r="D43" s="300"/>
+      <c r="E43" s="300"/>
+      <c r="F43" s="300"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
+      <c r="I43" s="299">
         <v>32</v>
       </c>
-      <c r="J43" s="406"/>
-[...3 lines deleted...]
-      <c r="N43" s="406">
+      <c r="J43" s="299"/>
+      <c r="K43" s="300"/>
+      <c r="L43" s="300"/>
+      <c r="M43" s="300"/>
+      <c r="N43" s="299">
         <v>52</v>
       </c>
-      <c r="O43" s="406"/>
-[...11 lines deleted...]
-      <c r="AA43" s="423"/>
+      <c r="O43" s="299"/>
+      <c r="P43" s="302"/>
+      <c r="Q43" s="302"/>
+      <c r="R43" s="302"/>
+      <c r="S43" s="302"/>
+      <c r="T43" s="302"/>
+      <c r="U43" s="302"/>
+      <c r="V43" s="65"/>
+      <c r="W43" s="65"/>
+      <c r="X43" s="297"/>
+      <c r="Y43" s="297"/>
+      <c r="Z43" s="297"/>
+      <c r="AA43" s="298"/>
     </row>
     <row r="44" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="406">
+      <c r="B44" s="299">
         <v>13</v>
       </c>
-      <c r="C44" s="406"/>
-[...5 lines deleted...]
-      <c r="I44" s="406">
+      <c r="C44" s="299"/>
+      <c r="D44" s="300"/>
+      <c r="E44" s="300"/>
+      <c r="F44" s="300"/>
+      <c r="G44" s="300"/>
+      <c r="H44" s="301"/>
+      <c r="I44" s="299">
         <v>33</v>
       </c>
-      <c r="J44" s="406"/>
-[...3 lines deleted...]
-      <c r="N44" s="406">
+      <c r="J44" s="299"/>
+      <c r="K44" s="300"/>
+      <c r="L44" s="300"/>
+      <c r="M44" s="300"/>
+      <c r="N44" s="299">
         <v>53</v>
       </c>
-      <c r="O44" s="406"/>
-[...11 lines deleted...]
-      <c r="AA44" s="423"/>
+      <c r="O44" s="299"/>
+      <c r="P44" s="302"/>
+      <c r="Q44" s="302"/>
+      <c r="R44" s="302"/>
+      <c r="S44" s="302"/>
+      <c r="T44" s="302"/>
+      <c r="U44" s="302"/>
+      <c r="V44" s="65"/>
+      <c r="W44" s="65"/>
+      <c r="X44" s="297"/>
+      <c r="Y44" s="297"/>
+      <c r="Z44" s="297"/>
+      <c r="AA44" s="298"/>
     </row>
     <row r="45" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="406">
+      <c r="B45" s="299">
         <v>14</v>
       </c>
-      <c r="C45" s="406"/>
-[...5 lines deleted...]
-      <c r="I45" s="406">
+      <c r="C45" s="299"/>
+      <c r="D45" s="300"/>
+      <c r="E45" s="300"/>
+      <c r="F45" s="300"/>
+      <c r="G45" s="300"/>
+      <c r="H45" s="301"/>
+      <c r="I45" s="299">
         <v>34</v>
       </c>
-      <c r="J45" s="406"/>
-[...3 lines deleted...]
-      <c r="N45" s="406">
+      <c r="J45" s="299"/>
+      <c r="K45" s="300"/>
+      <c r="L45" s="300"/>
+      <c r="M45" s="300"/>
+      <c r="N45" s="299">
         <v>54</v>
       </c>
-      <c r="O45" s="406"/>
-[...11 lines deleted...]
-      <c r="AA45" s="423"/>
+      <c r="O45" s="299"/>
+      <c r="P45" s="302"/>
+      <c r="Q45" s="302"/>
+      <c r="R45" s="302"/>
+      <c r="S45" s="302"/>
+      <c r="T45" s="302"/>
+      <c r="U45" s="302"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="297"/>
+      <c r="Y45" s="297"/>
+      <c r="Z45" s="297"/>
+      <c r="AA45" s="298"/>
     </row>
     <row r="46" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="406">
+      <c r="B46" s="299">
         <v>15</v>
       </c>
-      <c r="C46" s="406"/>
-[...5 lines deleted...]
-      <c r="I46" s="406">
+      <c r="C46" s="299"/>
+      <c r="D46" s="300"/>
+      <c r="E46" s="300"/>
+      <c r="F46" s="300"/>
+      <c r="G46" s="300"/>
+      <c r="H46" s="301"/>
+      <c r="I46" s="299">
         <v>35</v>
       </c>
-      <c r="J46" s="406"/>
-[...3 lines deleted...]
-      <c r="N46" s="406">
+      <c r="J46" s="299"/>
+      <c r="K46" s="300"/>
+      <c r="L46" s="300"/>
+      <c r="M46" s="300"/>
+      <c r="N46" s="299">
         <v>55</v>
       </c>
-      <c r="O46" s="406"/>
-[...11 lines deleted...]
-      <c r="AA46" s="423"/>
+      <c r="O46" s="299"/>
+      <c r="P46" s="302"/>
+      <c r="Q46" s="302"/>
+      <c r="R46" s="302"/>
+      <c r="S46" s="302"/>
+      <c r="T46" s="302"/>
+      <c r="U46" s="302"/>
+      <c r="V46" s="65"/>
+      <c r="W46" s="65"/>
+      <c r="X46" s="297"/>
+      <c r="Y46" s="297"/>
+      <c r="Z46" s="297"/>
+      <c r="AA46" s="298"/>
     </row>
     <row r="47" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="406">
+      <c r="B47" s="299">
         <v>16</v>
       </c>
-      <c r="C47" s="406"/>
-[...5 lines deleted...]
-      <c r="I47" s="406">
+      <c r="C47" s="299"/>
+      <c r="D47" s="300"/>
+      <c r="E47" s="300"/>
+      <c r="F47" s="300"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="301"/>
+      <c r="I47" s="299">
         <v>36</v>
       </c>
-      <c r="J47" s="406"/>
-[...3 lines deleted...]
-      <c r="N47" s="406">
+      <c r="J47" s="299"/>
+      <c r="K47" s="300"/>
+      <c r="L47" s="300"/>
+      <c r="M47" s="300"/>
+      <c r="N47" s="299">
         <v>56</v>
       </c>
-      <c r="O47" s="406"/>
-[...11 lines deleted...]
-      <c r="AA47" s="423"/>
+      <c r="O47" s="299"/>
+      <c r="P47" s="302"/>
+      <c r="Q47" s="302"/>
+      <c r="R47" s="302"/>
+      <c r="S47" s="302"/>
+      <c r="T47" s="302"/>
+      <c r="U47" s="302"/>
+      <c r="V47" s="65"/>
+      <c r="W47" s="65"/>
+      <c r="X47" s="297"/>
+      <c r="Y47" s="297"/>
+      <c r="Z47" s="297"/>
+      <c r="AA47" s="298"/>
     </row>
     <row r="48" spans="1:40" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="406">
+      <c r="B48" s="299">
         <v>17</v>
       </c>
-      <c r="C48" s="406"/>
-[...5 lines deleted...]
-      <c r="I48" s="406">
+      <c r="C48" s="299"/>
+      <c r="D48" s="300"/>
+      <c r="E48" s="300"/>
+      <c r="F48" s="300"/>
+      <c r="G48" s="300"/>
+      <c r="H48" s="301"/>
+      <c r="I48" s="299">
         <v>37</v>
       </c>
-      <c r="J48" s="406"/>
-[...3 lines deleted...]
-      <c r="N48" s="406">
+      <c r="J48" s="299"/>
+      <c r="K48" s="300"/>
+      <c r="L48" s="300"/>
+      <c r="M48" s="300"/>
+      <c r="N48" s="299">
         <v>57</v>
       </c>
-      <c r="O48" s="406"/>
-[...11 lines deleted...]
-      <c r="AA48" s="423"/>
+      <c r="O48" s="299"/>
+      <c r="P48" s="302"/>
+      <c r="Q48" s="302"/>
+      <c r="R48" s="302"/>
+      <c r="S48" s="302"/>
+      <c r="T48" s="302"/>
+      <c r="U48" s="302"/>
+      <c r="V48" s="65"/>
+      <c r="W48" s="65"/>
+      <c r="X48" s="297"/>
+      <c r="Y48" s="297"/>
+      <c r="Z48" s="297"/>
+      <c r="AA48" s="298"/>
     </row>
     <row r="49" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="406">
+      <c r="B49" s="299">
         <v>18</v>
       </c>
-      <c r="C49" s="406"/>
-[...5 lines deleted...]
-      <c r="I49" s="406">
+      <c r="C49" s="299"/>
+      <c r="D49" s="300"/>
+      <c r="E49" s="300"/>
+      <c r="F49" s="300"/>
+      <c r="G49" s="300"/>
+      <c r="H49" s="301"/>
+      <c r="I49" s="299">
         <v>38</v>
       </c>
-      <c r="J49" s="406"/>
-[...3 lines deleted...]
-      <c r="N49" s="406">
+      <c r="J49" s="299"/>
+      <c r="K49" s="300"/>
+      <c r="L49" s="300"/>
+      <c r="M49" s="300"/>
+      <c r="N49" s="299">
         <v>58</v>
       </c>
-      <c r="O49" s="406"/>
-[...11 lines deleted...]
-      <c r="AA49" s="423"/>
+      <c r="O49" s="299"/>
+      <c r="P49" s="302"/>
+      <c r="Q49" s="302"/>
+      <c r="R49" s="302"/>
+      <c r="S49" s="302"/>
+      <c r="T49" s="302"/>
+      <c r="U49" s="302"/>
+      <c r="V49" s="65"/>
+      <c r="W49" s="65"/>
+      <c r="X49" s="297"/>
+      <c r="Y49" s="297"/>
+      <c r="Z49" s="297"/>
+      <c r="AA49" s="298"/>
     </row>
     <row r="50" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="406">
+      <c r="B50" s="299">
         <v>19</v>
       </c>
-      <c r="C50" s="406"/>
-[...5 lines deleted...]
-      <c r="I50" s="406">
+      <c r="C50" s="299"/>
+      <c r="D50" s="300"/>
+      <c r="E50" s="300"/>
+      <c r="F50" s="300"/>
+      <c r="G50" s="300"/>
+      <c r="H50" s="301"/>
+      <c r="I50" s="299">
         <v>39</v>
       </c>
-      <c r="J50" s="406"/>
-[...3 lines deleted...]
-      <c r="N50" s="406">
+      <c r="J50" s="299"/>
+      <c r="K50" s="300"/>
+      <c r="L50" s="300"/>
+      <c r="M50" s="300"/>
+      <c r="N50" s="299">
         <v>59</v>
       </c>
-      <c r="O50" s="406"/>
-[...11 lines deleted...]
-      <c r="AA50" s="423"/>
+      <c r="O50" s="299"/>
+      <c r="P50" s="302"/>
+      <c r="Q50" s="302"/>
+      <c r="R50" s="302"/>
+      <c r="S50" s="302"/>
+      <c r="T50" s="302"/>
+      <c r="U50" s="302"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="297"/>
+      <c r="Y50" s="297"/>
+      <c r="Z50" s="297"/>
+      <c r="AA50" s="298"/>
     </row>
     <row r="51" spans="1:27" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="406">
+      <c r="B51" s="299">
         <v>20</v>
       </c>
-      <c r="C51" s="406"/>
-[...5 lines deleted...]
-      <c r="I51" s="406">
+      <c r="C51" s="299"/>
+      <c r="D51" s="300"/>
+      <c r="E51" s="300"/>
+      <c r="F51" s="300"/>
+      <c r="G51" s="300"/>
+      <c r="H51" s="301"/>
+      <c r="I51" s="299">
         <v>40</v>
       </c>
-      <c r="J51" s="406"/>
-[...3 lines deleted...]
-      <c r="N51" s="406">
+      <c r="J51" s="299"/>
+      <c r="K51" s="300"/>
+      <c r="L51" s="300"/>
+      <c r="M51" s="300"/>
+      <c r="N51" s="299">
         <v>60</v>
       </c>
-      <c r="O51" s="406"/>
-[...11 lines deleted...]
-      <c r="AA51" s="423"/>
+      <c r="O51" s="299"/>
+      <c r="P51" s="302"/>
+      <c r="Q51" s="302"/>
+      <c r="R51" s="302"/>
+      <c r="S51" s="302"/>
+      <c r="T51" s="302"/>
+      <c r="U51" s="302"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="297"/>
+      <c r="Y51" s="297"/>
+      <c r="Z51" s="297"/>
+      <c r="AA51" s="298"/>
     </row>
     <row r="52" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="75" t="s">
+      <c r="B52" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="C52" s="75"/>
-[...23 lines deleted...]
-      <c r="AA52" s="77"/>
+      <c r="C52" s="66"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="67"/>
+      <c r="K52" s="67"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
+      <c r="P52" s="35"/>
+      <c r="Q52" s="35"/>
+      <c r="R52" s="35"/>
+      <c r="S52" s="35"/>
+      <c r="T52" s="35"/>
+      <c r="U52" s="35"/>
+      <c r="V52" s="35"/>
+      <c r="W52" s="35"/>
+      <c r="X52" s="35"/>
+      <c r="Y52" s="68"/>
+      <c r="Z52" s="68"/>
+      <c r="AA52" s="68"/>
     </row>
     <row r="53" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="427" t="s">
+      <c r="B53" s="296" t="s">
         <v>63</v>
       </c>
-      <c r="C53" s="427"/>
-[...21 lines deleted...]
-      <c r="Y53" s="77"/>
+      <c r="C53" s="296"/>
+      <c r="D53" s="296"/>
+      <c r="E53" s="296"/>
+      <c r="F53" s="296"/>
+      <c r="G53" s="296"/>
+      <c r="H53" s="296"/>
+      <c r="I53" s="296"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="68"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="68"/>
+      <c r="P53" s="68"/>
+      <c r="Q53" s="68"/>
+      <c r="R53" s="68"/>
+      <c r="S53" s="68"/>
+      <c r="T53" s="68"/>
+      <c r="U53" s="68"/>
+      <c r="V53" s="68"/>
+      <c r="W53" s="68"/>
+      <c r="X53" s="68"/>
+      <c r="Y53" s="68"/>
     </row>
     <row r="54" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="426" t="s">
+      <c r="B54" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="C54" s="426"/>
-[...21 lines deleted...]
-      <c r="Y54" s="77"/>
+      <c r="C54" s="283"/>
+      <c r="D54" s="283"/>
+      <c r="E54" s="283"/>
+      <c r="F54" s="283"/>
+      <c r="G54" s="283"/>
+      <c r="H54" s="283"/>
+      <c r="I54" s="283"/>
+      <c r="J54" s="283"/>
+      <c r="K54" s="283"/>
+      <c r="L54" s="283"/>
+      <c r="M54" s="283"/>
+      <c r="N54" s="283"/>
+      <c r="O54" s="283"/>
+      <c r="P54" s="283"/>
+      <c r="Q54" s="283"/>
+      <c r="R54" s="283"/>
+      <c r="S54" s="283"/>
+      <c r="T54" s="283"/>
+      <c r="U54" s="68"/>
+      <c r="V54" s="68"/>
+      <c r="W54" s="68"/>
+      <c r="X54" s="68"/>
+      <c r="Y54" s="68"/>
     </row>
     <row r="55" spans="1:27" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="426" t="s">
+      <c r="B55" s="283" t="s">
         <v>65</v>
       </c>
-      <c r="C55" s="426"/>
-[...23 lines deleted...]
-      <c r="AA55" s="426"/>
+      <c r="C55" s="283"/>
+      <c r="D55" s="283"/>
+      <c r="E55" s="283"/>
+      <c r="F55" s="283"/>
+      <c r="G55" s="283"/>
+      <c r="H55" s="283"/>
+      <c r="I55" s="283"/>
+      <c r="J55" s="283"/>
+      <c r="K55" s="283"/>
+      <c r="L55" s="283"/>
+      <c r="M55" s="283"/>
+      <c r="N55" s="283"/>
+      <c r="O55" s="283"/>
+      <c r="P55" s="283"/>
+      <c r="Q55" s="283"/>
+      <c r="R55" s="283"/>
+      <c r="S55" s="283"/>
+      <c r="T55" s="283"/>
+      <c r="U55" s="283"/>
+      <c r="V55" s="283"/>
+      <c r="W55" s="283"/>
+      <c r="X55" s="283"/>
+      <c r="Y55" s="283"/>
+      <c r="Z55" s="283"/>
+      <c r="AA55" s="283"/>
     </row>
     <row r="56" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="77" t="s">
+      <c r="B56" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="C56" s="77"/>
-[...23 lines deleted...]
-      <c r="AA56" s="77"/>
+      <c r="C56" s="68"/>
+      <c r="D56" s="68"/>
+      <c r="E56" s="68"/>
+      <c r="F56" s="68"/>
+      <c r="G56" s="68"/>
+      <c r="H56" s="68"/>
+      <c r="I56" s="68"/>
+      <c r="J56" s="68"/>
+      <c r="K56" s="68"/>
+      <c r="L56" s="68"/>
+      <c r="M56" s="68"/>
+      <c r="N56" s="68"/>
+      <c r="O56" s="68"/>
+      <c r="P56" s="68"/>
+      <c r="Q56" s="68"/>
+      <c r="R56" s="68"/>
+      <c r="S56" s="68"/>
+      <c r="T56" s="68"/>
+      <c r="U56" s="68"/>
+      <c r="V56" s="68"/>
+      <c r="W56" s="68"/>
+      <c r="X56" s="68"/>
+      <c r="Y56" s="68"/>
+      <c r="Z56" s="68"/>
+      <c r="AA56" s="68"/>
     </row>
     <row r="57" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="426" t="s">
+      <c r="B57" s="283" t="s">
         <v>67</v>
       </c>
-      <c r="C57" s="426"/>
-[...23 lines deleted...]
-      <c r="AA57" s="77"/>
+      <c r="C57" s="283"/>
+      <c r="D57" s="283"/>
+      <c r="E57" s="283"/>
+      <c r="F57" s="283"/>
+      <c r="G57" s="283"/>
+      <c r="H57" s="283"/>
+      <c r="I57" s="283"/>
+      <c r="J57" s="283"/>
+      <c r="K57" s="68"/>
+      <c r="L57" s="68"/>
+      <c r="M57" s="68"/>
+      <c r="N57" s="68"/>
+      <c r="O57" s="68"/>
+      <c r="P57" s="68"/>
+      <c r="Q57" s="68"/>
+      <c r="R57" s="68"/>
+      <c r="S57" s="68"/>
+      <c r="T57" s="68"/>
+      <c r="U57" s="68"/>
+      <c r="V57" s="68"/>
+      <c r="W57" s="68"/>
+      <c r="X57" s="68"/>
+      <c r="Y57" s="69"/>
+      <c r="Z57" s="68"/>
+      <c r="AA57" s="68"/>
     </row>
     <row r="58" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="426" t="s">
+      <c r="B58" s="283" t="s">
         <v>68</v>
       </c>
-      <c r="C58" s="426"/>
-[...23 lines deleted...]
-      <c r="AA58" s="426"/>
+      <c r="C58" s="283"/>
+      <c r="D58" s="283"/>
+      <c r="E58" s="283"/>
+      <c r="F58" s="283"/>
+      <c r="G58" s="283"/>
+      <c r="H58" s="283"/>
+      <c r="I58" s="283"/>
+      <c r="J58" s="283"/>
+      <c r="K58" s="283"/>
+      <c r="L58" s="283"/>
+      <c r="M58" s="283"/>
+      <c r="N58" s="283"/>
+      <c r="O58" s="283"/>
+      <c r="P58" s="283"/>
+      <c r="Q58" s="283"/>
+      <c r="R58" s="283"/>
+      <c r="S58" s="283"/>
+      <c r="T58" s="283"/>
+      <c r="U58" s="283"/>
+      <c r="V58" s="283"/>
+      <c r="W58" s="283"/>
+      <c r="X58" s="283"/>
+      <c r="Y58" s="283"/>
+      <c r="Z58" s="283"/>
+      <c r="AA58" s="283"/>
     </row>
     <row r="59" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="426" t="s">
+      <c r="B59" s="283" t="s">
         <v>69</v>
       </c>
-      <c r="C59" s="426"/>
-[...23 lines deleted...]
-      <c r="AA59" s="81"/>
+      <c r="C59" s="283"/>
+      <c r="D59" s="283"/>
+      <c r="E59" s="283"/>
+      <c r="F59" s="68"/>
+      <c r="G59" s="68"/>
+      <c r="H59" s="68"/>
+      <c r="I59" s="68"/>
+      <c r="J59" s="68"/>
+      <c r="K59" s="68"/>
+      <c r="L59" s="68"/>
+      <c r="M59" s="68"/>
+      <c r="N59" s="68"/>
+      <c r="O59" s="68"/>
+      <c r="P59" s="68"/>
+      <c r="Q59" s="68"/>
+      <c r="R59" s="68"/>
+      <c r="S59" s="68"/>
+      <c r="T59" s="68"/>
+      <c r="U59" s="68"/>
+      <c r="V59" s="68"/>
+      <c r="W59" s="68"/>
+      <c r="X59" s="68"/>
+      <c r="Y59" s="70"/>
+      <c r="Z59" s="68"/>
+      <c r="AA59" s="68"/>
     </row>
     <row r="60" spans="1:27" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="426" t="s">
+      <c r="B60" s="283" t="s">
         <v>70</v>
       </c>
-      <c r="C60" s="426"/>
-[...22 lines deleted...]
-      <c r="AA60" s="78"/>
+      <c r="C60" s="283"/>
+      <c r="D60" s="283"/>
+      <c r="E60" s="283"/>
+      <c r="F60" s="283"/>
+      <c r="G60" s="283"/>
+      <c r="H60" s="283"/>
+      <c r="I60" s="283"/>
+      <c r="J60" s="283"/>
+      <c r="K60" s="283"/>
+      <c r="L60" s="68"/>
+      <c r="M60" s="68"/>
+      <c r="N60" s="68"/>
+      <c r="O60" s="68"/>
+      <c r="P60" s="68"/>
+      <c r="Q60" s="68"/>
+      <c r="R60" s="68"/>
+      <c r="S60" s="68"/>
+      <c r="T60" s="68"/>
+      <c r="U60" s="68"/>
+      <c r="V60" s="68"/>
+      <c r="W60" s="68"/>
+      <c r="X60" s="68"/>
+      <c r="Z60" s="68"/>
+      <c r="AA60" s="68"/>
     </row>
     <row r="61" spans="1:27" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="426" t="s">
+      <c r="B61" s="283" t="s">
         <v>71</v>
       </c>
-      <c r="C61" s="426"/>
-[...22 lines deleted...]
-      <c r="AA61" s="79"/>
+      <c r="C61" s="283"/>
+      <c r="D61" s="283"/>
+      <c r="E61" s="283"/>
+      <c r="F61" s="283"/>
+      <c r="G61" s="283"/>
+      <c r="H61" s="283"/>
+      <c r="I61" s="283"/>
+      <c r="J61" s="283"/>
+      <c r="K61" s="283"/>
+      <c r="L61" s="283"/>
+      <c r="M61" s="283"/>
+      <c r="N61" s="68"/>
+      <c r="O61" s="68"/>
+      <c r="P61" s="68"/>
+      <c r="Q61" s="68"/>
+      <c r="R61" s="68"/>
+      <c r="S61" s="68"/>
+      <c r="T61" s="68"/>
+      <c r="U61" s="68"/>
+      <c r="V61" s="68"/>
+      <c r="W61" s="68"/>
+      <c r="X61" s="68"/>
+      <c r="Z61" s="69"/>
+      <c r="AA61" s="69"/>
     </row>
     <row r="62" spans="1:27" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="426" t="s">
+      <c r="B62" s="283" t="s">
         <v>72</v>
       </c>
-      <c r="C62" s="426"/>
-[...20 lines deleted...]
-      <c r="X62" s="426"/>
+      <c r="C62" s="283"/>
+      <c r="D62" s="283"/>
+      <c r="E62" s="283"/>
+      <c r="F62" s="283"/>
+      <c r="G62" s="283"/>
+      <c r="H62" s="283"/>
+      <c r="I62" s="283"/>
+      <c r="J62" s="283"/>
+      <c r="K62" s="283"/>
+      <c r="L62" s="283"/>
+      <c r="M62" s="283"/>
+      <c r="N62" s="283"/>
+      <c r="O62" s="283"/>
+      <c r="P62" s="283"/>
+      <c r="Q62" s="283"/>
+      <c r="R62" s="283"/>
+      <c r="S62" s="283"/>
+      <c r="T62" s="283"/>
+      <c r="U62" s="283"/>
+      <c r="V62" s="283"/>
+      <c r="W62" s="283"/>
+      <c r="X62" s="283"/>
     </row>
     <row r="63" spans="1:27" ht="0.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" spans="1:27" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="25"/>
-[...25 lines deleted...]
-      <c r="AA64" s="25"/>
+      <c r="A64" s="23"/>
+      <c r="B64" s="23"/>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="23"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="23"/>
+      <c r="L64" s="23"/>
+      <c r="M64" s="23"/>
+      <c r="N64" s="23"/>
+      <c r="O64" s="23"/>
+      <c r="P64" s="23"/>
+      <c r="Q64" s="23"/>
+      <c r="R64" s="23"/>
+      <c r="S64" s="23"/>
+      <c r="T64" s="23"/>
+      <c r="U64" s="23"/>
+      <c r="V64" s="23"/>
+      <c r="W64" s="23"/>
+      <c r="X64" s="23"/>
+      <c r="Y64" s="23"/>
+      <c r="Z64" s="23"/>
+      <c r="AA64" s="23"/>
     </row>
   </sheetData>
   <sheetProtection password="CA38" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="224">
-    <mergeCell ref="B60:K60"/>
-[...183 lines deleted...]
-    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="AE7:AK7"/>
+    <mergeCell ref="AB8:AD8"/>
+    <mergeCell ref="AE8:AK8"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="AE9:AK9"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:N4"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E6:N6"/>
+    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="AE10:AK10"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="H11:L11"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Y11"/>
+    <mergeCell ref="Z11:AA11"/>
+    <mergeCell ref="AB11:AD11"/>
+    <mergeCell ref="AE11:AK11"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="I17:L17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="P19:X19"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="E12:H12"/>
     <mergeCell ref="J12:M12"/>
     <mergeCell ref="N12:P12"/>
     <mergeCell ref="U12:Z12"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="P14:R14"/>
     <mergeCell ref="S14:AA14"/>
-    <mergeCell ref="AE10:AK10"/>
-[...20 lines deleted...]
-    <mergeCell ref="Q6:AA6"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="F21:K21"/>
+    <mergeCell ref="N21:T21"/>
+    <mergeCell ref="S23:AA23"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="D24:L24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="X24:AA24"/>
+    <mergeCell ref="Q26:Z26"/>
+    <mergeCell ref="AB26:AE26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="M27:Q27"/>
+    <mergeCell ref="R27:AA27"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:N25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="AB25:AE25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="X30:AA31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="D32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:U32"/>
+    <mergeCell ref="X32:AA32"/>
+    <mergeCell ref="B30:C31"/>
+    <mergeCell ref="D30:H31"/>
+    <mergeCell ref="I30:J31"/>
+    <mergeCell ref="K30:M31"/>
+    <mergeCell ref="N30:O31"/>
+    <mergeCell ref="P30:U31"/>
+    <mergeCell ref="X33:AA33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="D34:H34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="P34:U34"/>
+    <mergeCell ref="X34:AA34"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="D33:H33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:O33"/>
+    <mergeCell ref="P33:U33"/>
+    <mergeCell ref="AB34:AE34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="P35:U35"/>
+    <mergeCell ref="X35:AA35"/>
+    <mergeCell ref="AB35:AE35"/>
+    <mergeCell ref="X36:AA36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:AA37"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X38:AA38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:AA39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="X40:AA40"/>
+    <mergeCell ref="AB40:AE40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:AA41"/>
+    <mergeCell ref="AB41:AE41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X42:AA42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:AA43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X44:AA44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:AA45"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X46:AA46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:AA47"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X48:AA48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:AA49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X50:AA50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:AA51"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="B61:M61"/>
+    <mergeCell ref="B62:X62"/>
+    <mergeCell ref="B53:I53"/>
+    <mergeCell ref="B54:T54"/>
+    <mergeCell ref="B55:AA55"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="B58:AA58"/>
+    <mergeCell ref="B59:E59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AF25" r:id="rId1" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
     <hyperlink ref="AF24" r:id="rId2" xr:uid="{00000000-0004-0000-0500-000001000000}"/>
     <hyperlink ref="AF26" r:id="rId3" xr:uid="{00000000-0004-0000-0500-000002000000}"/>
     <hyperlink ref="AF27" r:id="rId4" xr:uid="{00000000-0004-0000-0500-000003000000}"/>
     <hyperlink ref="AF23" r:id="rId5" xr:uid="{00000000-0004-0000-0500-000004000000}"/>
     <hyperlink ref="X24" r:id="rId6" xr:uid="{00000000-0004-0000-0500-000005000000}"/>
     <hyperlink ref="Q26" r:id="rId7" xr:uid="{00000000-0004-0000-0500-000006000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.15748031496062992" top="0.11811023622047245" bottom="0.31496062992125984" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Página &amp;P de &amp;N&amp;C&amp;8&amp;XVinha Brava 9700-236 - Angra do Heroísmo - Tel: 295 404 245 - Fax: 295 216 492 - e:mail:info.lrv@azores.gov.pt&amp;R&amp;8Modelo 70-15/2015-01-09</oddFooter>
   </headerFooter>
   <drawing r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:CH78"/>
+  <dimension ref="A1:BF77"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showWhiteSpace="0" view="pageBreakPreview" zoomScale="120" zoomScaleNormal="130" zoomScaleSheetLayoutView="120" workbookViewId="0">
-      <selection activeCell="C72" sqref="C72:I72"/>
+    <sheetView showGridLines="0" tabSelected="1" showWhiteSpace="0" view="pageBreakPreview" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D21" sqref="D21:R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...24 lines deleted...]
-    <col min="31" max="31" width="10.7109375" style="50" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="5.5703125" style="21" customWidth="1"/>
+    <col min="4" max="6" width="3.28515625" style="21" customWidth="1"/>
+    <col min="7" max="7" width="4.7109375" style="21" customWidth="1"/>
+    <col min="8" max="8" width="1.140625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="3" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="7" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.7109375" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="2.140625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="2" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="3.5703125" style="21" customWidth="1"/>
+    <col min="26" max="26" width="5.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="11.140625" style="21" customWidth="1"/>
+    <col min="28" max="28" width="1.42578125" style="21" customWidth="1"/>
+    <col min="29" max="29" width="1.5703125" style="21" customWidth="1"/>
+    <col min="30" max="30" width="10.7109375" style="21" customWidth="1"/>
+    <col min="31" max="31" width="10.7109375" style="21" hidden="1" customWidth="1"/>
     <col min="32" max="35" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="36" max="36" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="37" max="37" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="38" max="38" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="39" max="54" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="55" max="55" width="0.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="56" max="56" width="1" style="1" hidden="1" customWidth="1"/>
     <col min="57" max="57" width="0.7109375" style="1" hidden="1" customWidth="1"/>
-    <col min="58" max="58" width="3.28515625" style="49" hidden="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="87" max="16384" width="3.28515625" style="1"/>
+    <col min="58" max="58" width="3.28515625" style="1" hidden="1" customWidth="1"/>
+    <col min="59" max="82" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="83" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:41" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="432"/>
-[...7 lines deleted...]
-      <c r="J1" s="433" t="s">
+      <c r="B1" s="365"/>
+      <c r="C1" s="365"/>
+      <c r="D1" s="365"/>
+      <c r="E1" s="365"/>
+      <c r="F1" s="365"/>
+      <c r="G1" s="365"/>
+      <c r="H1" s="365"/>
+      <c r="I1" s="365"/>
+      <c r="J1" s="366" t="s">
         <v>136</v>
       </c>
-      <c r="K1" s="433"/>
-[...19 lines deleted...]
-      <c r="AE1" s="85"/>
+      <c r="K1" s="366"/>
+      <c r="L1" s="366"/>
+      <c r="M1" s="366"/>
+      <c r="N1" s="366"/>
+      <c r="O1" s="366"/>
+      <c r="P1" s="366"/>
+      <c r="Q1" s="366"/>
+      <c r="R1" s="366"/>
+      <c r="S1" s="366"/>
+      <c r="T1" s="366"/>
+      <c r="U1" s="366"/>
+      <c r="V1" s="366"/>
+      <c r="W1" s="366"/>
+      <c r="X1" s="366"/>
+      <c r="Y1" s="366"/>
+      <c r="Z1" s="366"/>
+      <c r="AA1" s="366"/>
+      <c r="AB1" s="189"/>
+      <c r="AC1" s="189"/>
+      <c r="AD1" s="74"/>
+      <c r="AE1" s="74"/>
     </row>
     <row r="2" spans="2:41" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
       <c r="AD2" s="6"/>
       <c r="AE2" s="6"/>
     </row>
     <row r="3" spans="2:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="434" t="s">
-[...25 lines deleted...]
-      <c r="Z3" s="441" t="s">
+      <c r="B3" s="367" t="s">
+        <v>142</v>
+      </c>
+      <c r="C3" s="367"/>
+      <c r="D3" s="367"/>
+      <c r="E3" s="367"/>
+      <c r="F3" s="367"/>
+      <c r="G3" s="367"/>
+      <c r="H3" s="367"/>
+      <c r="I3" s="367"/>
+      <c r="J3" s="367"/>
+      <c r="K3" s="367"/>
+      <c r="L3" s="367"/>
+      <c r="M3" s="367"/>
+      <c r="N3" s="367"/>
+      <c r="O3" s="367"/>
+      <c r="P3" s="368"/>
+      <c r="Q3" s="158"/>
+      <c r="R3" s="159"/>
+      <c r="S3" s="160"/>
+      <c r="T3" s="161"/>
+      <c r="U3" s="161"/>
+      <c r="V3" s="161"/>
+      <c r="W3" s="161"/>
+      <c r="X3" s="161"/>
+      <c r="Y3" s="162"/>
+      <c r="Z3" s="374" t="s">
         <v>2</v>
       </c>
-      <c r="AA3" s="441"/>
-[...3 lines deleted...]
-      <c r="AE3" s="86"/>
+      <c r="AA3" s="374"/>
+      <c r="AB3" s="190"/>
+      <c r="AC3" s="217"/>
+      <c r="AD3" s="75"/>
+      <c r="AE3" s="75"/>
       <c r="AG3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="434"/>
-[...14 lines deleted...]
-      <c r="Q4" s="223" t="s">
+      <c r="B4" s="367"/>
+      <c r="C4" s="367"/>
+      <c r="D4" s="367"/>
+      <c r="E4" s="367"/>
+      <c r="F4" s="367"/>
+      <c r="G4" s="367"/>
+      <c r="H4" s="367"/>
+      <c r="I4" s="367"/>
+      <c r="J4" s="367"/>
+      <c r="K4" s="367"/>
+      <c r="L4" s="367"/>
+      <c r="M4" s="367"/>
+      <c r="N4" s="367"/>
+      <c r="O4" s="367"/>
+      <c r="P4" s="368"/>
+      <c r="Q4" s="163" t="s">
         <v>129</v>
       </c>
-      <c r="R4" s="224"/>
-[...12 lines deleted...]
-      <c r="AE4" s="251"/>
+      <c r="R4" s="164"/>
+      <c r="S4" s="164"/>
+      <c r="T4" s="164"/>
+      <c r="U4" s="164"/>
+      <c r="V4" s="164"/>
+      <c r="W4" s="164"/>
+      <c r="X4" s="164"/>
+      <c r="Y4" s="164"/>
+      <c r="Z4" s="165"/>
+      <c r="AA4" s="165"/>
+      <c r="AB4" s="199"/>
+      <c r="AC4" s="105"/>
+      <c r="AD4" s="45"/>
+      <c r="AE4" s="45"/>
       <c r="AG4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="444" t="s">
+      <c r="B5" s="377" t="s">
         <v>122</v>
       </c>
-      <c r="C5" s="444"/>
-[...13 lines deleted...]
-      <c r="Q5" s="223" t="s">
+      <c r="C5" s="377"/>
+      <c r="D5" s="377"/>
+      <c r="E5" s="377"/>
+      <c r="F5" s="377"/>
+      <c r="G5" s="377"/>
+      <c r="H5" s="377"/>
+      <c r="I5" s="377"/>
+      <c r="J5" s="377"/>
+      <c r="K5" s="377"/>
+      <c r="L5" s="377"/>
+      <c r="M5" s="377"/>
+      <c r="N5" s="377"/>
+      <c r="O5" s="377"/>
+      <c r="P5" s="378"/>
+      <c r="Q5" s="163" t="s">
         <v>132</v>
       </c>
-      <c r="R5" s="226"/>
-[...12 lines deleted...]
-      <c r="AE5" s="247"/>
+      <c r="R5" s="166"/>
+      <c r="S5" s="167"/>
+      <c r="T5" s="168"/>
+      <c r="U5" s="168"/>
+      <c r="V5" s="168"/>
+      <c r="W5" s="168"/>
+      <c r="X5" s="168"/>
+      <c r="Y5" s="168"/>
+      <c r="Z5" s="169"/>
+      <c r="AA5" s="169"/>
+      <c r="AB5" s="200"/>
+      <c r="AC5" s="17"/>
+      <c r="AD5" s="17"/>
+      <c r="AE5" s="17"/>
     </row>
     <row r="6" spans="2:41" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="253"/>
-      <c r="C6" s="450" t="s">
+      <c r="B6" s="181"/>
+      <c r="C6" s="382" t="s">
         <v>139</v>
       </c>
-      <c r="D6" s="450"/>
-[...26 lines deleted...]
-      <c r="AE6" s="247"/>
+      <c r="D6" s="382"/>
+      <c r="E6" s="382"/>
+      <c r="F6" s="382"/>
+      <c r="G6" s="382"/>
+      <c r="H6" s="382"/>
+      <c r="I6" s="382"/>
+      <c r="J6" s="382"/>
+      <c r="K6" s="382"/>
+      <c r="L6" s="382"/>
+      <c r="M6" s="382"/>
+      <c r="N6" s="382"/>
+      <c r="O6" s="382"/>
+      <c r="P6" s="182"/>
+      <c r="Q6" s="163"/>
+      <c r="R6" s="166"/>
+      <c r="S6" s="167"/>
+      <c r="T6" s="168"/>
+      <c r="U6" s="168"/>
+      <c r="V6" s="168"/>
+      <c r="W6" s="168"/>
+      <c r="X6" s="168"/>
+      <c r="Y6" s="168"/>
+      <c r="Z6" s="179"/>
+      <c r="AA6" s="179"/>
+      <c r="AB6" s="200"/>
+      <c r="AC6" s="17"/>
+      <c r="AD6" s="17"/>
+      <c r="AE6" s="17"/>
     </row>
     <row r="7" spans="2:41" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="253"/>
-[...14 lines deleted...]
-      <c r="Q7" s="223" t="s">
+      <c r="B7" s="181"/>
+      <c r="C7" s="382"/>
+      <c r="D7" s="382"/>
+      <c r="E7" s="382"/>
+      <c r="F7" s="382"/>
+      <c r="G7" s="382"/>
+      <c r="H7" s="382"/>
+      <c r="I7" s="382"/>
+      <c r="J7" s="382"/>
+      <c r="K7" s="382"/>
+      <c r="L7" s="382"/>
+      <c r="M7" s="382"/>
+      <c r="N7" s="382"/>
+      <c r="O7" s="382"/>
+      <c r="P7" s="182"/>
+      <c r="Q7" s="163" t="s">
         <v>123</v>
       </c>
-      <c r="R7" s="224"/>
-[...12 lines deleted...]
-      <c r="AE7" s="247"/>
+      <c r="R7" s="164"/>
+      <c r="S7" s="164"/>
+      <c r="T7" s="164"/>
+      <c r="U7" s="164"/>
+      <c r="V7" s="164"/>
+      <c r="W7" s="164"/>
+      <c r="X7" s="165"/>
+      <c r="Y7" s="165"/>
+      <c r="Z7" s="165"/>
+      <c r="AA7" s="165"/>
+      <c r="AB7" s="199"/>
+      <c r="AC7" s="105"/>
+      <c r="AD7" s="17"/>
+      <c r="AE7" s="17"/>
     </row>
     <row r="8" spans="2:41" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="22"/>
-[...38 lines deleted...]
-      <c r="AO8" s="379"/>
+      <c r="B8" s="20"/>
+      <c r="C8" s="178"/>
+      <c r="D8" s="178"/>
+      <c r="E8" s="178"/>
+      <c r="F8" s="178"/>
+      <c r="G8" s="178"/>
+      <c r="H8" s="178"/>
+      <c r="I8" s="178"/>
+      <c r="J8" s="178"/>
+      <c r="K8" s="178"/>
+      <c r="L8" s="178"/>
+      <c r="M8" s="178"/>
+      <c r="N8" s="178"/>
+      <c r="O8" s="178"/>
+      <c r="P8" s="178"/>
+      <c r="Q8" s="170"/>
+      <c r="R8" s="171"/>
+      <c r="S8" s="171"/>
+      <c r="T8" s="171"/>
+      <c r="U8" s="171"/>
+      <c r="V8" s="171"/>
+      <c r="W8" s="171"/>
+      <c r="X8" s="171"/>
+      <c r="Y8" s="171"/>
+      <c r="Z8" s="171"/>
+      <c r="AA8" s="171"/>
+      <c r="AB8" s="172"/>
+      <c r="AC8" s="218"/>
+      <c r="AD8" s="45"/>
+      <c r="AE8" s="45"/>
+      <c r="AF8" s="222"/>
+      <c r="AG8" s="222"/>
+      <c r="AH8" s="222"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
+      <c r="AL8" s="219"/>
+      <c r="AM8" s="219"/>
+      <c r="AN8" s="219"/>
+      <c r="AO8" s="219"/>
     </row>
     <row r="9" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>121</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AO9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AF9" s="222"/>
+      <c r="AG9" s="222"/>
+      <c r="AH9" s="222"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
+      <c r="AL9" s="219"/>
+      <c r="AM9" s="219"/>
+      <c r="AN9" s="219"/>
+      <c r="AO9" s="219"/>
     </row>
     <row r="10" spans="2:41" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="436" t="s">
+      <c r="B10" s="369" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="437"/>
-[...8 lines deleted...]
-      <c r="L10" s="442" t="s">
+      <c r="C10" s="370"/>
+      <c r="D10" s="370"/>
+      <c r="E10" s="370"/>
+      <c r="F10" s="370"/>
+      <c r="G10" s="380"/>
+      <c r="H10" s="380"/>
+      <c r="I10" s="380"/>
+      <c r="J10" s="380"/>
+      <c r="K10" s="380"/>
+      <c r="L10" s="375" t="s">
         <v>125</v>
       </c>
-      <c r="M10" s="442"/>
-[...7 lines deleted...]
-      <c r="U10" s="442" t="s">
+      <c r="M10" s="375"/>
+      <c r="N10" s="375"/>
+      <c r="O10" s="375"/>
+      <c r="P10" s="376"/>
+      <c r="Q10" s="376"/>
+      <c r="R10" s="376"/>
+      <c r="S10" s="376"/>
+      <c r="T10" s="376"/>
+      <c r="U10" s="375" t="s">
         <v>86</v>
       </c>
-      <c r="V10" s="442"/>
-[...18 lines deleted...]
-      <c r="AO10" s="379"/>
+      <c r="V10" s="375"/>
+      <c r="W10" s="375"/>
+      <c r="X10" s="375"/>
+      <c r="Y10" s="375"/>
+      <c r="Z10" s="375"/>
+      <c r="AA10" s="201"/>
+      <c r="AB10" s="211"/>
+      <c r="AC10" s="212"/>
+      <c r="AD10" s="85"/>
+      <c r="AE10" s="85"/>
+      <c r="AF10" s="222"/>
+      <c r="AG10" s="222"/>
+      <c r="AH10" s="222"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
+      <c r="AL10" s="219"/>
+      <c r="AM10" s="219"/>
+      <c r="AN10" s="219"/>
+      <c r="AO10" s="219"/>
     </row>
     <row r="11" spans="2:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="439" t="s">
+      <c r="B11" s="372" t="s">
         <v>126</v>
       </c>
-      <c r="C11" s="440"/>
-[...8 lines deleted...]
-      <c r="L11" s="447" t="s">
+      <c r="C11" s="373"/>
+      <c r="D11" s="373"/>
+      <c r="E11" s="381"/>
+      <c r="F11" s="381"/>
+      <c r="G11" s="381"/>
+      <c r="H11" s="154"/>
+      <c r="I11" s="371"/>
+      <c r="J11" s="371"/>
+      <c r="K11" s="371"/>
+      <c r="L11" s="379" t="s">
         <v>138</v>
       </c>
-      <c r="M11" s="447"/>
-[...17 lines deleted...]
-      <c r="AE11" s="34"/>
+      <c r="M11" s="379"/>
+      <c r="N11" s="379"/>
+      <c r="O11" s="379"/>
+      <c r="P11" s="381"/>
+      <c r="Q11" s="381"/>
+      <c r="R11" s="381"/>
+      <c r="S11" s="381"/>
+      <c r="T11" s="381"/>
+      <c r="U11" s="381"/>
+      <c r="V11" s="381"/>
+      <c r="W11" s="381"/>
+      <c r="X11" s="381"/>
+      <c r="Y11" s="381"/>
+      <c r="Z11" s="105"/>
+      <c r="AA11" s="105"/>
+      <c r="AB11" s="147"/>
+      <c r="AC11" s="105"/>
+      <c r="AD11" s="32"/>
+      <c r="AE11" s="32"/>
     </row>
     <row r="12" spans="2:41" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="259"/>
-[...28 lines deleted...]
-      <c r="AE12" s="34"/>
+      <c r="B12" s="187"/>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17"/>
+      <c r="E12" s="17"/>
+      <c r="F12" s="148"/>
+      <c r="G12" s="148"/>
+      <c r="H12" s="148"/>
+      <c r="I12" s="148"/>
+      <c r="J12" s="149"/>
+      <c r="K12" s="149"/>
+      <c r="L12" s="149"/>
+      <c r="M12" s="149"/>
+      <c r="N12" s="191"/>
+      <c r="O12" s="106"/>
+      <c r="P12" s="106"/>
+      <c r="Q12" s="106"/>
+      <c r="R12" s="150"/>
+      <c r="S12" s="150"/>
+      <c r="T12" s="150"/>
+      <c r="U12" s="150"/>
+      <c r="V12" s="150"/>
+      <c r="W12" s="150"/>
+      <c r="X12" s="150"/>
+      <c r="Y12" s="150"/>
+      <c r="Z12" s="106"/>
+      <c r="AA12" s="106"/>
+      <c r="AB12" s="151"/>
+      <c r="AC12" s="106"/>
+      <c r="AD12" s="32"/>
+      <c r="AE12" s="32"/>
     </row>
     <row r="13" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="215" t="s">
+      <c r="B13" s="155" t="s">
         <v>127</v>
       </c>
-      <c r="C13" s="216"/>
-[...2 lines deleted...]
-      <c r="F13" s="446" t="s">
+      <c r="C13" s="156"/>
+      <c r="D13" s="105"/>
+      <c r="E13" s="105"/>
+      <c r="F13" s="379" t="s">
         <v>90</v>
       </c>
-      <c r="G13" s="446"/>
-[...5 lines deleted...]
-      <c r="M13" s="176" t="s">
+      <c r="G13" s="379"/>
+      <c r="H13" s="152"/>
+      <c r="I13" s="184"/>
+      <c r="J13" s="152"/>
+      <c r="K13" s="105"/>
+      <c r="L13" s="105"/>
+      <c r="M13" s="105" t="s">
         <v>128</v>
       </c>
-      <c r="N13" s="234"/>
-[...16 lines deleted...]
-      <c r="AE13" s="34"/>
+      <c r="N13" s="174"/>
+      <c r="O13" s="184"/>
+      <c r="P13" s="105"/>
+      <c r="Q13" s="105"/>
+      <c r="R13" s="105"/>
+      <c r="S13" s="105"/>
+      <c r="T13" s="105"/>
+      <c r="U13" s="105"/>
+      <c r="V13" s="105"/>
+      <c r="W13" s="105"/>
+      <c r="X13" s="105"/>
+      <c r="Y13" s="105"/>
+      <c r="Z13" s="105"/>
+      <c r="AA13" s="105"/>
+      <c r="AB13" s="147"/>
+      <c r="AC13" s="105"/>
+      <c r="AD13" s="32"/>
+      <c r="AE13" s="32"/>
     </row>
     <row r="14" spans="2:41" ht="2.85" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="89"/>
-[...28 lines deleted...]
-      <c r="AE14" s="97"/>
+      <c r="B14" s="78"/>
+      <c r="C14" s="79"/>
+      <c r="D14" s="79"/>
+      <c r="E14" s="79"/>
+      <c r="F14" s="79"/>
+      <c r="G14" s="42"/>
+      <c r="H14" s="42"/>
+      <c r="I14" s="42"/>
+      <c r="J14" s="42"/>
+      <c r="K14" s="42"/>
+      <c r="L14" s="102"/>
+      <c r="M14" s="80"/>
+      <c r="N14" s="102"/>
+      <c r="O14" s="42"/>
+      <c r="P14" s="42"/>
+      <c r="Q14" s="42"/>
+      <c r="R14" s="42"/>
+      <c r="S14" s="103"/>
+      <c r="T14" s="103"/>
+      <c r="U14" s="103"/>
+      <c r="V14" s="103"/>
+      <c r="W14" s="103"/>
+      <c r="X14" s="103"/>
+      <c r="Y14" s="103"/>
+      <c r="Z14" s="103"/>
+      <c r="AA14" s="103"/>
+      <c r="AB14" s="104"/>
+      <c r="AC14" s="85"/>
+      <c r="AD14" s="86"/>
+      <c r="AE14" s="86"/>
     </row>
     <row r="15" spans="2:41" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="368" t="s">
+      <c r="B15" s="240" t="s">
         <v>84</v>
       </c>
-      <c r="C15" s="368"/>
-[...27 lines deleted...]
-      <c r="AE15" s="251"/>
+      <c r="C15" s="240"/>
+      <c r="D15" s="240"/>
+      <c r="E15" s="240"/>
+      <c r="F15" s="240"/>
+      <c r="G15" s="240"/>
+      <c r="H15" s="240"/>
+      <c r="I15" s="240"/>
+      <c r="J15" s="240"/>
+      <c r="K15" s="240"/>
+      <c r="L15" s="32"/>
+      <c r="M15" s="35"/>
+      <c r="N15" s="35"/>
+      <c r="O15" s="32"/>
+      <c r="P15" s="35"/>
+      <c r="Q15" s="35"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="45"/>
+      <c r="T15" s="45"/>
+      <c r="U15" s="45"/>
+      <c r="V15" s="45"/>
+      <c r="W15" s="45"/>
+      <c r="X15" s="45"/>
+      <c r="Y15" s="45"/>
+      <c r="Z15" s="45"/>
+      <c r="AA15" s="45"/>
+      <c r="AB15" s="45"/>
+      <c r="AC15" s="45"/>
+      <c r="AD15" s="45"/>
+      <c r="AE15" s="45"/>
     </row>
     <row r="16" spans="2:41" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="92"/>
-[...65 lines deleted...]
-      <c r="B18" s="430" t="s">
+      <c r="B16" s="81"/>
+      <c r="C16" s="91"/>
+      <c r="D16" s="91"/>
+      <c r="E16" s="91"/>
+      <c r="F16" s="91"/>
+      <c r="G16" s="91"/>
+      <c r="H16" s="91"/>
+      <c r="I16" s="91"/>
+      <c r="J16" s="91"/>
+      <c r="K16" s="91"/>
+      <c r="L16" s="31"/>
+      <c r="M16" s="91"/>
+      <c r="N16" s="91"/>
+      <c r="O16" s="31"/>
+      <c r="P16" s="91"/>
+      <c r="Q16" s="91"/>
+      <c r="R16" s="91"/>
+      <c r="S16" s="92"/>
+      <c r="T16" s="92"/>
+      <c r="U16" s="92"/>
+      <c r="V16" s="92"/>
+      <c r="W16" s="92"/>
+      <c r="X16" s="92"/>
+      <c r="Y16" s="92"/>
+      <c r="Z16" s="92"/>
+      <c r="AA16" s="92"/>
+      <c r="AB16" s="82"/>
+      <c r="AC16" s="45"/>
+      <c r="AD16" s="45"/>
+      <c r="AE16" s="45"/>
+    </row>
+    <row r="17" spans="2:45" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="383" t="s">
+        <v>144</v>
+      </c>
+      <c r="C17" s="384"/>
+      <c r="D17" s="384"/>
+      <c r="E17" s="384"/>
+      <c r="F17" s="384"/>
+      <c r="G17" s="384"/>
+      <c r="H17" s="384"/>
+      <c r="I17" s="384"/>
+      <c r="J17" s="384"/>
+      <c r="K17" s="384"/>
+      <c r="L17" s="384"/>
+      <c r="M17" s="384"/>
+      <c r="N17" s="384"/>
+      <c r="O17" s="384"/>
+      <c r="P17" s="384"/>
+      <c r="Q17" s="384"/>
+      <c r="R17" s="384"/>
+      <c r="S17" s="384"/>
+      <c r="T17" s="384"/>
+      <c r="U17" s="384"/>
+      <c r="V17" s="384"/>
+      <c r="W17" s="384"/>
+      <c r="X17" s="384"/>
+      <c r="Y17" s="384"/>
+      <c r="Z17" s="384"/>
+      <c r="AA17" s="384"/>
+      <c r="AB17" s="193"/>
+      <c r="AC17" s="192"/>
+      <c r="AD17" s="45"/>
+      <c r="AE17" s="45"/>
+    </row>
+    <row r="18" spans="2:45" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="383" t="s">
         <v>143</v>
       </c>
-      <c r="C18" s="431"/>
-[...92 lines deleted...]
-      <c r="B20" s="182" t="s">
+      <c r="C18" s="385"/>
+      <c r="D18" s="385"/>
+      <c r="E18" s="385"/>
+      <c r="F18" s="385"/>
+      <c r="G18" s="385"/>
+      <c r="H18" s="385"/>
+      <c r="I18" s="385"/>
+      <c r="J18" s="385"/>
+      <c r="K18" s="385"/>
+      <c r="L18" s="385"/>
+      <c r="M18" s="385"/>
+      <c r="N18" s="385"/>
+      <c r="O18" s="385"/>
+      <c r="P18" s="385"/>
+      <c r="Q18" s="385"/>
+      <c r="R18" s="385"/>
+      <c r="S18" s="385"/>
+      <c r="T18" s="385"/>
+      <c r="U18" s="385"/>
+      <c r="V18" s="385"/>
+      <c r="W18" s="385"/>
+      <c r="X18" s="385"/>
+      <c r="Y18" s="385"/>
+      <c r="Z18" s="385"/>
+      <c r="AA18" s="385"/>
+      <c r="AB18" s="193"/>
+      <c r="AC18" s="192"/>
+      <c r="AD18" s="45"/>
+      <c r="AE18" s="45"/>
+    </row>
+    <row r="19" spans="2:45" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="22"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23"/>
+      <c r="H19" s="23"/>
+      <c r="I19" s="23"/>
+      <c r="J19" s="23"/>
+      <c r="K19" s="23"/>
+      <c r="L19" s="23"/>
+      <c r="M19" s="23"/>
+      <c r="N19" s="23"/>
+      <c r="O19" s="23"/>
+      <c r="P19" s="23"/>
+      <c r="Q19" s="23"/>
+      <c r="R19" s="23"/>
+      <c r="S19" s="23"/>
+      <c r="T19" s="23"/>
+      <c r="U19" s="23"/>
+      <c r="V19" s="23"/>
+      <c r="W19" s="23"/>
+      <c r="X19" s="23"/>
+      <c r="Y19" s="23"/>
+      <c r="Z19" s="23"/>
+      <c r="AA19" s="23"/>
+      <c r="AB19" s="47"/>
+    </row>
+    <row r="20" spans="2:45" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="27" t="s">
         <v>131</v>
       </c>
-      <c r="C20" s="182"/>
-[...25 lines deleted...]
-      <c r="AC20" s="274"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="27"/>
+      <c r="E20" s="27"/>
+      <c r="F20" s="27"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="27"/>
+      <c r="I20" s="27"/>
+      <c r="J20" s="27"/>
+      <c r="K20" s="27"/>
+      <c r="L20" s="27"/>
+      <c r="M20" s="27"/>
+      <c r="N20" s="27"/>
+      <c r="O20" s="27"/>
+      <c r="P20" s="194"/>
+      <c r="Q20" s="194"/>
+      <c r="R20" s="194"/>
+      <c r="S20" s="194"/>
+      <c r="T20" s="194"/>
+      <c r="U20" s="194"/>
+      <c r="V20" s="194"/>
+      <c r="W20" s="194"/>
+      <c r="X20" s="194"/>
+      <c r="Y20" s="194"/>
+      <c r="Z20" s="194"/>
+      <c r="AA20" s="194"/>
+      <c r="AB20" s="194"/>
+      <c r="AC20" s="194"/>
       <c r="AD20" s="2"/>
       <c r="AE20" s="2"/>
-      <c r="AF20" s="88" t="s">
+      <c r="AF20" s="77" t="s">
         <v>27</v>
       </c>
-      <c r="AG20" s="56"/>
-[...2 lines deleted...]
-      <c r="AJ20" s="57" t="s">
+      <c r="AG20" s="50"/>
+      <c r="AH20" s="50"/>
+      <c r="AI20" s="50"/>
+      <c r="AJ20" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AK20" s="58"/>
-[...10 lines deleted...]
-      <c r="B21" s="436" t="s">
+      <c r="AK20" s="52"/>
+      <c r="AL20" s="52"/>
+      <c r="AM20" s="52"/>
+      <c r="AN20" s="52"/>
+      <c r="AO20" s="52"/>
+      <c r="AP20" s="52"/>
+      <c r="AQ20" s="52"/>
+      <c r="AR20" s="52"/>
+      <c r="AS20" s="53"/>
+    </row>
+    <row r="21" spans="2:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="369" t="s">
         <v>29</v>
       </c>
-      <c r="C21" s="437"/>
-[...16 lines deleted...]
-      <c r="T21" s="212" t="s">
+      <c r="C21" s="370"/>
+      <c r="D21" s="376"/>
+      <c r="E21" s="376"/>
+      <c r="F21" s="376"/>
+      <c r="G21" s="376"/>
+      <c r="H21" s="376"/>
+      <c r="I21" s="376"/>
+      <c r="J21" s="376"/>
+      <c r="K21" s="376"/>
+      <c r="L21" s="376"/>
+      <c r="M21" s="376"/>
+      <c r="N21" s="376"/>
+      <c r="O21" s="376"/>
+      <c r="P21" s="376"/>
+      <c r="Q21" s="376"/>
+      <c r="R21" s="376"/>
+      <c r="S21" s="153"/>
+      <c r="T21" s="153" t="s">
         <v>102</v>
       </c>
-      <c r="U21" s="212"/>
-[...10 lines deleted...]
-      <c r="AF21" s="88" t="s">
+      <c r="U21" s="153"/>
+      <c r="V21" s="153"/>
+      <c r="W21" s="153"/>
+      <c r="X21" s="376"/>
+      <c r="Y21" s="376"/>
+      <c r="Z21" s="376"/>
+      <c r="AA21" s="376"/>
+      <c r="AB21" s="205"/>
+      <c r="AC21" s="141"/>
+      <c r="AD21" s="86"/>
+      <c r="AE21" s="86"/>
+      <c r="AF21" s="77" t="s">
         <v>35</v>
       </c>
-      <c r="AG21" s="56"/>
-[...2 lines deleted...]
-      <c r="AJ21" s="57" t="s">
+      <c r="AG21" s="50"/>
+      <c r="AH21" s="50"/>
+      <c r="AI21" s="50"/>
+      <c r="AJ21" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AK21" s="58"/>
-[...10 lines deleted...]
-      <c r="B22" s="175" t="s">
+      <c r="AK21" s="52"/>
+      <c r="AL21" s="52"/>
+      <c r="AM21" s="52"/>
+      <c r="AN21" s="52"/>
+      <c r="AO21" s="52"/>
+      <c r="AP21" s="52"/>
+      <c r="AQ21" s="52"/>
+      <c r="AR21" s="52"/>
+      <c r="AS21" s="53"/>
+    </row>
+    <row r="22" spans="2:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="121" t="s">
         <v>120</v>
       </c>
-      <c r="C22" s="176"/>
-[...16 lines deleted...]
-      <c r="T22" s="213" t="s">
+      <c r="C22" s="105"/>
+      <c r="D22" s="354"/>
+      <c r="E22" s="354"/>
+      <c r="F22" s="354"/>
+      <c r="G22" s="354"/>
+      <c r="H22" s="354"/>
+      <c r="I22" s="354"/>
+      <c r="J22" s="354"/>
+      <c r="K22" s="354"/>
+      <c r="L22" s="354"/>
+      <c r="M22" s="354"/>
+      <c r="N22" s="354"/>
+      <c r="O22" s="354"/>
+      <c r="P22" s="354"/>
+      <c r="Q22" s="354"/>
+      <c r="R22" s="354"/>
+      <c r="S22" s="154"/>
+      <c r="T22" s="154" t="s">
         <v>100</v>
       </c>
-      <c r="U22" s="213"/>
-[...26 lines deleted...]
-      <c r="B23" s="175" t="s">
+      <c r="U22" s="154"/>
+      <c r="V22" s="154"/>
+      <c r="W22" s="154"/>
+      <c r="X22" s="154"/>
+      <c r="Y22" s="175"/>
+      <c r="Z22" s="358"/>
+      <c r="AA22" s="358"/>
+      <c r="AB22" s="206"/>
+      <c r="AC22" s="213"/>
+      <c r="AD22" s="86"/>
+      <c r="AE22" s="86"/>
+      <c r="AF22" s="83"/>
+      <c r="AG22" s="83"/>
+      <c r="AH22" s="83"/>
+      <c r="AI22" s="77"/>
+      <c r="AJ22" s="51"/>
+      <c r="AK22" s="52"/>
+      <c r="AL22" s="52"/>
+      <c r="AM22" s="52"/>
+      <c r="AN22" s="52"/>
+      <c r="AO22" s="52"/>
+      <c r="AP22" s="52"/>
+      <c r="AQ22" s="52"/>
+      <c r="AR22" s="52"/>
+      <c r="AS22" s="53"/>
+    </row>
+    <row r="23" spans="2:45" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="121" t="s">
         <v>98</v>
       </c>
-      <c r="C23" s="176"/>
-[...16 lines deleted...]
-      <c r="T23" s="176" t="s">
+      <c r="C23" s="105"/>
+      <c r="D23" s="355"/>
+      <c r="E23" s="355"/>
+      <c r="F23" s="355"/>
+      <c r="G23" s="355"/>
+      <c r="H23" s="355"/>
+      <c r="I23" s="355"/>
+      <c r="J23" s="355"/>
+      <c r="K23" s="355"/>
+      <c r="L23" s="355"/>
+      <c r="M23" s="355"/>
+      <c r="N23" s="355"/>
+      <c r="O23" s="355"/>
+      <c r="P23" s="355"/>
+      <c r="Q23" s="355"/>
+      <c r="R23" s="355"/>
+      <c r="S23" s="105"/>
+      <c r="T23" s="105" t="s">
         <v>40</v>
       </c>
-      <c r="U23" s="176"/>
-[...10 lines deleted...]
-      <c r="AF23" s="327" t="s">
+      <c r="U23" s="105"/>
+      <c r="V23" s="105"/>
+      <c r="W23" s="105"/>
+      <c r="X23" s="105"/>
+      <c r="Y23" s="356"/>
+      <c r="Z23" s="356"/>
+      <c r="AA23" s="356"/>
+      <c r="AB23" s="207"/>
+      <c r="AC23" s="214"/>
+      <c r="AD23" s="86"/>
+      <c r="AE23" s="86"/>
+      <c r="AF23" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AG23" s="328"/>
-[...2 lines deleted...]
-      <c r="AJ23" s="57" t="s">
+      <c r="AG23" s="227"/>
+      <c r="AH23" s="227"/>
+      <c r="AI23" s="228"/>
+      <c r="AJ23" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AK23" s="58"/>
-[...10 lines deleted...]
-      <c r="B24" s="175" t="s">
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="52"/>
+      <c r="AP23" s="52"/>
+      <c r="AQ23" s="52"/>
+      <c r="AR23" s="52"/>
+      <c r="AS23" s="53"/>
+    </row>
+    <row r="24" spans="2:45" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="121" t="s">
         <v>37</v>
       </c>
-      <c r="C24" s="176"/>
-[...44 lines deleted...]
-      <c r="B25" s="175" t="s">
+      <c r="C24" s="105"/>
+      <c r="D24" s="356"/>
+      <c r="E24" s="356"/>
+      <c r="F24" s="356"/>
+      <c r="G24" s="356"/>
+      <c r="H24" s="356"/>
+      <c r="I24" s="356"/>
+      <c r="J24" s="356"/>
+      <c r="K24" s="356"/>
+      <c r="L24" s="356"/>
+      <c r="M24" s="356"/>
+      <c r="N24" s="356"/>
+      <c r="O24" s="356"/>
+      <c r="P24" s="356"/>
+      <c r="Q24" s="356"/>
+      <c r="R24" s="356"/>
+      <c r="S24" s="356"/>
+      <c r="T24" s="356"/>
+      <c r="U24" s="356"/>
+      <c r="V24" s="356"/>
+      <c r="W24" s="356"/>
+      <c r="X24" s="356"/>
+      <c r="Y24" s="356"/>
+      <c r="Z24" s="356"/>
+      <c r="AA24" s="356"/>
+      <c r="AB24" s="207"/>
+      <c r="AC24" s="214"/>
+      <c r="AD24" s="86"/>
+      <c r="AE24" s="86"/>
+      <c r="AF24" s="87"/>
+      <c r="AG24" s="88"/>
+      <c r="AH24" s="88"/>
+      <c r="AI24" s="89"/>
+      <c r="AJ24" s="51"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="52"/>
+      <c r="AP24" s="52"/>
+      <c r="AQ24" s="52"/>
+      <c r="AR24" s="52"/>
+      <c r="AS24" s="53"/>
+    </row>
+    <row r="25" spans="2:45" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="121" t="s">
         <v>98</v>
       </c>
-      <c r="C25" s="176"/>
-[...16 lines deleted...]
-      <c r="T25" s="213" t="s">
+      <c r="C25" s="105"/>
+      <c r="D25" s="355"/>
+      <c r="E25" s="355"/>
+      <c r="F25" s="355"/>
+      <c r="G25" s="355"/>
+      <c r="H25" s="355"/>
+      <c r="I25" s="355"/>
+      <c r="J25" s="355"/>
+      <c r="K25" s="355"/>
+      <c r="L25" s="355"/>
+      <c r="M25" s="355"/>
+      <c r="N25" s="355"/>
+      <c r="O25" s="355"/>
+      <c r="P25" s="355"/>
+      <c r="Q25" s="355"/>
+      <c r="R25" s="355"/>
+      <c r="S25" s="105"/>
+      <c r="T25" s="154" t="s">
         <v>40</v>
       </c>
-      <c r="U25" s="213"/>
-[...119 lines deleted...]
-      <c r="B28" s="182" t="s">
+      <c r="U25" s="154"/>
+      <c r="V25" s="154"/>
+      <c r="W25" s="154"/>
+      <c r="X25" s="154"/>
+      <c r="Y25" s="359"/>
+      <c r="Z25" s="359"/>
+      <c r="AA25" s="359"/>
+      <c r="AB25" s="208"/>
+      <c r="AC25" s="141"/>
+      <c r="AD25" s="86"/>
+      <c r="AE25" s="86"/>
+      <c r="AF25" s="88"/>
+      <c r="AG25" s="88"/>
+      <c r="AH25" s="88"/>
+      <c r="AI25" s="89"/>
+      <c r="AJ25" s="51"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="52"/>
+      <c r="AP25" s="52"/>
+      <c r="AQ25" s="52"/>
+      <c r="AR25" s="52"/>
+      <c r="AS25" s="53"/>
+    </row>
+    <row r="26" spans="2:45" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="138"/>
+      <c r="C26" s="42"/>
+      <c r="D26" s="42"/>
+      <c r="E26" s="42"/>
+      <c r="F26" s="42"/>
+      <c r="G26" s="42"/>
+      <c r="H26" s="42"/>
+      <c r="I26" s="42"/>
+      <c r="J26" s="42"/>
+      <c r="K26" s="42"/>
+      <c r="L26" s="42"/>
+      <c r="M26" s="42"/>
+      <c r="N26" s="42"/>
+      <c r="O26" s="42"/>
+      <c r="P26" s="42"/>
+      <c r="Q26" s="42"/>
+      <c r="R26" s="42"/>
+      <c r="S26" s="42"/>
+      <c r="T26" s="103"/>
+      <c r="U26" s="103"/>
+      <c r="V26" s="103"/>
+      <c r="W26" s="103"/>
+      <c r="X26" s="103"/>
+      <c r="Y26" s="103"/>
+      <c r="Z26" s="103"/>
+      <c r="AA26" s="103"/>
+      <c r="AB26" s="104"/>
+      <c r="AC26" s="85"/>
+      <c r="AD26" s="86"/>
+      <c r="AE26" s="86"/>
+      <c r="AF26" s="88"/>
+      <c r="AG26" s="88"/>
+      <c r="AH26" s="88"/>
+      <c r="AI26" s="89"/>
+      <c r="AJ26" s="51"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="52"/>
+      <c r="AP26" s="52"/>
+      <c r="AQ26" s="52"/>
+      <c r="AR26" s="52"/>
+      <c r="AS26" s="53"/>
+    </row>
+    <row r="27" spans="2:45" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="32"/>
+      <c r="C27" s="32"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="32"/>
+      <c r="F27" s="32"/>
+      <c r="G27" s="32"/>
+      <c r="H27" s="32"/>
+      <c r="I27" s="32"/>
+      <c r="J27" s="32"/>
+      <c r="K27" s="32"/>
+      <c r="L27" s="32"/>
+      <c r="M27" s="32"/>
+      <c r="N27" s="32"/>
+      <c r="O27" s="32"/>
+      <c r="P27" s="32"/>
+      <c r="Q27" s="32"/>
+      <c r="R27" s="32"/>
+      <c r="S27" s="32"/>
+      <c r="T27" s="85"/>
+      <c r="U27" s="85"/>
+      <c r="V27" s="85"/>
+      <c r="W27" s="85"/>
+      <c r="X27" s="85"/>
+      <c r="Y27" s="85"/>
+      <c r="Z27" s="85"/>
+      <c r="AA27" s="85"/>
+      <c r="AB27" s="85"/>
+      <c r="AC27" s="85"/>
+      <c r="AD27" s="86"/>
+      <c r="AE27" s="86"/>
+      <c r="AF27" s="122"/>
+      <c r="AG27" s="122"/>
+      <c r="AH27" s="122"/>
+      <c r="AI27" s="123"/>
+      <c r="AJ27" s="124"/>
+      <c r="AK27" s="125"/>
+      <c r="AL27" s="125"/>
+      <c r="AM27" s="125"/>
+      <c r="AN27" s="125"/>
+      <c r="AO27" s="125"/>
+      <c r="AP27" s="125"/>
+      <c r="AQ27" s="125"/>
+      <c r="AR27" s="125"/>
+      <c r="AS27" s="126"/>
+    </row>
+    <row r="28" spans="2:45" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="27" t="s">
         <v>137</v>
       </c>
-      <c r="C28" s="182"/>
-[...4 lines deleted...]
-      <c r="H28" s="182" t="s">
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27" t="s">
         <v>124</v>
       </c>
-      <c r="I28" s="182"/>
-[...3 lines deleted...]
-      <c r="M28" s="195" t="s">
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="186"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="139" t="s">
         <v>16</v>
       </c>
-      <c r="N28" s="257"/>
-[...5 lines deleted...]
-      <c r="T28" s="197" t="s">
+      <c r="N28" s="185"/>
+      <c r="O28" s="133"/>
+      <c r="P28" s="133"/>
+      <c r="Q28" s="140"/>
+      <c r="R28" s="140"/>
+      <c r="S28" s="140"/>
+      <c r="T28" s="141" t="s">
         <v>133</v>
       </c>
-      <c r="U28" s="196"/>
-[...98 lines deleted...]
-      <c r="B30" s="233" t="s">
+      <c r="U28" s="140"/>
+      <c r="V28" s="140"/>
+      <c r="W28" s="140"/>
+      <c r="X28" s="140"/>
+      <c r="Y28" s="157"/>
+      <c r="Z28" s="360"/>
+      <c r="AA28" s="360"/>
+      <c r="AB28" s="195"/>
+      <c r="AC28" s="195"/>
+      <c r="AD28" s="86"/>
+      <c r="AE28" s="86"/>
+      <c r="AI28" s="134"/>
+      <c r="AJ28" s="135"/>
+      <c r="AK28" s="136"/>
+      <c r="AL28" s="136"/>
+      <c r="AM28" s="136"/>
+      <c r="AN28" s="136"/>
+      <c r="AO28" s="136"/>
+      <c r="AP28" s="136"/>
+      <c r="AQ28" s="136"/>
+      <c r="AR28" s="136"/>
+      <c r="AS28" s="137"/>
+    </row>
+    <row r="29" spans="2:45" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="27"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="27"/>
+      <c r="E29" s="27"/>
+      <c r="F29" s="27"/>
+      <c r="G29" s="27"/>
+      <c r="H29" s="27"/>
+      <c r="I29" s="27"/>
+      <c r="J29" s="27"/>
+      <c r="K29" s="27"/>
+      <c r="L29" s="27"/>
+      <c r="M29" s="133"/>
+      <c r="N29" s="133"/>
+      <c r="O29" s="133"/>
+      <c r="P29" s="133"/>
+      <c r="Q29" s="127"/>
+      <c r="R29" s="127"/>
+      <c r="S29" s="127"/>
+      <c r="T29" s="127"/>
+      <c r="U29" s="127"/>
+      <c r="V29" s="127"/>
+      <c r="W29" s="127"/>
+      <c r="X29" s="127"/>
+      <c r="Y29" s="127"/>
+      <c r="Z29" s="127"/>
+      <c r="AA29" s="127"/>
+      <c r="AB29" s="127"/>
+      <c r="AC29" s="127"/>
+      <c r="AD29" s="86"/>
+      <c r="AE29" s="86"/>
+      <c r="AF29" s="128"/>
+      <c r="AG29" s="128"/>
+      <c r="AH29" s="128"/>
+      <c r="AI29" s="129"/>
+      <c r="AJ29" s="130"/>
+      <c r="AK29" s="131"/>
+      <c r="AL29" s="131"/>
+      <c r="AM29" s="131"/>
+      <c r="AN29" s="131"/>
+      <c r="AO29" s="131"/>
+      <c r="AP29" s="131"/>
+      <c r="AQ29" s="131"/>
+      <c r="AR29" s="131"/>
+      <c r="AS29" s="132"/>
+    </row>
+    <row r="30" spans="2:45" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="173" t="s">
         <v>97</v>
       </c>
-      <c r="C30" s="200"/>
-[...16 lines deleted...]
-      <c r="T30" s="212" t="s">
+      <c r="C30" s="143"/>
+      <c r="D30" s="357"/>
+      <c r="E30" s="357"/>
+      <c r="F30" s="357"/>
+      <c r="G30" s="357"/>
+      <c r="H30" s="357"/>
+      <c r="I30" s="357"/>
+      <c r="J30" s="357"/>
+      <c r="K30" s="357"/>
+      <c r="L30" s="357"/>
+      <c r="M30" s="357"/>
+      <c r="N30" s="357"/>
+      <c r="O30" s="357"/>
+      <c r="P30" s="357"/>
+      <c r="Q30" s="357"/>
+      <c r="R30" s="357"/>
+      <c r="S30" s="153"/>
+      <c r="T30" s="153" t="s">
         <v>102</v>
       </c>
-      <c r="U30" s="212"/>
-[...10 lines deleted...]
-      <c r="AF30" s="327" t="s">
+      <c r="U30" s="153"/>
+      <c r="V30" s="176"/>
+      <c r="W30" s="176"/>
+      <c r="X30" s="351"/>
+      <c r="Y30" s="351"/>
+      <c r="Z30" s="351"/>
+      <c r="AA30" s="351"/>
+      <c r="AB30" s="209"/>
+      <c r="AC30" s="215"/>
+      <c r="AD30" s="86"/>
+      <c r="AE30" s="86"/>
+      <c r="AF30" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AG30" s="328"/>
-[...2 lines deleted...]
-      <c r="AJ30" s="57" t="s">
+      <c r="AG30" s="227"/>
+      <c r="AH30" s="227"/>
+      <c r="AI30" s="228"/>
+      <c r="AJ30" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AK30" s="58"/>
-[...10 lines deleted...]
-      <c r="B31" s="175" t="s">
+      <c r="AK30" s="52"/>
+      <c r="AL30" s="52"/>
+      <c r="AM30" s="52"/>
+      <c r="AN30" s="52"/>
+      <c r="AO30" s="52"/>
+      <c r="AP30" s="52"/>
+      <c r="AQ30" s="52"/>
+      <c r="AR30" s="52"/>
+      <c r="AS30" s="53"/>
+    </row>
+    <row r="31" spans="2:45" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="121" t="s">
         <v>31</v>
       </c>
-      <c r="C31" s="176"/>
-[...16 lines deleted...]
-      <c r="T31" s="213" t="s">
+      <c r="C31" s="105"/>
+      <c r="D31" s="350"/>
+      <c r="E31" s="350"/>
+      <c r="F31" s="350"/>
+      <c r="G31" s="350"/>
+      <c r="H31" s="350"/>
+      <c r="I31" s="350"/>
+      <c r="J31" s="350"/>
+      <c r="K31" s="350"/>
+      <c r="L31" s="350"/>
+      <c r="M31" s="350"/>
+      <c r="N31" s="350"/>
+      <c r="O31" s="350"/>
+      <c r="P31" s="350"/>
+      <c r="Q31" s="350"/>
+      <c r="R31" s="350"/>
+      <c r="S31" s="105"/>
+      <c r="T31" s="154" t="s">
         <v>100</v>
       </c>
-      <c r="U31" s="213"/>
-[...26 lines deleted...]
-      <c r="B32" s="175" t="s">
+      <c r="U31" s="154"/>
+      <c r="V31" s="153"/>
+      <c r="W31" s="153"/>
+      <c r="X31" s="154"/>
+      <c r="Y31" s="154"/>
+      <c r="Z31" s="352"/>
+      <c r="AA31" s="352"/>
+      <c r="AB31" s="210"/>
+      <c r="AC31" s="215"/>
+      <c r="AD31" s="86"/>
+      <c r="AE31" s="86"/>
+      <c r="AF31" s="87"/>
+      <c r="AG31" s="88"/>
+      <c r="AH31" s="88"/>
+      <c r="AI31" s="89"/>
+      <c r="AJ31" s="51"/>
+      <c r="AK31" s="52"/>
+      <c r="AL31" s="52"/>
+      <c r="AM31" s="52"/>
+      <c r="AN31" s="52"/>
+      <c r="AO31" s="52"/>
+      <c r="AP31" s="52"/>
+      <c r="AQ31" s="52"/>
+      <c r="AR31" s="52"/>
+      <c r="AS31" s="53"/>
+    </row>
+    <row r="32" spans="2:45" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="121" t="s">
         <v>98</v>
       </c>
-      <c r="C32" s="176"/>
-[...16 lines deleted...]
-      <c r="T32" s="213" t="s">
+      <c r="C32" s="105"/>
+      <c r="D32" s="350"/>
+      <c r="E32" s="350"/>
+      <c r="F32" s="350"/>
+      <c r="G32" s="350"/>
+      <c r="H32" s="350"/>
+      <c r="I32" s="350"/>
+      <c r="J32" s="350"/>
+      <c r="K32" s="350"/>
+      <c r="L32" s="350"/>
+      <c r="M32" s="350"/>
+      <c r="N32" s="350"/>
+      <c r="O32" s="350"/>
+      <c r="P32" s="350"/>
+      <c r="Q32" s="350"/>
+      <c r="R32" s="350"/>
+      <c r="S32" s="105"/>
+      <c r="T32" s="154" t="s">
         <v>40</v>
       </c>
-      <c r="U32" s="213"/>
-[...23 lines deleted...]
-      <c r="AS32" s="59"/>
+      <c r="U32" s="154"/>
+      <c r="V32" s="154"/>
+      <c r="W32" s="154"/>
+      <c r="X32" s="154"/>
+      <c r="Y32" s="353"/>
+      <c r="Z32" s="353"/>
+      <c r="AA32" s="353"/>
+      <c r="AB32" s="210"/>
+      <c r="AC32" s="215"/>
+      <c r="AD32" s="86"/>
+      <c r="AE32" s="86"/>
+      <c r="AF32" s="87"/>
+      <c r="AG32" s="88"/>
+      <c r="AH32" s="88"/>
+      <c r="AI32" s="89"/>
+      <c r="AJ32" s="51"/>
+      <c r="AK32" s="52"/>
+      <c r="AL32" s="52"/>
+      <c r="AM32" s="52"/>
+      <c r="AN32" s="52"/>
+      <c r="AO32" s="52"/>
+      <c r="AP32" s="52"/>
+      <c r="AQ32" s="52"/>
+      <c r="AR32" s="52"/>
+      <c r="AS32" s="53"/>
     </row>
     <row r="33" spans="1:44" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="266"/>
-[...28 lines deleted...]
-      <c r="AE33" s="252"/>
+      <c r="B33" s="56"/>
+      <c r="C33" s="43"/>
+      <c r="D33" s="43"/>
+      <c r="E33" s="43"/>
+      <c r="F33" s="43"/>
+      <c r="G33" s="43"/>
+      <c r="H33" s="43"/>
+      <c r="I33" s="43"/>
+      <c r="J33" s="43"/>
+      <c r="K33" s="43"/>
+      <c r="L33" s="43"/>
+      <c r="M33" s="57"/>
+      <c r="N33" s="57"/>
+      <c r="O33" s="57"/>
+      <c r="P33" s="57"/>
+      <c r="Q33" s="57"/>
+      <c r="R33" s="57"/>
+      <c r="S33" s="57"/>
+      <c r="T33" s="57"/>
+      <c r="U33" s="57"/>
+      <c r="V33" s="57"/>
+      <c r="W33" s="57"/>
+      <c r="X33" s="57"/>
+      <c r="Y33" s="57"/>
+      <c r="Z33" s="57"/>
+      <c r="AA33" s="57"/>
+      <c r="AB33" s="58"/>
+      <c r="AC33" s="96"/>
+      <c r="AD33" s="96"/>
+      <c r="AE33" s="96"/>
     </row>
     <row r="34" spans="1:44" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="34"/>
-[...28 lines deleted...]
-      <c r="AE34" s="65"/>
+      <c r="B34" s="32"/>
+      <c r="C34" s="32"/>
+      <c r="D34" s="32"/>
+      <c r="E34" s="32"/>
+      <c r="F34" s="32"/>
+      <c r="G34" s="32"/>
+      <c r="H34" s="32"/>
+      <c r="I34" s="32"/>
+      <c r="J34" s="32"/>
+      <c r="K34" s="32"/>
+      <c r="L34" s="32"/>
+      <c r="M34" s="32"/>
+      <c r="N34" s="32"/>
+      <c r="O34" s="32"/>
+      <c r="P34" s="32"/>
+      <c r="Q34" s="32"/>
+      <c r="R34" s="32"/>
+      <c r="S34" s="32"/>
+      <c r="T34" s="32"/>
+      <c r="U34" s="32"/>
+      <c r="V34" s="32"/>
+      <c r="W34" s="32"/>
+      <c r="X34" s="32"/>
+      <c r="Y34" s="32"/>
+      <c r="Z34" s="32"/>
+      <c r="AA34" s="32"/>
+      <c r="AB34" s="32"/>
+      <c r="AC34" s="32"/>
+      <c r="AD34" s="32"/>
+      <c r="AE34" s="32"/>
     </row>
     <row r="35" spans="1:44" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="429" t="s">
+      <c r="B35" s="361" t="s">
         <v>134</v>
       </c>
-      <c r="C35" s="429"/>
-      <c r="D35" s="429" t="s">
+      <c r="C35" s="361"/>
+      <c r="D35" s="361" t="s">
         <v>135</v>
       </c>
-      <c r="E35" s="429"/>
-[...3 lines deleted...]
-      <c r="I35" s="429" t="s">
+      <c r="E35" s="361"/>
+      <c r="F35" s="361"/>
+      <c r="G35" s="361"/>
+      <c r="H35" s="361"/>
+      <c r="I35" s="361" t="s">
         <v>134</v>
       </c>
-      <c r="J35" s="429"/>
-      <c r="K35" s="429" t="s">
+      <c r="J35" s="361"/>
+      <c r="K35" s="361" t="s">
         <v>135</v>
       </c>
-      <c r="L35" s="429"/>
-[...1 lines deleted...]
-      <c r="N35" s="429" t="s">
+      <c r="L35" s="361"/>
+      <c r="M35" s="361"/>
+      <c r="N35" s="361" t="s">
         <v>134</v>
       </c>
-      <c r="O35" s="429"/>
-      <c r="P35" s="429" t="s">
+      <c r="O35" s="361"/>
+      <c r="P35" s="361" t="s">
         <v>135</v>
       </c>
-      <c r="Q35" s="429"/>
-[...6 lines deleted...]
-      <c r="X35" s="429" t="s">
+      <c r="Q35" s="361"/>
+      <c r="R35" s="361"/>
+      <c r="S35" s="361"/>
+      <c r="T35" s="361"/>
+      <c r="U35" s="361"/>
+      <c r="V35" s="202"/>
+      <c r="W35" s="202"/>
+      <c r="X35" s="361" t="s">
         <v>134</v>
       </c>
-      <c r="Y35" s="429"/>
-      <c r="Z35" s="452" t="s">
+      <c r="Y35" s="361"/>
+      <c r="Z35" s="362" t="s">
         <v>135</v>
       </c>
-      <c r="AA35" s="453"/>
-[...8 lines deleted...]
-      <c r="AJ35" s="246" t="s">
+      <c r="AA35" s="363"/>
+      <c r="AB35" s="364"/>
+      <c r="AC35" s="196"/>
+      <c r="AD35" s="76"/>
+      <c r="AE35" s="76"/>
+      <c r="AF35" s="73"/>
+      <c r="AG35" s="73"/>
+      <c r="AH35" s="73"/>
+      <c r="AI35" s="73"/>
+      <c r="AJ35" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AL35" s="246" t="s">
+      <c r="AL35" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AP35" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AR35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="350">
+      <c r="B36" s="254">
         <v>1</v>
       </c>
-      <c r="C36" s="350"/>
-[...5 lines deleted...]
-      <c r="I36" s="350">
+      <c r="C36" s="254"/>
+      <c r="D36" s="347"/>
+      <c r="E36" s="347"/>
+      <c r="F36" s="347"/>
+      <c r="G36" s="347"/>
+      <c r="H36" s="347"/>
+      <c r="I36" s="254">
         <v>31</v>
       </c>
-      <c r="J36" s="350"/>
-[...3 lines deleted...]
-      <c r="N36" s="350">
+      <c r="J36" s="254"/>
+      <c r="K36" s="347"/>
+      <c r="L36" s="347"/>
+      <c r="M36" s="347"/>
+      <c r="N36" s="254">
         <v>61</v>
       </c>
-      <c r="O36" s="350"/>
-[...8 lines deleted...]
-      <c r="X36" s="350">
+      <c r="O36" s="254"/>
+      <c r="P36" s="347"/>
+      <c r="Q36" s="347"/>
+      <c r="R36" s="347"/>
+      <c r="S36" s="347"/>
+      <c r="T36" s="347"/>
+      <c r="U36" s="347"/>
+      <c r="V36" s="203"/>
+      <c r="W36" s="203"/>
+      <c r="X36" s="254">
         <v>91</v>
       </c>
-      <c r="Y36" s="350"/>
-[...9 lines deleted...]
-      <c r="AI36" s="98"/>
+      <c r="Y36" s="254"/>
+      <c r="Z36" s="343"/>
+      <c r="AA36" s="344"/>
+      <c r="AB36" s="345"/>
+      <c r="AC36" s="216"/>
+      <c r="AD36" s="119"/>
+      <c r="AE36"/>
+      <c r="AF36"/>
+      <c r="AG36"/>
+      <c r="AH36"/>
+      <c r="AI36"/>
       <c r="AP36" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AR36" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="37" spans="1:44" s="72" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B37" s="350">
+    <row r="37" spans="1:44" s="63" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="32"/>
+      <c r="B37" s="254">
         <v>2</v>
       </c>
-      <c r="C37" s="350"/>
-[...5 lines deleted...]
-      <c r="I37" s="350">
+      <c r="C37" s="254"/>
+      <c r="D37" s="347"/>
+      <c r="E37" s="347"/>
+      <c r="F37" s="347"/>
+      <c r="G37" s="347"/>
+      <c r="H37" s="347"/>
+      <c r="I37" s="254">
         <v>32</v>
       </c>
-      <c r="J37" s="350"/>
-[...3 lines deleted...]
-      <c r="N37" s="350">
+      <c r="J37" s="254"/>
+      <c r="K37" s="347"/>
+      <c r="L37" s="347"/>
+      <c r="M37" s="347"/>
+      <c r="N37" s="254">
         <v>62</v>
       </c>
-      <c r="O37" s="350"/>
-[...8 lines deleted...]
-      <c r="X37" s="350">
+      <c r="O37" s="254"/>
+      <c r="P37" s="347"/>
+      <c r="Q37" s="347"/>
+      <c r="R37" s="347"/>
+      <c r="S37" s="347"/>
+      <c r="T37" s="347"/>
+      <c r="U37" s="347"/>
+      <c r="V37" s="203"/>
+      <c r="W37" s="203"/>
+      <c r="X37" s="254">
         <v>92</v>
       </c>
-      <c r="Y37" s="350"/>
-[...9 lines deleted...]
-      <c r="AI37" s="98"/>
+      <c r="Y37" s="254"/>
+      <c r="Z37" s="343"/>
+      <c r="AA37" s="344"/>
+      <c r="AB37" s="345"/>
+      <c r="AC37" s="216"/>
+      <c r="AD37" s="119"/>
+      <c r="AE37"/>
+      <c r="AF37"/>
+      <c r="AG37"/>
+      <c r="AH37"/>
+      <c r="AI37"/>
       <c r="AJ37" s="1">
         <v>295412394</v>
       </c>
       <c r="AL37" s="1">
         <v>295412063</v>
       </c>
-      <c r="AR37" s="72" t="s">
+      <c r="AR37" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="38" spans="1:44" s="72" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B38" s="350">
+    <row r="38" spans="1:44" s="63" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="32"/>
+      <c r="B38" s="254">
         <v>3</v>
       </c>
-      <c r="C38" s="350"/>
-[...5 lines deleted...]
-      <c r="I38" s="350">
+      <c r="C38" s="254"/>
+      <c r="D38" s="347"/>
+      <c r="E38" s="347"/>
+      <c r="F38" s="347"/>
+      <c r="G38" s="347"/>
+      <c r="H38" s="347"/>
+      <c r="I38" s="254">
         <v>33</v>
       </c>
-      <c r="J38" s="350"/>
-[...3 lines deleted...]
-      <c r="N38" s="350">
+      <c r="J38" s="254"/>
+      <c r="K38" s="347"/>
+      <c r="L38" s="347"/>
+      <c r="M38" s="347"/>
+      <c r="N38" s="254">
         <v>63</v>
       </c>
-      <c r="O38" s="350"/>
-[...8 lines deleted...]
-      <c r="X38" s="350">
+      <c r="O38" s="254"/>
+      <c r="P38" s="347"/>
+      <c r="Q38" s="347"/>
+      <c r="R38" s="347"/>
+      <c r="S38" s="347"/>
+      <c r="T38" s="347"/>
+      <c r="U38" s="347"/>
+      <c r="V38" s="203"/>
+      <c r="W38" s="203"/>
+      <c r="X38" s="254">
         <v>93</v>
       </c>
-      <c r="Y38" s="350"/>
-[...9 lines deleted...]
-      <c r="AI38" s="98"/>
+      <c r="Y38" s="254"/>
+      <c r="Z38" s="343"/>
+      <c r="AA38" s="344"/>
+      <c r="AB38" s="345"/>
+      <c r="AC38" s="216"/>
+      <c r="AD38" s="119"/>
+      <c r="AE38"/>
+      <c r="AF38"/>
+      <c r="AG38"/>
+      <c r="AH38"/>
+      <c r="AI38"/>
     </row>
     <row r="39" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="350">
+      <c r="B39" s="254">
         <v>4</v>
       </c>
-      <c r="C39" s="350"/>
-[...5 lines deleted...]
-      <c r="I39" s="350">
+      <c r="C39" s="254"/>
+      <c r="D39" s="347"/>
+      <c r="E39" s="347"/>
+      <c r="F39" s="347"/>
+      <c r="G39" s="347"/>
+      <c r="H39" s="347"/>
+      <c r="I39" s="254">
         <v>34</v>
       </c>
-      <c r="J39" s="350"/>
-[...3 lines deleted...]
-      <c r="N39" s="350">
+      <c r="J39" s="254"/>
+      <c r="K39" s="347"/>
+      <c r="L39" s="347"/>
+      <c r="M39" s="347"/>
+      <c r="N39" s="254">
         <v>64</v>
       </c>
-      <c r="O39" s="350"/>
-[...8 lines deleted...]
-      <c r="X39" s="350">
+      <c r="O39" s="254"/>
+      <c r="P39" s="347"/>
+      <c r="Q39" s="347"/>
+      <c r="R39" s="347"/>
+      <c r="S39" s="347"/>
+      <c r="T39" s="347"/>
+      <c r="U39" s="347"/>
+      <c r="V39" s="203"/>
+      <c r="W39" s="203"/>
+      <c r="X39" s="254">
         <v>94</v>
       </c>
-      <c r="Y39" s="350"/>
-[...9 lines deleted...]
-      <c r="AI39" s="98"/>
+      <c r="Y39" s="254"/>
+      <c r="Z39" s="343"/>
+      <c r="AA39" s="344"/>
+      <c r="AB39" s="345"/>
+      <c r="AC39" s="216"/>
+      <c r="AD39" s="119"/>
+      <c r="AE39"/>
+      <c r="AF39"/>
+      <c r="AG39"/>
+      <c r="AH39"/>
+      <c r="AI39"/>
     </row>
     <row r="40" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="350">
+      <c r="B40" s="254">
         <v>5</v>
       </c>
-      <c r="C40" s="350"/>
-[...5 lines deleted...]
-      <c r="I40" s="350">
+      <c r="C40" s="254"/>
+      <c r="D40" s="347"/>
+      <c r="E40" s="347"/>
+      <c r="F40" s="347"/>
+      <c r="G40" s="347"/>
+      <c r="H40" s="347"/>
+      <c r="I40" s="254">
         <v>35</v>
       </c>
-      <c r="J40" s="350"/>
-[...3 lines deleted...]
-      <c r="N40" s="350">
+      <c r="J40" s="254"/>
+      <c r="K40" s="347"/>
+      <c r="L40" s="347"/>
+      <c r="M40" s="347"/>
+      <c r="N40" s="254">
         <v>65</v>
       </c>
-      <c r="O40" s="350"/>
-[...8 lines deleted...]
-      <c r="X40" s="350">
+      <c r="O40" s="254"/>
+      <c r="P40" s="347"/>
+      <c r="Q40" s="347"/>
+      <c r="R40" s="347"/>
+      <c r="S40" s="347"/>
+      <c r="T40" s="347"/>
+      <c r="U40" s="347"/>
+      <c r="V40" s="204"/>
+      <c r="W40" s="204"/>
+      <c r="X40" s="254">
         <v>95</v>
       </c>
-      <c r="Y40" s="350"/>
-[...9 lines deleted...]
-      <c r="AI40" s="98"/>
+      <c r="Y40" s="254"/>
+      <c r="Z40" s="343"/>
+      <c r="AA40" s="344"/>
+      <c r="AB40" s="345"/>
+      <c r="AC40" s="216"/>
+      <c r="AD40" s="119"/>
+      <c r="AE40"/>
+      <c r="AF40"/>
+      <c r="AG40"/>
+      <c r="AH40"/>
+      <c r="AI40"/>
     </row>
     <row r="41" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="350">
+      <c r="B41" s="254">
         <v>6</v>
       </c>
-      <c r="C41" s="350"/>
-[...5 lines deleted...]
-      <c r="I41" s="350">
+      <c r="C41" s="254"/>
+      <c r="D41" s="347"/>
+      <c r="E41" s="347"/>
+      <c r="F41" s="347"/>
+      <c r="G41" s="347"/>
+      <c r="H41" s="347"/>
+      <c r="I41" s="254">
         <v>36</v>
       </c>
-      <c r="J41" s="350"/>
-[...3 lines deleted...]
-      <c r="N41" s="350">
+      <c r="J41" s="254"/>
+      <c r="K41" s="347"/>
+      <c r="L41" s="347"/>
+      <c r="M41" s="347"/>
+      <c r="N41" s="254">
         <v>66</v>
       </c>
-      <c r="O41" s="350"/>
-[...8 lines deleted...]
-      <c r="X41" s="350">
+      <c r="O41" s="254"/>
+      <c r="P41" s="347"/>
+      <c r="Q41" s="347"/>
+      <c r="R41" s="347"/>
+      <c r="S41" s="347"/>
+      <c r="T41" s="347"/>
+      <c r="U41" s="347"/>
+      <c r="V41" s="204"/>
+      <c r="W41" s="204"/>
+      <c r="X41" s="254">
         <v>96</v>
       </c>
-      <c r="Y41" s="350"/>
-[...9 lines deleted...]
-      <c r="AI41" s="98"/>
+      <c r="Y41" s="254"/>
+      <c r="Z41" s="343"/>
+      <c r="AA41" s="344"/>
+      <c r="AB41" s="345"/>
+      <c r="AC41" s="216"/>
+      <c r="AD41" s="119"/>
+      <c r="AE41"/>
+      <c r="AF41"/>
+      <c r="AG41"/>
+      <c r="AH41"/>
+      <c r="AI41"/>
     </row>
     <row r="42" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="350">
+      <c r="B42" s="254">
         <v>7</v>
       </c>
-      <c r="C42" s="350"/>
-[...5 lines deleted...]
-      <c r="I42" s="350">
+      <c r="C42" s="254"/>
+      <c r="D42" s="347"/>
+      <c r="E42" s="347"/>
+      <c r="F42" s="347"/>
+      <c r="G42" s="347"/>
+      <c r="H42" s="347"/>
+      <c r="I42" s="254">
         <v>37</v>
       </c>
-      <c r="J42" s="350"/>
-[...3 lines deleted...]
-      <c r="N42" s="350">
+      <c r="J42" s="254"/>
+      <c r="K42" s="347"/>
+      <c r="L42" s="347"/>
+      <c r="M42" s="347"/>
+      <c r="N42" s="254">
         <v>67</v>
       </c>
-      <c r="O42" s="350"/>
-[...8 lines deleted...]
-      <c r="X42" s="350">
+      <c r="O42" s="254"/>
+      <c r="P42" s="347"/>
+      <c r="Q42" s="347"/>
+      <c r="R42" s="347"/>
+      <c r="S42" s="347"/>
+      <c r="T42" s="347"/>
+      <c r="U42" s="347"/>
+      <c r="V42" s="204"/>
+      <c r="W42" s="204"/>
+      <c r="X42" s="254">
         <v>97</v>
       </c>
-      <c r="Y42" s="350"/>
-[...9 lines deleted...]
-      <c r="AI42" s="98"/>
+      <c r="Y42" s="254"/>
+      <c r="Z42" s="343"/>
+      <c r="AA42" s="344"/>
+      <c r="AB42" s="345"/>
+      <c r="AC42" s="216"/>
+      <c r="AD42" s="119"/>
+      <c r="AE42"/>
+      <c r="AF42"/>
+      <c r="AG42"/>
+      <c r="AH42"/>
+      <c r="AI42"/>
       <c r="AJ42" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="350">
+      <c r="B43" s="254">
         <v>8</v>
       </c>
-      <c r="C43" s="350"/>
-[...5 lines deleted...]
-      <c r="I43" s="350">
+      <c r="C43" s="254"/>
+      <c r="D43" s="347"/>
+      <c r="E43" s="347"/>
+      <c r="F43" s="347"/>
+      <c r="G43" s="347"/>
+      <c r="H43" s="347"/>
+      <c r="I43" s="254">
         <v>38</v>
       </c>
-      <c r="J43" s="350"/>
-[...3 lines deleted...]
-      <c r="N43" s="350">
+      <c r="J43" s="254"/>
+      <c r="K43" s="347"/>
+      <c r="L43" s="347"/>
+      <c r="M43" s="347"/>
+      <c r="N43" s="254">
         <v>68</v>
       </c>
-      <c r="O43" s="350"/>
-[...8 lines deleted...]
-      <c r="X43" s="350">
+      <c r="O43" s="254"/>
+      <c r="P43" s="347"/>
+      <c r="Q43" s="347"/>
+      <c r="R43" s="347"/>
+      <c r="S43" s="347"/>
+      <c r="T43" s="347"/>
+      <c r="U43" s="347"/>
+      <c r="V43" s="204"/>
+      <c r="W43" s="204"/>
+      <c r="X43" s="254">
         <v>98</v>
       </c>
-      <c r="Y43" s="350"/>
-[...9 lines deleted...]
-      <c r="AI43" s="98"/>
+      <c r="Y43" s="254"/>
+      <c r="Z43" s="343"/>
+      <c r="AA43" s="344"/>
+      <c r="AB43" s="345"/>
+      <c r="AC43" s="216"/>
+      <c r="AD43" s="119"/>
+      <c r="AE43"/>
+      <c r="AF43"/>
+      <c r="AG43"/>
+      <c r="AH43"/>
+      <c r="AI43"/>
       <c r="AJ43" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="350">
+      <c r="B44" s="254">
         <v>9</v>
       </c>
-      <c r="C44" s="350"/>
-[...5 lines deleted...]
-      <c r="I44" s="350">
+      <c r="C44" s="254"/>
+      <c r="D44" s="347"/>
+      <c r="E44" s="347"/>
+      <c r="F44" s="347"/>
+      <c r="G44" s="347"/>
+      <c r="H44" s="347"/>
+      <c r="I44" s="254">
         <v>39</v>
       </c>
-      <c r="J44" s="350"/>
-[...3 lines deleted...]
-      <c r="N44" s="350">
+      <c r="J44" s="254"/>
+      <c r="K44" s="347"/>
+      <c r="L44" s="347"/>
+      <c r="M44" s="347"/>
+      <c r="N44" s="254">
         <v>69</v>
       </c>
-      <c r="O44" s="350"/>
-[...8 lines deleted...]
-      <c r="X44" s="350">
+      <c r="O44" s="254"/>
+      <c r="P44" s="347"/>
+      <c r="Q44" s="347"/>
+      <c r="R44" s="347"/>
+      <c r="S44" s="347"/>
+      <c r="T44" s="347"/>
+      <c r="U44" s="347"/>
+      <c r="V44" s="204"/>
+      <c r="W44" s="204"/>
+      <c r="X44" s="254">
         <v>99</v>
       </c>
-      <c r="Y44" s="350"/>
-[...9 lines deleted...]
-      <c r="AI44" s="98"/>
+      <c r="Y44" s="254"/>
+      <c r="Z44" s="343"/>
+      <c r="AA44" s="344"/>
+      <c r="AB44" s="345"/>
+      <c r="AC44" s="216"/>
+      <c r="AD44" s="119"/>
+      <c r="AE44"/>
+      <c r="AF44"/>
+      <c r="AG44"/>
+      <c r="AH44"/>
+      <c r="AI44"/>
       <c r="AJ44" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="45" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="350">
+      <c r="B45" s="254">
         <v>10</v>
       </c>
-      <c r="C45" s="350"/>
-[...5 lines deleted...]
-      <c r="I45" s="350">
+      <c r="C45" s="254"/>
+      <c r="D45" s="347"/>
+      <c r="E45" s="347"/>
+      <c r="F45" s="347"/>
+      <c r="G45" s="347"/>
+      <c r="H45" s="347"/>
+      <c r="I45" s="254">
         <v>40</v>
       </c>
-      <c r="J45" s="350"/>
-[...3 lines deleted...]
-      <c r="N45" s="350">
+      <c r="J45" s="254"/>
+      <c r="K45" s="347"/>
+      <c r="L45" s="347"/>
+      <c r="M45" s="347"/>
+      <c r="N45" s="254">
         <v>70</v>
       </c>
-      <c r="O45" s="350"/>
-[...8 lines deleted...]
-      <c r="X45" s="350">
+      <c r="O45" s="254"/>
+      <c r="P45" s="347"/>
+      <c r="Q45" s="347"/>
+      <c r="R45" s="347"/>
+      <c r="S45" s="347"/>
+      <c r="T45" s="347"/>
+      <c r="U45" s="347"/>
+      <c r="V45" s="204"/>
+      <c r="W45" s="204"/>
+      <c r="X45" s="254">
         <v>100</v>
       </c>
-      <c r="Y45" s="350"/>
-[...10 lines deleted...]
-      <c r="AJ45" s="52" t="s">
+      <c r="Y45" s="254"/>
+      <c r="Z45" s="343"/>
+      <c r="AA45" s="344"/>
+      <c r="AB45" s="345"/>
+      <c r="AC45" s="216"/>
+      <c r="AD45" s="119"/>
+      <c r="AE45"/>
+      <c r="AF45"/>
+      <c r="AG45"/>
+      <c r="AH45"/>
+      <c r="AI45"/>
+      <c r="AJ45" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="350">
+      <c r="B46" s="254">
         <v>11</v>
       </c>
-      <c r="C46" s="350"/>
-[...5 lines deleted...]
-      <c r="I46" s="350">
+      <c r="C46" s="254"/>
+      <c r="D46" s="347"/>
+      <c r="E46" s="347"/>
+      <c r="F46" s="347"/>
+      <c r="G46" s="347"/>
+      <c r="H46" s="347"/>
+      <c r="I46" s="254">
         <v>41</v>
       </c>
-      <c r="J46" s="350"/>
-[...3 lines deleted...]
-      <c r="N46" s="350">
+      <c r="J46" s="254"/>
+      <c r="K46" s="347"/>
+      <c r="L46" s="347"/>
+      <c r="M46" s="347"/>
+      <c r="N46" s="254">
         <v>71</v>
       </c>
-      <c r="O46" s="350"/>
-[...8 lines deleted...]
-      <c r="X46" s="350">
+      <c r="O46" s="254"/>
+      <c r="P46" s="347"/>
+      <c r="Q46" s="347"/>
+      <c r="R46" s="347"/>
+      <c r="S46" s="347"/>
+      <c r="T46" s="347"/>
+      <c r="U46" s="347"/>
+      <c r="V46" s="204"/>
+      <c r="W46" s="204"/>
+      <c r="X46" s="254">
         <v>101</v>
       </c>
-      <c r="Y46" s="350"/>
-[...10 lines deleted...]
-      <c r="AJ46" s="52" t="s">
+      <c r="Y46" s="254"/>
+      <c r="Z46" s="343"/>
+      <c r="AA46" s="344"/>
+      <c r="AB46" s="345"/>
+      <c r="AC46" s="216"/>
+      <c r="AD46" s="119"/>
+      <c r="AE46"/>
+      <c r="AF46"/>
+      <c r="AG46"/>
+      <c r="AH46"/>
+      <c r="AI46"/>
+      <c r="AJ46" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="47" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="350">
+      <c r="B47" s="254">
         <v>12</v>
       </c>
-      <c r="C47" s="350"/>
-[...5 lines deleted...]
-      <c r="I47" s="350">
+      <c r="C47" s="254"/>
+      <c r="D47" s="347"/>
+      <c r="E47" s="347"/>
+      <c r="F47" s="347"/>
+      <c r="G47" s="347"/>
+      <c r="H47" s="347"/>
+      <c r="I47" s="254">
         <v>42</v>
       </c>
-      <c r="J47" s="350"/>
-[...3 lines deleted...]
-      <c r="N47" s="350">
+      <c r="J47" s="254"/>
+      <c r="K47" s="347"/>
+      <c r="L47" s="347"/>
+      <c r="M47" s="347"/>
+      <c r="N47" s="254">
         <v>72</v>
       </c>
-      <c r="O47" s="350"/>
-[...8 lines deleted...]
-      <c r="X47" s="350">
+      <c r="O47" s="254"/>
+      <c r="P47" s="347"/>
+      <c r="Q47" s="347"/>
+      <c r="R47" s="347"/>
+      <c r="S47" s="347"/>
+      <c r="T47" s="347"/>
+      <c r="U47" s="347"/>
+      <c r="V47" s="204"/>
+      <c r="W47" s="204"/>
+      <c r="X47" s="254">
         <v>102</v>
       </c>
-      <c r="Y47" s="350"/>
-[...9 lines deleted...]
-      <c r="AI47" s="98"/>
+      <c r="Y47" s="254"/>
+      <c r="Z47" s="343"/>
+      <c r="AA47" s="344"/>
+      <c r="AB47" s="345"/>
+      <c r="AC47" s="216"/>
+      <c r="AD47" s="119"/>
+      <c r="AE47"/>
+      <c r="AF47"/>
+      <c r="AG47"/>
+      <c r="AH47"/>
+      <c r="AI47"/>
     </row>
     <row r="48" spans="1:44" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="350">
+      <c r="B48" s="254">
         <v>13</v>
       </c>
-      <c r="C48" s="350"/>
-[...5 lines deleted...]
-      <c r="I48" s="350">
+      <c r="C48" s="254"/>
+      <c r="D48" s="347"/>
+      <c r="E48" s="347"/>
+      <c r="F48" s="347"/>
+      <c r="G48" s="347"/>
+      <c r="H48" s="347"/>
+      <c r="I48" s="254">
         <v>43</v>
       </c>
-      <c r="J48" s="350"/>
-[...3 lines deleted...]
-      <c r="N48" s="350">
+      <c r="J48" s="254"/>
+      <c r="K48" s="347"/>
+      <c r="L48" s="347"/>
+      <c r="M48" s="347"/>
+      <c r="N48" s="254">
         <v>73</v>
       </c>
-      <c r="O48" s="350"/>
-[...8 lines deleted...]
-      <c r="X48" s="350">
+      <c r="O48" s="254"/>
+      <c r="P48" s="347"/>
+      <c r="Q48" s="347"/>
+      <c r="R48" s="347"/>
+      <c r="S48" s="347"/>
+      <c r="T48" s="347"/>
+      <c r="U48" s="347"/>
+      <c r="V48" s="204"/>
+      <c r="W48" s="204"/>
+      <c r="X48" s="254">
         <v>103</v>
       </c>
-      <c r="Y48" s="350"/>
-[...9 lines deleted...]
-      <c r="AI48" s="98"/>
+      <c r="Y48" s="254"/>
+      <c r="Z48" s="343"/>
+      <c r="AA48" s="344"/>
+      <c r="AB48" s="345"/>
+      <c r="AC48" s="216"/>
+      <c r="AD48" s="119"/>
+      <c r="AE48"/>
+      <c r="AF48"/>
+      <c r="AG48"/>
+      <c r="AH48"/>
+      <c r="AI48"/>
     </row>
     <row r="49" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="350">
+      <c r="B49" s="254">
         <v>14</v>
       </c>
-      <c r="C49" s="350"/>
-[...5 lines deleted...]
-      <c r="I49" s="350">
+      <c r="C49" s="254"/>
+      <c r="D49" s="347"/>
+      <c r="E49" s="347"/>
+      <c r="F49" s="347"/>
+      <c r="G49" s="347"/>
+      <c r="H49" s="347"/>
+      <c r="I49" s="254">
         <v>44</v>
       </c>
-      <c r="J49" s="350"/>
-[...3 lines deleted...]
-      <c r="N49" s="350">
+      <c r="J49" s="254"/>
+      <c r="K49" s="347"/>
+      <c r="L49" s="347"/>
+      <c r="M49" s="347"/>
+      <c r="N49" s="254">
         <v>74</v>
       </c>
-      <c r="O49" s="350"/>
-[...8 lines deleted...]
-      <c r="X49" s="350">
+      <c r="O49" s="254"/>
+      <c r="P49" s="347"/>
+      <c r="Q49" s="347"/>
+      <c r="R49" s="347"/>
+      <c r="S49" s="347"/>
+      <c r="T49" s="347"/>
+      <c r="U49" s="347"/>
+      <c r="V49" s="204"/>
+      <c r="W49" s="204"/>
+      <c r="X49" s="254">
         <v>104</v>
       </c>
-      <c r="Y49" s="350"/>
-[...9 lines deleted...]
-      <c r="AI49" s="98"/>
+      <c r="Y49" s="254"/>
+      <c r="Z49" s="343"/>
+      <c r="AA49" s="344"/>
+      <c r="AB49" s="345"/>
+      <c r="AC49" s="216"/>
+      <c r="AD49" s="119"/>
+      <c r="AE49"/>
+      <c r="AF49"/>
+      <c r="AG49"/>
+      <c r="AH49"/>
+      <c r="AI49"/>
     </row>
     <row r="50" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="350">
+      <c r="B50" s="254">
         <v>15</v>
       </c>
-      <c r="C50" s="350"/>
-[...5 lines deleted...]
-      <c r="I50" s="350">
+      <c r="C50" s="254"/>
+      <c r="D50" s="347"/>
+      <c r="E50" s="347"/>
+      <c r="F50" s="347"/>
+      <c r="G50" s="347"/>
+      <c r="H50" s="347"/>
+      <c r="I50" s="254">
         <v>45</v>
       </c>
-      <c r="J50" s="350"/>
-[...3 lines deleted...]
-      <c r="N50" s="350">
+      <c r="J50" s="254"/>
+      <c r="K50" s="347"/>
+      <c r="L50" s="347"/>
+      <c r="M50" s="347"/>
+      <c r="N50" s="254">
         <v>75</v>
       </c>
-      <c r="O50" s="350"/>
-[...8 lines deleted...]
-      <c r="X50" s="350">
+      <c r="O50" s="254"/>
+      <c r="P50" s="347"/>
+      <c r="Q50" s="347"/>
+      <c r="R50" s="347"/>
+      <c r="S50" s="347"/>
+      <c r="T50" s="347"/>
+      <c r="U50" s="347"/>
+      <c r="V50" s="204"/>
+      <c r="W50" s="204"/>
+      <c r="X50" s="254">
         <v>105</v>
       </c>
-      <c r="Y50" s="350"/>
-[...9 lines deleted...]
-      <c r="AI50" s="98"/>
+      <c r="Y50" s="254"/>
+      <c r="Z50" s="343"/>
+      <c r="AA50" s="344"/>
+      <c r="AB50" s="345"/>
+      <c r="AC50" s="216"/>
+      <c r="AD50" s="119"/>
+      <c r="AE50"/>
+      <c r="AF50"/>
+      <c r="AG50"/>
+      <c r="AH50"/>
+      <c r="AI50"/>
     </row>
     <row r="51" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="350">
+      <c r="B51" s="254">
         <v>16</v>
       </c>
-      <c r="C51" s="350"/>
-[...5 lines deleted...]
-      <c r="I51" s="350">
+      <c r="C51" s="254"/>
+      <c r="D51" s="347"/>
+      <c r="E51" s="347"/>
+      <c r="F51" s="347"/>
+      <c r="G51" s="347"/>
+      <c r="H51" s="347"/>
+      <c r="I51" s="254">
         <v>46</v>
       </c>
-      <c r="J51" s="350"/>
-[...3 lines deleted...]
-      <c r="N51" s="350">
+      <c r="J51" s="254"/>
+      <c r="K51" s="347"/>
+      <c r="L51" s="347"/>
+      <c r="M51" s="347"/>
+      <c r="N51" s="254">
         <v>76</v>
       </c>
-      <c r="O51" s="350"/>
-[...8 lines deleted...]
-      <c r="X51" s="350">
+      <c r="O51" s="254"/>
+      <c r="P51" s="347"/>
+      <c r="Q51" s="347"/>
+      <c r="R51" s="347"/>
+      <c r="S51" s="347"/>
+      <c r="T51" s="347"/>
+      <c r="U51" s="347"/>
+      <c r="V51" s="204"/>
+      <c r="W51" s="204"/>
+      <c r="X51" s="254">
         <v>106</v>
       </c>
-      <c r="Y51" s="350"/>
-[...9 lines deleted...]
-      <c r="AI51" s="98"/>
+      <c r="Y51" s="254"/>
+      <c r="Z51" s="343"/>
+      <c r="AA51" s="344"/>
+      <c r="AB51" s="345"/>
+      <c r="AC51" s="216"/>
+      <c r="AD51" s="119"/>
+      <c r="AE51"/>
+      <c r="AF51"/>
+      <c r="AG51"/>
+      <c r="AH51"/>
+      <c r="AI51"/>
     </row>
     <row r="52" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="350">
+      <c r="B52" s="254">
         <v>17</v>
       </c>
-      <c r="C52" s="350"/>
-[...5 lines deleted...]
-      <c r="I52" s="350">
+      <c r="C52" s="254"/>
+      <c r="D52" s="347"/>
+      <c r="E52" s="347"/>
+      <c r="F52" s="347"/>
+      <c r="G52" s="347"/>
+      <c r="H52" s="347"/>
+      <c r="I52" s="254">
         <v>47</v>
       </c>
-      <c r="J52" s="350"/>
-[...3 lines deleted...]
-      <c r="N52" s="350">
+      <c r="J52" s="254"/>
+      <c r="K52" s="347"/>
+      <c r="L52" s="347"/>
+      <c r="M52" s="347"/>
+      <c r="N52" s="254">
         <v>77</v>
       </c>
-      <c r="O52" s="350"/>
-[...8 lines deleted...]
-      <c r="X52" s="350">
+      <c r="O52" s="254"/>
+      <c r="P52" s="347"/>
+      <c r="Q52" s="347"/>
+      <c r="R52" s="347"/>
+      <c r="S52" s="347"/>
+      <c r="T52" s="347"/>
+      <c r="U52" s="347"/>
+      <c r="V52" s="204"/>
+      <c r="W52" s="204"/>
+      <c r="X52" s="254">
         <v>107</v>
       </c>
-      <c r="Y52" s="350"/>
-[...9 lines deleted...]
-      <c r="AI52" s="98"/>
+      <c r="Y52" s="254"/>
+      <c r="Z52" s="343"/>
+      <c r="AA52" s="344"/>
+      <c r="AB52" s="345"/>
+      <c r="AC52" s="216"/>
+      <c r="AD52" s="119"/>
+      <c r="AE52"/>
+      <c r="AF52"/>
+      <c r="AG52"/>
+      <c r="AH52"/>
+      <c r="AI52"/>
     </row>
     <row r="53" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="350">
+      <c r="B53" s="254">
         <v>18</v>
       </c>
-      <c r="C53" s="350"/>
-[...5 lines deleted...]
-      <c r="I53" s="350">
+      <c r="C53" s="254"/>
+      <c r="D53" s="347"/>
+      <c r="E53" s="347"/>
+      <c r="F53" s="347"/>
+      <c r="G53" s="347"/>
+      <c r="H53" s="347"/>
+      <c r="I53" s="254">
         <v>48</v>
       </c>
-      <c r="J53" s="350"/>
-[...3 lines deleted...]
-      <c r="N53" s="350">
+      <c r="J53" s="254"/>
+      <c r="K53" s="347"/>
+      <c r="L53" s="347"/>
+      <c r="M53" s="347"/>
+      <c r="N53" s="254">
         <v>78</v>
       </c>
-      <c r="O53" s="350"/>
-[...8 lines deleted...]
-      <c r="X53" s="350">
+      <c r="O53" s="254"/>
+      <c r="P53" s="347"/>
+      <c r="Q53" s="347"/>
+      <c r="R53" s="347"/>
+      <c r="S53" s="347"/>
+      <c r="T53" s="347"/>
+      <c r="U53" s="347"/>
+      <c r="V53" s="204"/>
+      <c r="W53" s="204"/>
+      <c r="X53" s="254">
         <v>108</v>
       </c>
-      <c r="Y53" s="350"/>
-[...9 lines deleted...]
-      <c r="AI53" s="98"/>
+      <c r="Y53" s="254"/>
+      <c r="Z53" s="343"/>
+      <c r="AA53" s="344"/>
+      <c r="AB53" s="345"/>
+      <c r="AC53" s="216"/>
+      <c r="AD53" s="119"/>
+      <c r="AE53"/>
+      <c r="AF53"/>
+      <c r="AG53"/>
+      <c r="AH53"/>
+      <c r="AI53"/>
     </row>
     <row r="54" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="350">
+      <c r="B54" s="254">
         <v>19</v>
       </c>
-      <c r="C54" s="350"/>
-[...5 lines deleted...]
-      <c r="I54" s="350">
+      <c r="C54" s="254"/>
+      <c r="D54" s="347"/>
+      <c r="E54" s="347"/>
+      <c r="F54" s="347"/>
+      <c r="G54" s="347"/>
+      <c r="H54" s="347"/>
+      <c r="I54" s="254">
         <v>49</v>
       </c>
-      <c r="J54" s="350"/>
-[...3 lines deleted...]
-      <c r="N54" s="350">
+      <c r="J54" s="254"/>
+      <c r="K54" s="347"/>
+      <c r="L54" s="347"/>
+      <c r="M54" s="347"/>
+      <c r="N54" s="254">
         <v>79</v>
       </c>
-      <c r="O54" s="350"/>
-[...8 lines deleted...]
-      <c r="X54" s="350">
+      <c r="O54" s="254"/>
+      <c r="P54" s="347"/>
+      <c r="Q54" s="347"/>
+      <c r="R54" s="347"/>
+      <c r="S54" s="347"/>
+      <c r="T54" s="347"/>
+      <c r="U54" s="347"/>
+      <c r="V54" s="204"/>
+      <c r="W54" s="204"/>
+      <c r="X54" s="254">
         <v>109</v>
       </c>
-      <c r="Y54" s="350"/>
-[...9 lines deleted...]
-      <c r="AI54" s="98"/>
+      <c r="Y54" s="254"/>
+      <c r="Z54" s="343"/>
+      <c r="AA54" s="344"/>
+      <c r="AB54" s="345"/>
+      <c r="AC54" s="216"/>
+      <c r="AD54" s="119"/>
+      <c r="AE54"/>
+      <c r="AF54"/>
+      <c r="AG54"/>
+      <c r="AH54"/>
+      <c r="AI54"/>
     </row>
     <row r="55" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="350">
+      <c r="B55" s="254">
         <v>20</v>
       </c>
-      <c r="C55" s="350"/>
-[...5 lines deleted...]
-      <c r="I55" s="350">
+      <c r="C55" s="254"/>
+      <c r="D55" s="347"/>
+      <c r="E55" s="347"/>
+      <c r="F55" s="347"/>
+      <c r="G55" s="347"/>
+      <c r="H55" s="347"/>
+      <c r="I55" s="254">
         <v>50</v>
       </c>
-      <c r="J55" s="350"/>
-[...3 lines deleted...]
-      <c r="N55" s="350">
+      <c r="J55" s="254"/>
+      <c r="K55" s="347"/>
+      <c r="L55" s="347"/>
+      <c r="M55" s="347"/>
+      <c r="N55" s="254">
         <v>80</v>
       </c>
-      <c r="O55" s="350"/>
-[...8 lines deleted...]
-      <c r="X55" s="350">
+      <c r="O55" s="254"/>
+      <c r="P55" s="347"/>
+      <c r="Q55" s="347"/>
+      <c r="R55" s="347"/>
+      <c r="S55" s="347"/>
+      <c r="T55" s="347"/>
+      <c r="U55" s="347"/>
+      <c r="V55" s="204"/>
+      <c r="W55" s="204"/>
+      <c r="X55" s="254">
         <v>110</v>
       </c>
-      <c r="Y55" s="350"/>
-[...9 lines deleted...]
-      <c r="AI55" s="98"/>
+      <c r="Y55" s="254"/>
+      <c r="Z55" s="343"/>
+      <c r="AA55" s="344"/>
+      <c r="AB55" s="345"/>
+      <c r="AC55" s="216"/>
+      <c r="AD55" s="119"/>
+      <c r="AE55"/>
+      <c r="AF55"/>
+      <c r="AG55"/>
+      <c r="AH55"/>
+      <c r="AI55"/>
     </row>
     <row r="56" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="350">
+      <c r="B56" s="254">
         <v>21</v>
       </c>
-      <c r="C56" s="350"/>
-[...5 lines deleted...]
-      <c r="I56" s="350">
+      <c r="C56" s="254"/>
+      <c r="D56" s="347"/>
+      <c r="E56" s="347"/>
+      <c r="F56" s="347"/>
+      <c r="G56" s="347"/>
+      <c r="H56" s="347"/>
+      <c r="I56" s="254">
         <v>51</v>
       </c>
-      <c r="J56" s="350"/>
-[...3 lines deleted...]
-      <c r="N56" s="350">
+      <c r="J56" s="254"/>
+      <c r="K56" s="347"/>
+      <c r="L56" s="347"/>
+      <c r="M56" s="347"/>
+      <c r="N56" s="254">
         <v>81</v>
       </c>
-      <c r="O56" s="350"/>
-[...8 lines deleted...]
-      <c r="X56" s="350">
+      <c r="O56" s="254"/>
+      <c r="P56" s="347"/>
+      <c r="Q56" s="347"/>
+      <c r="R56" s="347"/>
+      <c r="S56" s="347"/>
+      <c r="T56" s="347"/>
+      <c r="U56" s="347"/>
+      <c r="V56" s="204"/>
+      <c r="W56" s="204"/>
+      <c r="X56" s="254">
         <v>111</v>
       </c>
-      <c r="Y56" s="350"/>
-[...9 lines deleted...]
-      <c r="AI56" s="98"/>
+      <c r="Y56" s="254"/>
+      <c r="Z56" s="343"/>
+      <c r="AA56" s="344"/>
+      <c r="AB56" s="345"/>
+      <c r="AC56" s="216"/>
+      <c r="AD56" s="119"/>
+      <c r="AE56"/>
+      <c r="AF56"/>
+      <c r="AG56"/>
+      <c r="AH56"/>
+      <c r="AI56"/>
     </row>
     <row r="57" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="350">
+      <c r="B57" s="254">
         <v>22</v>
       </c>
-      <c r="C57" s="350"/>
-[...5 lines deleted...]
-      <c r="I57" s="350">
+      <c r="C57" s="254"/>
+      <c r="D57" s="347"/>
+      <c r="E57" s="347"/>
+      <c r="F57" s="347"/>
+      <c r="G57" s="347"/>
+      <c r="H57" s="347"/>
+      <c r="I57" s="254">
         <v>52</v>
       </c>
-      <c r="J57" s="350"/>
-[...3 lines deleted...]
-      <c r="N57" s="350">
+      <c r="J57" s="254"/>
+      <c r="K57" s="347"/>
+      <c r="L57" s="347"/>
+      <c r="M57" s="347"/>
+      <c r="N57" s="254">
         <v>82</v>
       </c>
-      <c r="O57" s="350"/>
-[...8 lines deleted...]
-      <c r="X57" s="350">
+      <c r="O57" s="254"/>
+      <c r="P57" s="347"/>
+      <c r="Q57" s="347"/>
+      <c r="R57" s="347"/>
+      <c r="S57" s="347"/>
+      <c r="T57" s="347"/>
+      <c r="U57" s="347"/>
+      <c r="V57" s="204"/>
+      <c r="W57" s="204"/>
+      <c r="X57" s="254">
         <v>112</v>
       </c>
-      <c r="Y57" s="350"/>
-[...9 lines deleted...]
-      <c r="AI57" s="98"/>
+      <c r="Y57" s="254"/>
+      <c r="Z57" s="343"/>
+      <c r="AA57" s="344"/>
+      <c r="AB57" s="345"/>
+      <c r="AC57" s="216"/>
+      <c r="AD57" s="119"/>
+      <c r="AE57"/>
+      <c r="AF57"/>
+      <c r="AG57"/>
+      <c r="AH57"/>
+      <c r="AI57"/>
     </row>
     <row r="58" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="350">
+      <c r="B58" s="254">
         <v>23</v>
       </c>
-      <c r="C58" s="350"/>
-[...5 lines deleted...]
-      <c r="I58" s="350">
+      <c r="C58" s="254"/>
+      <c r="D58" s="347"/>
+      <c r="E58" s="347"/>
+      <c r="F58" s="347"/>
+      <c r="G58" s="347"/>
+      <c r="H58" s="347"/>
+      <c r="I58" s="254">
         <v>53</v>
       </c>
-      <c r="J58" s="350"/>
-[...3 lines deleted...]
-      <c r="N58" s="350">
+      <c r="J58" s="254"/>
+      <c r="K58" s="347"/>
+      <c r="L58" s="347"/>
+      <c r="M58" s="347"/>
+      <c r="N58" s="254">
         <v>83</v>
       </c>
-      <c r="O58" s="350"/>
-[...8 lines deleted...]
-      <c r="X58" s="350">
+      <c r="O58" s="254"/>
+      <c r="P58" s="347"/>
+      <c r="Q58" s="347"/>
+      <c r="R58" s="347"/>
+      <c r="S58" s="347"/>
+      <c r="T58" s="347"/>
+      <c r="U58" s="347"/>
+      <c r="V58" s="204"/>
+      <c r="W58" s="204"/>
+      <c r="X58" s="254">
         <v>113</v>
       </c>
-      <c r="Y58" s="350"/>
-[...9 lines deleted...]
-      <c r="AI58" s="98"/>
+      <c r="Y58" s="254"/>
+      <c r="Z58" s="343"/>
+      <c r="AA58" s="344"/>
+      <c r="AB58" s="345"/>
+      <c r="AC58" s="216"/>
+      <c r="AD58" s="119"/>
+      <c r="AE58"/>
+      <c r="AF58"/>
+      <c r="AG58"/>
+      <c r="AH58"/>
+      <c r="AI58"/>
     </row>
     <row r="59" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="350">
+      <c r="B59" s="254">
         <v>24</v>
       </c>
-      <c r="C59" s="350"/>
-[...5 lines deleted...]
-      <c r="I59" s="350">
+      <c r="C59" s="254"/>
+      <c r="D59" s="347"/>
+      <c r="E59" s="347"/>
+      <c r="F59" s="347"/>
+      <c r="G59" s="347"/>
+      <c r="H59" s="347"/>
+      <c r="I59" s="254">
         <v>54</v>
       </c>
-      <c r="J59" s="350"/>
-[...3 lines deleted...]
-      <c r="N59" s="350">
+      <c r="J59" s="254"/>
+      <c r="K59" s="347"/>
+      <c r="L59" s="347"/>
+      <c r="M59" s="347"/>
+      <c r="N59" s="254">
         <v>84</v>
       </c>
-      <c r="O59" s="350"/>
-[...8 lines deleted...]
-      <c r="X59" s="350">
+      <c r="O59" s="254"/>
+      <c r="P59" s="347"/>
+      <c r="Q59" s="347"/>
+      <c r="R59" s="347"/>
+      <c r="S59" s="347"/>
+      <c r="T59" s="347"/>
+      <c r="U59" s="347"/>
+      <c r="V59" s="204"/>
+      <c r="W59" s="204"/>
+      <c r="X59" s="254">
         <v>114</v>
       </c>
-      <c r="Y59" s="350"/>
-[...9 lines deleted...]
-      <c r="AI59" s="98"/>
+      <c r="Y59" s="254"/>
+      <c r="Z59" s="343"/>
+      <c r="AA59" s="344"/>
+      <c r="AB59" s="345"/>
+      <c r="AC59" s="216"/>
+      <c r="AD59" s="119"/>
+      <c r="AE59"/>
+      <c r="AF59"/>
+      <c r="AG59"/>
+      <c r="AH59"/>
+      <c r="AI59"/>
     </row>
     <row r="60" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="350">
+      <c r="B60" s="254">
         <v>25</v>
       </c>
-      <c r="C60" s="350"/>
-[...5 lines deleted...]
-      <c r="I60" s="350">
+      <c r="C60" s="254"/>
+      <c r="D60" s="347"/>
+      <c r="E60" s="347"/>
+      <c r="F60" s="347"/>
+      <c r="G60" s="347"/>
+      <c r="H60" s="347"/>
+      <c r="I60" s="254">
         <v>55</v>
       </c>
-      <c r="J60" s="350"/>
-[...3 lines deleted...]
-      <c r="N60" s="350">
+      <c r="J60" s="254"/>
+      <c r="K60" s="347"/>
+      <c r="L60" s="347"/>
+      <c r="M60" s="347"/>
+      <c r="N60" s="254">
         <v>85</v>
       </c>
-      <c r="O60" s="350"/>
-[...8 lines deleted...]
-      <c r="X60" s="350">
+      <c r="O60" s="254"/>
+      <c r="P60" s="347"/>
+      <c r="Q60" s="347"/>
+      <c r="R60" s="347"/>
+      <c r="S60" s="347"/>
+      <c r="T60" s="347"/>
+      <c r="U60" s="347"/>
+      <c r="V60" s="204"/>
+      <c r="W60" s="204"/>
+      <c r="X60" s="254">
         <v>115</v>
       </c>
-      <c r="Y60" s="350"/>
-[...9 lines deleted...]
-      <c r="AI60" s="98"/>
+      <c r="Y60" s="254"/>
+      <c r="Z60" s="343"/>
+      <c r="AA60" s="344"/>
+      <c r="AB60" s="345"/>
+      <c r="AC60" s="216"/>
+      <c r="AD60" s="119"/>
+      <c r="AE60"/>
+      <c r="AF60"/>
+      <c r="AG60"/>
+      <c r="AH60"/>
+      <c r="AI60"/>
     </row>
     <row r="61" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="350">
+      <c r="B61" s="254">
         <v>26</v>
       </c>
-      <c r="C61" s="350"/>
-[...5 lines deleted...]
-      <c r="I61" s="350">
+      <c r="C61" s="254"/>
+      <c r="D61" s="347"/>
+      <c r="E61" s="347"/>
+      <c r="F61" s="347"/>
+      <c r="G61" s="347"/>
+      <c r="H61" s="347"/>
+      <c r="I61" s="254">
         <v>56</v>
       </c>
-      <c r="J61" s="350"/>
-[...3 lines deleted...]
-      <c r="N61" s="350">
+      <c r="J61" s="254"/>
+      <c r="K61" s="347"/>
+      <c r="L61" s="347"/>
+      <c r="M61" s="347"/>
+      <c r="N61" s="254">
         <v>86</v>
       </c>
-      <c r="O61" s="350"/>
-[...8 lines deleted...]
-      <c r="X61" s="350">
+      <c r="O61" s="254"/>
+      <c r="P61" s="347"/>
+      <c r="Q61" s="347"/>
+      <c r="R61" s="347"/>
+      <c r="S61" s="347"/>
+      <c r="T61" s="347"/>
+      <c r="U61" s="347"/>
+      <c r="V61" s="204"/>
+      <c r="W61" s="204"/>
+      <c r="X61" s="254">
         <v>116</v>
       </c>
-      <c r="Y61" s="350"/>
-[...9 lines deleted...]
-      <c r="AI61" s="98"/>
+      <c r="Y61" s="254"/>
+      <c r="Z61" s="343"/>
+      <c r="AA61" s="344"/>
+      <c r="AB61" s="345"/>
+      <c r="AC61" s="216"/>
+      <c r="AD61" s="119"/>
+      <c r="AE61"/>
+      <c r="AF61"/>
+      <c r="AG61"/>
+      <c r="AH61"/>
+      <c r="AI61"/>
     </row>
     <row r="62" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="350">
+      <c r="B62" s="254">
         <v>27</v>
       </c>
-      <c r="C62" s="350"/>
-[...5 lines deleted...]
-      <c r="I62" s="350">
+      <c r="C62" s="254"/>
+      <c r="D62" s="347"/>
+      <c r="E62" s="347"/>
+      <c r="F62" s="347"/>
+      <c r="G62" s="347"/>
+      <c r="H62" s="347"/>
+      <c r="I62" s="254">
         <v>57</v>
       </c>
-      <c r="J62" s="350"/>
-[...3 lines deleted...]
-      <c r="N62" s="350">
+      <c r="J62" s="254"/>
+      <c r="K62" s="347"/>
+      <c r="L62" s="347"/>
+      <c r="M62" s="347"/>
+      <c r="N62" s="254">
         <v>87</v>
       </c>
-      <c r="O62" s="350"/>
-[...8 lines deleted...]
-      <c r="X62" s="350">
+      <c r="O62" s="254"/>
+      <c r="P62" s="347"/>
+      <c r="Q62" s="347"/>
+      <c r="R62" s="347"/>
+      <c r="S62" s="347"/>
+      <c r="T62" s="347"/>
+      <c r="U62" s="347"/>
+      <c r="V62" s="204"/>
+      <c r="W62" s="204"/>
+      <c r="X62" s="254">
         <v>117</v>
       </c>
-      <c r="Y62" s="350"/>
-[...9 lines deleted...]
-      <c r="AI62" s="98"/>
+      <c r="Y62" s="254"/>
+      <c r="Z62" s="343"/>
+      <c r="AA62" s="344"/>
+      <c r="AB62" s="345"/>
+      <c r="AC62" s="216"/>
+      <c r="AD62" s="119"/>
+      <c r="AE62"/>
+      <c r="AF62"/>
+      <c r="AG62"/>
+      <c r="AH62"/>
+      <c r="AI62"/>
     </row>
     <row r="63" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="350">
+      <c r="B63" s="254">
         <v>28</v>
       </c>
-      <c r="C63" s="350"/>
-[...5 lines deleted...]
-      <c r="I63" s="350">
+      <c r="C63" s="254"/>
+      <c r="D63" s="347"/>
+      <c r="E63" s="347"/>
+      <c r="F63" s="347"/>
+      <c r="G63" s="347"/>
+      <c r="H63" s="347"/>
+      <c r="I63" s="254">
         <v>58</v>
       </c>
-      <c r="J63" s="350"/>
-[...3 lines deleted...]
-      <c r="N63" s="350">
+      <c r="J63" s="254"/>
+      <c r="K63" s="347"/>
+      <c r="L63" s="347"/>
+      <c r="M63" s="347"/>
+      <c r="N63" s="254">
         <v>88</v>
       </c>
-      <c r="O63" s="350"/>
-[...8 lines deleted...]
-      <c r="X63" s="350">
+      <c r="O63" s="254"/>
+      <c r="P63" s="347"/>
+      <c r="Q63" s="347"/>
+      <c r="R63" s="347"/>
+      <c r="S63" s="347"/>
+      <c r="T63" s="347"/>
+      <c r="U63" s="347"/>
+      <c r="V63" s="204"/>
+      <c r="W63" s="204"/>
+      <c r="X63" s="254">
         <v>118</v>
       </c>
-      <c r="Y63" s="350"/>
-[...9 lines deleted...]
-      <c r="AI63" s="98"/>
+      <c r="Y63" s="254"/>
+      <c r="Z63" s="343"/>
+      <c r="AA63" s="344"/>
+      <c r="AB63" s="345"/>
+      <c r="AC63" s="216"/>
+      <c r="AD63" s="119"/>
+      <c r="AE63"/>
+      <c r="AF63"/>
+      <c r="AG63"/>
+      <c r="AH63"/>
+      <c r="AI63"/>
     </row>
     <row r="64" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="350">
+      <c r="B64" s="254">
         <v>29</v>
       </c>
-      <c r="C64" s="350"/>
-[...5 lines deleted...]
-      <c r="I64" s="350">
+      <c r="C64" s="254"/>
+      <c r="D64" s="347"/>
+      <c r="E64" s="347"/>
+      <c r="F64" s="347"/>
+      <c r="G64" s="347"/>
+      <c r="H64" s="347"/>
+      <c r="I64" s="254">
         <v>59</v>
       </c>
-      <c r="J64" s="350"/>
-[...3 lines deleted...]
-      <c r="N64" s="350">
+      <c r="J64" s="254"/>
+      <c r="K64" s="347"/>
+      <c r="L64" s="347"/>
+      <c r="M64" s="347"/>
+      <c r="N64" s="254">
         <v>89</v>
       </c>
-      <c r="O64" s="350"/>
-[...8 lines deleted...]
-      <c r="X64" s="350">
+      <c r="O64" s="254"/>
+      <c r="P64" s="347"/>
+      <c r="Q64" s="347"/>
+      <c r="R64" s="347"/>
+      <c r="S64" s="347"/>
+      <c r="T64" s="347"/>
+      <c r="U64" s="347"/>
+      <c r="V64" s="204"/>
+      <c r="W64" s="204"/>
+      <c r="X64" s="254">
         <v>119</v>
       </c>
-      <c r="Y64" s="350"/>
-[...9 lines deleted...]
-      <c r="AI64" s="98"/>
+      <c r="Y64" s="254"/>
+      <c r="Z64" s="343"/>
+      <c r="AA64" s="344"/>
+      <c r="AB64" s="345"/>
+      <c r="AC64" s="216"/>
+      <c r="AD64" s="119"/>
+      <c r="AE64"/>
+      <c r="AF64"/>
+      <c r="AG64"/>
+      <c r="AH64"/>
+      <c r="AI64"/>
     </row>
     <row r="65" spans="1:50" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="350">
+      <c r="B65" s="254">
         <v>30</v>
       </c>
-      <c r="C65" s="350"/>
-[...5 lines deleted...]
-      <c r="I65" s="350">
+      <c r="C65" s="254"/>
+      <c r="D65" s="347"/>
+      <c r="E65" s="347"/>
+      <c r="F65" s="347"/>
+      <c r="G65" s="347"/>
+      <c r="H65" s="347"/>
+      <c r="I65" s="254">
         <v>60</v>
       </c>
-      <c r="J65" s="350"/>
-[...3 lines deleted...]
-      <c r="N65" s="350">
+      <c r="J65" s="254"/>
+      <c r="K65" s="347"/>
+      <c r="L65" s="347"/>
+      <c r="M65" s="347"/>
+      <c r="N65" s="254">
         <v>90</v>
       </c>
-      <c r="O65" s="350"/>
-[...8 lines deleted...]
-      <c r="X65" s="350">
+      <c r="O65" s="254"/>
+      <c r="P65" s="347"/>
+      <c r="Q65" s="347"/>
+      <c r="R65" s="347"/>
+      <c r="S65" s="347"/>
+      <c r="T65" s="347"/>
+      <c r="U65" s="347"/>
+      <c r="V65" s="204"/>
+      <c r="W65" s="204"/>
+      <c r="X65" s="254">
         <v>120</v>
       </c>
-      <c r="Y65" s="350"/>
-[...188 lines deleted...]
-      <c r="B70" s="144" t="s">
+      <c r="Y65" s="254"/>
+      <c r="Z65" s="343"/>
+      <c r="AA65" s="344"/>
+      <c r="AB65" s="345"/>
+      <c r="AC65" s="216"/>
+      <c r="AD65" s="119"/>
+      <c r="AE65"/>
+      <c r="AF65"/>
+      <c r="AG65"/>
+      <c r="AH65"/>
+      <c r="AI65"/>
+    </row>
+    <row r="66" spans="1:50" s="21" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="66"/>
+      <c r="B66" s="66"/>
+      <c r="C66" s="66"/>
+      <c r="D66" s="66"/>
+      <c r="E66" s="66"/>
+      <c r="F66" s="66"/>
+      <c r="G66" s="66"/>
+      <c r="H66" s="66"/>
+      <c r="I66" s="67"/>
+      <c r="J66" s="67"/>
+      <c r="K66" s="35"/>
+      <c r="L66" s="35"/>
+      <c r="M66" s="35"/>
+      <c r="N66" s="35"/>
+      <c r="O66" s="35"/>
+      <c r="P66" s="35"/>
+      <c r="Q66" s="35"/>
+      <c r="R66" s="35"/>
+      <c r="S66" s="35"/>
+      <c r="T66" s="35"/>
+      <c r="U66" s="35"/>
+      <c r="V66" s="35"/>
+      <c r="W66" s="35"/>
+      <c r="X66" s="35"/>
+      <c r="Y66" s="32"/>
+      <c r="Z66" s="32"/>
+      <c r="AD66" s="32"/>
+    </row>
+    <row r="67" spans="1:50" s="21" customFormat="1" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="68"/>
+      <c r="B67" s="68"/>
+      <c r="C67" s="68"/>
+      <c r="D67" s="68"/>
+      <c r="E67" s="68"/>
+      <c r="F67" s="68"/>
+      <c r="G67" s="68"/>
+      <c r="H67" s="68"/>
+      <c r="I67" s="68"/>
+      <c r="J67" s="68"/>
+      <c r="K67" s="68"/>
+      <c r="L67" s="68"/>
+      <c r="M67" s="68"/>
+      <c r="N67" s="68"/>
+      <c r="O67" s="68"/>
+      <c r="P67" s="68"/>
+      <c r="Q67" s="68"/>
+      <c r="R67" s="68"/>
+      <c r="S67" s="68"/>
+      <c r="T67" s="68"/>
+      <c r="U67" s="68"/>
+      <c r="V67" s="68"/>
+      <c r="W67" s="68"/>
+      <c r="X67" s="68"/>
+      <c r="Y67" s="68"/>
+      <c r="Z67" s="68"/>
+      <c r="AD67" s="68"/>
+      <c r="AE67" s="109"/>
+      <c r="AF67" s="109"/>
+      <c r="AG67" s="109"/>
+      <c r="AI67" s="109"/>
+      <c r="AJ67" s="109"/>
+      <c r="AK67" s="109"/>
+      <c r="AL67" s="109"/>
+      <c r="AM67" s="109"/>
+      <c r="AN67" s="109"/>
+      <c r="AO67" s="109"/>
+      <c r="AP67" s="109"/>
+      <c r="AQ67" s="109"/>
+      <c r="AR67" s="109"/>
+      <c r="AS67" s="109"/>
+      <c r="AT67" s="109"/>
+      <c r="AU67" s="109"/>
+      <c r="AV67" s="109"/>
+      <c r="AW67" s="109"/>
+      <c r="AX67" s="109"/>
+    </row>
+    <row r="68" spans="1:50" s="21" customFormat="1" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="283"/>
+      <c r="B68" s="283"/>
+      <c r="C68" s="283"/>
+      <c r="D68" s="283"/>
+      <c r="E68" s="283"/>
+      <c r="F68" s="283"/>
+      <c r="G68" s="283"/>
+      <c r="H68" s="283"/>
+      <c r="I68" s="283"/>
+      <c r="J68" s="283"/>
+      <c r="K68" s="283"/>
+      <c r="L68" s="283"/>
+      <c r="M68" s="283"/>
+      <c r="N68" s="283"/>
+      <c r="O68" s="283"/>
+      <c r="P68" s="283"/>
+      <c r="Q68" s="283"/>
+      <c r="R68" s="283"/>
+      <c r="S68" s="283"/>
+      <c r="T68" s="283"/>
+      <c r="U68" s="283"/>
+      <c r="V68" s="283"/>
+      <c r="W68" s="283"/>
+      <c r="X68" s="283"/>
+      <c r="Y68" s="283"/>
+      <c r="Z68" s="283"/>
+      <c r="AA68" s="283"/>
+      <c r="AB68" s="188"/>
+      <c r="AC68" s="188"/>
+      <c r="AD68" s="68"/>
+      <c r="AE68" s="109"/>
+      <c r="AF68" s="109"/>
+      <c r="AG68" s="109"/>
+      <c r="AI68" s="109"/>
+      <c r="AJ68" s="109"/>
+      <c r="AK68" s="109"/>
+      <c r="AL68" s="109"/>
+      <c r="AM68" s="109"/>
+      <c r="AN68" s="109"/>
+      <c r="AO68" s="109"/>
+      <c r="AP68" s="109"/>
+      <c r="AQ68" s="109"/>
+      <c r="AR68" s="109"/>
+      <c r="AS68" s="109"/>
+      <c r="AT68" s="109"/>
+      <c r="AU68" s="109"/>
+      <c r="AV68" s="109"/>
+      <c r="AW68" s="109"/>
+      <c r="AX68" s="109"/>
+    </row>
+    <row r="69" spans="1:50" s="32" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="105" t="s">
         <v>141</v>
       </c>
-      <c r="C70" s="144"/>
-[...68 lines deleted...]
-      <c r="A72" s="462" t="s">
+      <c r="C69" s="105"/>
+      <c r="W69" s="183"/>
+      <c r="Y69" s="186"/>
+    </row>
+    <row r="70" spans="1:50" s="32" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="105"/>
+      <c r="C70" s="105"/>
+      <c r="W70" s="105"/>
+    </row>
+    <row r="71" spans="1:50" s="32" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="348" t="s">
         <v>111</v>
       </c>
-      <c r="B72" s="462"/>
-[...9 lines deleted...]
-      <c r="L72" s="144" t="s">
+      <c r="B71" s="348"/>
+      <c r="C71" s="349"/>
+      <c r="D71" s="349"/>
+      <c r="E71" s="349"/>
+      <c r="F71" s="349"/>
+      <c r="G71" s="349"/>
+      <c r="H71" s="349"/>
+      <c r="I71" s="349"/>
+      <c r="J71" s="105"/>
+      <c r="L71" s="105" t="s">
         <v>140</v>
       </c>
-      <c r="M72" s="145"/>
-[...105 lines deleted...]
-      <c r="E75" s="201" t="s">
+      <c r="Q71" s="346"/>
+      <c r="R71" s="346"/>
+      <c r="S71" s="346"/>
+      <c r="T71" s="346"/>
+      <c r="U71" s="346"/>
+      <c r="V71" s="346"/>
+      <c r="W71" s="346"/>
+      <c r="X71" s="346"/>
+      <c r="Y71" s="346"/>
+      <c r="Z71" s="346"/>
+      <c r="AA71" s="346"/>
+      <c r="AB71" s="197"/>
+      <c r="AC71" s="6"/>
+      <c r="AD71" s="105"/>
+      <c r="AE71" s="180"/>
+    </row>
+    <row r="72" spans="1:50" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="68"/>
+      <c r="B72" s="68"/>
+      <c r="C72" s="68"/>
+      <c r="D72" s="68"/>
+      <c r="E72" s="68"/>
+      <c r="F72" s="68"/>
+      <c r="G72" s="68"/>
+      <c r="H72" s="68"/>
+      <c r="I72" s="68"/>
+      <c r="J72" s="68"/>
+      <c r="K72" s="68"/>
+      <c r="L72" s="68"/>
+      <c r="M72" s="68"/>
+      <c r="N72" s="68"/>
+      <c r="O72" s="68"/>
+      <c r="P72" s="68"/>
+      <c r="Q72" s="68"/>
+      <c r="R72" s="68"/>
+      <c r="S72" s="68"/>
+      <c r="T72" s="68"/>
+      <c r="U72" s="68"/>
+      <c r="V72" s="68"/>
+      <c r="W72" s="68"/>
+      <c r="X72" s="68"/>
+      <c r="Y72" s="68"/>
+      <c r="Z72" s="68"/>
+      <c r="AD72" s="68"/>
+      <c r="AE72" s="109"/>
+      <c r="AF72" s="109"/>
+      <c r="AG72" s="109"/>
+      <c r="AI72" s="109"/>
+      <c r="AJ72" s="109"/>
+      <c r="AK72" s="109"/>
+      <c r="AL72" s="109"/>
+      <c r="AM72" s="109"/>
+      <c r="AN72" s="109"/>
+      <c r="AO72" s="109"/>
+      <c r="AP72" s="109"/>
+      <c r="AQ72" s="109"/>
+      <c r="AR72" s="109"/>
+      <c r="AS72" s="109"/>
+      <c r="AT72" s="109"/>
+      <c r="AU72" s="109"/>
+      <c r="AV72" s="109"/>
+      <c r="AW72" s="109"/>
+      <c r="AX72" s="109"/>
+    </row>
+    <row r="73" spans="1:50" s="21" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="142"/>
+      <c r="B73" s="142"/>
+      <c r="C73" s="85"/>
+      <c r="D73" s="85"/>
+      <c r="E73" s="6"/>
+      <c r="F73" s="177"/>
+      <c r="G73" s="6"/>
+      <c r="H73" s="100"/>
+      <c r="I73" s="100"/>
+      <c r="AE73" s="105"/>
+      <c r="AF73" s="32"/>
+      <c r="AG73" s="32"/>
+    </row>
+    <row r="74" spans="1:50" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="146" t="s">
+        <v>145</v>
+      </c>
+      <c r="B74" s="12"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="144" t="s">
         <v>130</v>
       </c>
-      <c r="F75" s="199"/>
-[...20 lines deleted...]
-      <c r="AA75" s="202" t="s">
+      <c r="F74" s="31"/>
+      <c r="G74" s="31"/>
+      <c r="H74" s="31"/>
+      <c r="I74" s="31"/>
+      <c r="J74" s="31"/>
+      <c r="K74" s="31"/>
+      <c r="L74" s="31"/>
+      <c r="M74" s="31"/>
+      <c r="N74" s="31"/>
+      <c r="O74" s="31"/>
+      <c r="P74" s="31"/>
+      <c r="Q74" s="31"/>
+      <c r="R74" s="31"/>
+      <c r="S74" s="31"/>
+      <c r="T74" s="31"/>
+      <c r="U74" s="31"/>
+      <c r="V74" s="31"/>
+      <c r="W74" s="31"/>
+      <c r="X74" s="31"/>
+      <c r="Y74" s="31"/>
+      <c r="Z74" s="143"/>
+      <c r="AA74" s="145" t="s">
         <v>115</v>
       </c>
-      <c r="AB75" s="278"/>
-[...1 lines deleted...]
-    </row>
+      <c r="AB74" s="198"/>
+      <c r="AC74" s="198"/>
+    </row>
+    <row r="75" spans="1:50" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="76" spans="1:50" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="77" spans="1:50" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="78" spans="1:50" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection password="CBB8" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="jbTBjvjwXbWoB1/8AhH7IC8aljmu//FLvIF5wA3fhKsCHUHz/1nEzfXc4W+6p4VHxeV+WlkoQvb01qZdvriPJw==" saltValue="WH7d3HOvJ16ADEl2t3NuNQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="297">
-    <mergeCell ref="Z58:AB58"/>
-[...32 lines deleted...]
-    <mergeCell ref="X64:Y64"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="AF8:AH8"/>
+    <mergeCell ref="AI8:AO8"/>
+    <mergeCell ref="AF9:AH9"/>
+    <mergeCell ref="AI9:AO9"/>
+    <mergeCell ref="AF23:AI23"/>
+    <mergeCell ref="AF10:AH10"/>
+    <mergeCell ref="AI10:AO10"/>
+    <mergeCell ref="P35:U35"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="D35:H35"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="B17:AA17"/>
+    <mergeCell ref="B18:AA18"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:P4"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="B15:K15"/>
+    <mergeCell ref="I11:K11"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="Z3:AA3"/>
+    <mergeCell ref="B10:F10"/>
+    <mergeCell ref="L10:O10"/>
+    <mergeCell ref="P10:T10"/>
+    <mergeCell ref="U10:Z10"/>
+    <mergeCell ref="B5:P5"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="L11:O11"/>
+    <mergeCell ref="G10:K10"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="D21:R21"/>
+    <mergeCell ref="X21:AA21"/>
+    <mergeCell ref="P11:Y11"/>
+    <mergeCell ref="C6:O7"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="D53:H53"/>
+    <mergeCell ref="I53:J53"/>
+    <mergeCell ref="K53:M53"/>
+    <mergeCell ref="N53:O53"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:H57"/>
+    <mergeCell ref="I57:J57"/>
+    <mergeCell ref="K57:M57"/>
+    <mergeCell ref="N57:O57"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="D55:H55"/>
+    <mergeCell ref="I55:J55"/>
+    <mergeCell ref="K55:M55"/>
+    <mergeCell ref="N55:O55"/>
+    <mergeCell ref="D58:H58"/>
+    <mergeCell ref="I58:J58"/>
+    <mergeCell ref="K58:M58"/>
+    <mergeCell ref="N58:O58"/>
+    <mergeCell ref="X35:Y35"/>
+    <mergeCell ref="Z35:AB35"/>
+    <mergeCell ref="Z36:AB36"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="Z37:AB37"/>
+    <mergeCell ref="Z38:AB38"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="Z39:AB39"/>
+    <mergeCell ref="Z40:AB40"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="Z41:AB41"/>
+    <mergeCell ref="Z42:AB42"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="Z43:AB43"/>
+    <mergeCell ref="Z44:AB44"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z45:AB45"/>
+    <mergeCell ref="Z46:AB46"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="Z47:AB47"/>
+    <mergeCell ref="Z48:AB48"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="Z49:AB49"/>
+    <mergeCell ref="Z50:AB50"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:Y51"/>
+    <mergeCell ref="D52:H52"/>
+    <mergeCell ref="I52:J52"/>
+    <mergeCell ref="K52:M52"/>
+    <mergeCell ref="N52:O52"/>
+    <mergeCell ref="P52:U52"/>
+    <mergeCell ref="X52:Y52"/>
+    <mergeCell ref="Z51:AB51"/>
+    <mergeCell ref="Z52:AB52"/>
+    <mergeCell ref="P53:U53"/>
+    <mergeCell ref="X53:Y53"/>
+    <mergeCell ref="D54:H54"/>
+    <mergeCell ref="I54:J54"/>
+    <mergeCell ref="K54:M54"/>
+    <mergeCell ref="N54:O54"/>
+    <mergeCell ref="P54:U54"/>
+    <mergeCell ref="X54:Y54"/>
+    <mergeCell ref="Z53:AB53"/>
+    <mergeCell ref="Z54:AB54"/>
+    <mergeCell ref="Z57:AB57"/>
+    <mergeCell ref="P55:U55"/>
+    <mergeCell ref="X55:Y55"/>
+    <mergeCell ref="D56:H56"/>
+    <mergeCell ref="I56:J56"/>
+    <mergeCell ref="K56:M56"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="P56:U56"/>
+    <mergeCell ref="X56:Y56"/>
+    <mergeCell ref="Z55:AB55"/>
+    <mergeCell ref="Z56:AB56"/>
+    <mergeCell ref="P57:U57"/>
+    <mergeCell ref="X57:Y57"/>
+    <mergeCell ref="B65:C65"/>
+    <mergeCell ref="D65:H65"/>
+    <mergeCell ref="I65:J65"/>
+    <mergeCell ref="K65:M65"/>
+    <mergeCell ref="N65:O65"/>
+    <mergeCell ref="P65:U65"/>
+    <mergeCell ref="B64:C64"/>
+    <mergeCell ref="D64:H64"/>
+    <mergeCell ref="I64:J64"/>
+    <mergeCell ref="K64:M64"/>
+    <mergeCell ref="N60:O60"/>
+    <mergeCell ref="P60:U60"/>
+    <mergeCell ref="P58:U58"/>
+    <mergeCell ref="X58:Y58"/>
+    <mergeCell ref="D59:H59"/>
+    <mergeCell ref="I59:J59"/>
+    <mergeCell ref="K59:M59"/>
+    <mergeCell ref="N59:O59"/>
+    <mergeCell ref="X59:Y59"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="B59:C59"/>
     <mergeCell ref="Z22:AA22"/>
     <mergeCell ref="Y23:AA23"/>
     <mergeCell ref="Y25:AA25"/>
     <mergeCell ref="Z28:AA28"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="D63:H63"/>
     <mergeCell ref="I63:J63"/>
     <mergeCell ref="K63:M63"/>
     <mergeCell ref="N63:O63"/>
     <mergeCell ref="P63:U63"/>
     <mergeCell ref="X63:Y63"/>
     <mergeCell ref="P61:U61"/>
     <mergeCell ref="X61:Y61"/>
     <mergeCell ref="B62:C62"/>
     <mergeCell ref="D62:H62"/>
     <mergeCell ref="I62:J62"/>
     <mergeCell ref="K62:M62"/>
     <mergeCell ref="N62:O62"/>
     <mergeCell ref="P62:U62"/>
     <mergeCell ref="D60:H60"/>
     <mergeCell ref="I60:J60"/>
     <mergeCell ref="K60:M60"/>
-    <mergeCell ref="N60:O60"/>
-[...237 lines deleted...]
-    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D31:R31"/>
+    <mergeCell ref="D32:R32"/>
+    <mergeCell ref="X30:AA30"/>
+    <mergeCell ref="Z31:AA31"/>
+    <mergeCell ref="Y32:AA32"/>
+    <mergeCell ref="D22:R22"/>
+    <mergeCell ref="D23:R23"/>
+    <mergeCell ref="D24:AA24"/>
+    <mergeCell ref="D25:R25"/>
+    <mergeCell ref="D30:R30"/>
+    <mergeCell ref="Z58:AB58"/>
+    <mergeCell ref="Z59:AB59"/>
+    <mergeCell ref="Z60:AB60"/>
+    <mergeCell ref="Z61:AB61"/>
+    <mergeCell ref="Z62:AB62"/>
+    <mergeCell ref="Z63:AB63"/>
+    <mergeCell ref="Z64:AB64"/>
+    <mergeCell ref="Z65:AB65"/>
+    <mergeCell ref="Q71:AA71"/>
+    <mergeCell ref="P59:U59"/>
+    <mergeCell ref="X60:Y60"/>
+    <mergeCell ref="A68:AA68"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="C71:I71"/>
+    <mergeCell ref="X62:Y62"/>
+    <mergeCell ref="B61:C61"/>
+    <mergeCell ref="D61:H61"/>
+    <mergeCell ref="I61:J61"/>
+    <mergeCell ref="K61:M61"/>
+    <mergeCell ref="N61:O61"/>
+    <mergeCell ref="X65:Y65"/>
+    <mergeCell ref="N64:O64"/>
+    <mergeCell ref="P64:U64"/>
+    <mergeCell ref="X64:Y64"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AJ23" r:id="rId1" xr:uid="{00000000-0004-0000-0700-000000000000}"/>
     <hyperlink ref="AJ21" r:id="rId2" xr:uid="{00000000-0004-0000-0700-000001000000}"/>
     <hyperlink ref="AJ20" r:id="rId3" xr:uid="{00000000-0004-0000-0700-000002000000}"/>
     <hyperlink ref="AJ30" r:id="rId4" xr:uid="{00000000-0004-0000-0700-000003000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.118110236220472" bottom="0.118110236220472" header="0.118110236220472" footer="0.118110236220472"/>
   <pageSetup paperSize="9" scale="85" fitToWidth="0" orientation="portrait" r:id="rId5"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="A1:CF85"/>
+  <dimension ref="A1:BD85"/>
   <sheetViews>
     <sheetView showGridLines="0" showWhiteSpace="0" view="pageBreakPreview" topLeftCell="A52" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="AA87" sqref="AA87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="23" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="29" max="29" width="10.7109375" style="50" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="3.28515625" style="21" customWidth="1"/>
+    <col min="3" max="3" width="6.28515625" style="21" customWidth="1"/>
+    <col min="4" max="6" width="3.28515625" style="21" customWidth="1"/>
+    <col min="7" max="7" width="5.85546875" style="21" customWidth="1"/>
+    <col min="8" max="8" width="1.140625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.5703125" style="21" customWidth="1"/>
+    <col min="10" max="10" width="2.5703125" style="21" customWidth="1"/>
+    <col min="11" max="12" width="3.42578125" style="21" customWidth="1"/>
+    <col min="13" max="13" width="7" style="21" customWidth="1"/>
+    <col min="14" max="14" width="3.28515625" style="21" customWidth="1"/>
+    <col min="15" max="15" width="4.7109375" style="21" customWidth="1"/>
+    <col min="16" max="17" width="3.28515625" style="21" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="21" customWidth="1"/>
+    <col min="19" max="19" width="2.85546875" style="21" customWidth="1"/>
+    <col min="20" max="20" width="2.140625" style="21" customWidth="1"/>
+    <col min="21" max="21" width="2" style="21" customWidth="1"/>
+    <col min="22" max="23" width="3.28515625" style="21" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="4.140625" style="21" customWidth="1"/>
+    <col min="25" max="25" width="3.5703125" style="21" customWidth="1"/>
+    <col min="26" max="26" width="5.28515625" style="21" customWidth="1"/>
+    <col min="27" max="27" width="16.42578125" style="21" customWidth="1"/>
+    <col min="28" max="28" width="10.7109375" style="21" customWidth="1"/>
+    <col min="29" max="29" width="10.7109375" style="21" hidden="1" customWidth="1"/>
     <col min="30" max="33" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="36" max="36" width="10" style="1" hidden="1" customWidth="1"/>
     <col min="37" max="52" width="3.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="53" max="53" width="0.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="54" max="54" width="1" style="1" hidden="1" customWidth="1"/>
     <col min="55" max="55" width="0.7109375" style="1" hidden="1" customWidth="1"/>
-    <col min="56" max="56" width="3.28515625" style="49" hidden="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="85" max="16384" width="3.28515625" style="1"/>
+    <col min="56" max="56" width="3.28515625" style="1" hidden="1" customWidth="1"/>
+    <col min="57" max="80" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="81" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:39" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="335"/>
-[...7 lines deleted...]
-      <c r="J1" s="342" t="s">
+      <c r="B1" s="271"/>
+      <c r="C1" s="272"/>
+      <c r="D1" s="272"/>
+      <c r="E1" s="272"/>
+      <c r="F1" s="272"/>
+      <c r="G1" s="272"/>
+      <c r="H1" s="272"/>
+      <c r="I1" s="272"/>
+      <c r="J1" s="275" t="s">
         <v>104</v>
       </c>
-      <c r="K1" s="342"/>
-[...17 lines deleted...]
-      <c r="AC1" s="85"/>
+      <c r="K1" s="275"/>
+      <c r="L1" s="275"/>
+      <c r="M1" s="275"/>
+      <c r="N1" s="275"/>
+      <c r="O1" s="275"/>
+      <c r="P1" s="275"/>
+      <c r="Q1" s="275"/>
+      <c r="R1" s="275"/>
+      <c r="S1" s="275"/>
+      <c r="T1" s="275"/>
+      <c r="U1" s="275"/>
+      <c r="V1" s="275"/>
+      <c r="W1" s="275"/>
+      <c r="X1" s="275"/>
+      <c r="Y1" s="275"/>
+      <c r="Z1" s="275"/>
+      <c r="AA1" s="276"/>
+      <c r="AB1" s="74"/>
+      <c r="AC1" s="74"/>
     </row>
     <row r="2" spans="2:39" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="4"/>
       <c r="Z2" s="5"/>
       <c r="AA2" s="6"/>
       <c r="AB2" s="6"/>
       <c r="AC2" s="6"/>
     </row>
     <row r="3" spans="2:39" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="344" t="s">
+      <c r="B3" s="277" t="s">
         <v>88</v>
       </c>
-      <c r="C3" s="344"/>
-[...12 lines deleted...]
-      <c r="P3" s="345"/>
+      <c r="C3" s="277"/>
+      <c r="D3" s="277"/>
+      <c r="E3" s="277"/>
+      <c r="F3" s="277"/>
+      <c r="G3" s="277"/>
+      <c r="H3" s="277"/>
+      <c r="I3" s="277"/>
+      <c r="J3" s="277"/>
+      <c r="K3" s="277"/>
+      <c r="L3" s="277"/>
+      <c r="M3" s="277"/>
+      <c r="N3" s="277"/>
+      <c r="O3" s="277"/>
+      <c r="P3" s="278"/>
       <c r="Q3" s="8"/>
       <c r="R3" s="9"/>
       <c r="S3" s="10"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="Z3" s="12"/>
       <c r="AA3" s="13"/>
-      <c r="AB3" s="86"/>
-      <c r="AC3" s="86"/>
+      <c r="AB3" s="75"/>
+      <c r="AC3" s="75"/>
       <c r="AE3" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="344"/>
-[...14 lines deleted...]
-      <c r="Q4" s="330" t="s">
+      <c r="B4" s="277"/>
+      <c r="C4" s="277"/>
+      <c r="D4" s="277"/>
+      <c r="E4" s="277"/>
+      <c r="F4" s="277"/>
+      <c r="G4" s="277"/>
+      <c r="H4" s="277"/>
+      <c r="I4" s="277"/>
+      <c r="J4" s="277"/>
+      <c r="K4" s="277"/>
+      <c r="L4" s="277"/>
+      <c r="M4" s="277"/>
+      <c r="N4" s="277"/>
+      <c r="O4" s="277"/>
+      <c r="P4" s="278"/>
+      <c r="Q4" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="R4" s="331"/>
-[...10 lines deleted...]
-      <c r="AC4" s="157"/>
+      <c r="R4" s="252"/>
+      <c r="S4" s="252"/>
+      <c r="T4" s="252"/>
+      <c r="U4" s="252"/>
+      <c r="V4" s="252"/>
+      <c r="W4" s="252"/>
+      <c r="X4" s="252"/>
+      <c r="Y4" s="252"/>
+      <c r="Z4" s="252"/>
+      <c r="AA4" s="281"/>
+      <c r="AB4" s="45"/>
+      <c r="AC4" s="45"/>
       <c r="AE4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="2:39" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="15"/>
-      <c r="E5" s="347" t="s">
+      <c r="E5" s="282" t="s">
         <v>6</v>
       </c>
-      <c r="F5" s="347"/>
-[...7 lines deleted...]
-      <c r="N5" s="347"/>
+      <c r="F5" s="282"/>
+      <c r="G5" s="282"/>
+      <c r="H5" s="282"/>
+      <c r="I5" s="282"/>
+      <c r="J5" s="282"/>
+      <c r="K5" s="282"/>
+      <c r="L5" s="282"/>
+      <c r="M5" s="282"/>
+      <c r="N5" s="282"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
       <c r="Q5" s="16"/>
-      <c r="R5" s="17"/>
-[...10 lines deleted...]
-      <c r="AC5" s="163"/>
+      <c r="R5" s="15"/>
+      <c r="S5" s="14"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="18"/>
+      <c r="AB5" s="17"/>
+      <c r="AC5" s="17"/>
     </row>
     <row r="6" spans="2:39" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="320" t="s">
+      <c r="B6" s="224" t="s">
         <v>92</v>
       </c>
-      <c r="C6" s="320"/>
-[...13 lines deleted...]
-      <c r="Q6" s="348" t="s">
+      <c r="C6" s="224"/>
+      <c r="D6" s="224"/>
+      <c r="E6" s="224"/>
+      <c r="F6" s="224"/>
+      <c r="G6" s="224"/>
+      <c r="H6" s="224"/>
+      <c r="I6" s="224"/>
+      <c r="J6" s="224"/>
+      <c r="K6" s="224"/>
+      <c r="L6" s="224"/>
+      <c r="M6" s="224"/>
+      <c r="N6" s="224"/>
+      <c r="O6" s="224"/>
+      <c r="P6" s="225"/>
+      <c r="Q6" s="223" t="s">
         <v>7</v>
       </c>
-      <c r="R6" s="349"/>
-[...10 lines deleted...]
-      <c r="AC6" s="163"/>
+      <c r="R6" s="224"/>
+      <c r="S6" s="224"/>
+      <c r="T6" s="224"/>
+      <c r="U6" s="224"/>
+      <c r="V6" s="224"/>
+      <c r="W6" s="224"/>
+      <c r="X6" s="224"/>
+      <c r="Y6" s="224"/>
+      <c r="Z6" s="224"/>
+      <c r="AA6" s="225"/>
+      <c r="AB6" s="17"/>
+      <c r="AC6" s="17"/>
     </row>
     <row r="7" spans="2:39" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="22"/>
-      <c r="Q7" s="348" t="s">
+      <c r="B7" s="20"/>
+      <c r="Q7" s="223" t="s">
         <v>85</v>
       </c>
-      <c r="R7" s="349"/>
-[...20 lines deleted...]
-      <c r="AM7" s="379"/>
+      <c r="R7" s="224"/>
+      <c r="S7" s="224"/>
+      <c r="T7" s="224"/>
+      <c r="U7" s="224"/>
+      <c r="V7" s="224"/>
+      <c r="W7" s="224"/>
+      <c r="X7" s="224"/>
+      <c r="Y7" s="224"/>
+      <c r="Z7" s="224"/>
+      <c r="AA7" s="225"/>
+      <c r="AB7" s="45"/>
+      <c r="AC7" s="45"/>
+      <c r="AD7" s="222"/>
+      <c r="AE7" s="222"/>
+      <c r="AF7" s="222"/>
+      <c r="AG7" s="219"/>
+      <c r="AH7" s="219"/>
+      <c r="AI7" s="219"/>
+      <c r="AJ7" s="219"/>
+      <c r="AK7" s="219"/>
+      <c r="AL7" s="219"/>
+      <c r="AM7" s="219"/>
     </row>
     <row r="8" spans="2:39" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="Q8" s="24"/>
-[...21 lines deleted...]
-      <c r="AM8" s="379"/>
+      <c r="Q8" s="22"/>
+      <c r="R8" s="23"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="25"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="17"/>
+      <c r="AC8" s="17"/>
+      <c r="AD8" s="222"/>
+      <c r="AE8" s="222"/>
+      <c r="AF8" s="222"/>
+      <c r="AG8" s="219"/>
+      <c r="AH8" s="219"/>
+      <c r="AI8" s="219"/>
+      <c r="AJ8" s="219"/>
+      <c r="AK8" s="219"/>
+      <c r="AL8" s="219"/>
+      <c r="AM8" s="219"/>
     </row>
     <row r="9" spans="2:39" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="29" t="s">
+      <c r="B9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="29"/>
-[...24 lines deleted...]
-      <c r="AM9" s="379"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="P9" s="27"/>
+      <c r="Q9" s="27"/>
+      <c r="R9" s="27"/>
+      <c r="AD9" s="222"/>
+      <c r="AE9" s="222"/>
+      <c r="AF9" s="222"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
+      <c r="AL9" s="219"/>
+      <c r="AM9" s="219"/>
     </row>
     <row r="10" spans="2:39" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="30"/>
-[...31 lines deleted...]
-      <c r="AM10" s="379"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="29"/>
+      <c r="M10" s="29"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="29"/>
+      <c r="P10" s="29"/>
+      <c r="Q10" s="29"/>
+      <c r="R10" s="29"/>
+      <c r="S10" s="29"/>
+      <c r="T10" s="29"/>
+      <c r="U10" s="29"/>
+      <c r="V10" s="29"/>
+      <c r="W10" s="29"/>
+      <c r="X10" s="29"/>
+      <c r="Y10" s="29"/>
+      <c r="Z10" s="29"/>
+      <c r="AA10" s="30"/>
+      <c r="AG10" s="219"/>
+      <c r="AH10" s="219"/>
+      <c r="AI10" s="219"/>
+      <c r="AJ10" s="219"/>
+      <c r="AK10" s="219"/>
+      <c r="AL10" s="219"/>
+      <c r="AM10" s="219"/>
     </row>
     <row r="11" spans="2:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="330" t="s">
+      <c r="B11" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="331"/>
-[...8 lines deleted...]
-      <c r="L11" s="324" t="s">
+      <c r="C11" s="252"/>
+      <c r="D11" s="252"/>
+      <c r="E11" s="252"/>
+      <c r="F11" s="252"/>
+      <c r="G11" s="253"/>
+      <c r="H11" s="253"/>
+      <c r="I11" s="253"/>
+      <c r="J11" s="253"/>
+      <c r="K11" s="253"/>
+      <c r="L11" s="220" t="s">
         <v>11</v>
       </c>
-      <c r="M11" s="324"/>
-[...7 lines deleted...]
-      <c r="U11" s="324" t="s">
+      <c r="M11" s="220"/>
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+      <c r="P11" s="221"/>
+      <c r="Q11" s="221"/>
+      <c r="R11" s="221"/>
+      <c r="S11" s="221"/>
+      <c r="T11" s="221"/>
+      <c r="U11" s="220" t="s">
         <v>12</v>
       </c>
-      <c r="V11" s="324"/>
-[...16 lines deleted...]
-      <c r="AM11" s="379"/>
+      <c r="V11" s="220"/>
+      <c r="W11" s="220"/>
+      <c r="X11" s="220"/>
+      <c r="Y11" s="220"/>
+      <c r="Z11" s="220"/>
+      <c r="AA11" s="97"/>
+      <c r="AB11" s="85"/>
+      <c r="AC11" s="85"/>
+      <c r="AD11" s="222"/>
+      <c r="AE11" s="222"/>
+      <c r="AF11" s="222"/>
+      <c r="AG11" s="219"/>
+      <c r="AH11" s="219"/>
+      <c r="AI11" s="219"/>
+      <c r="AJ11" s="219"/>
+      <c r="AK11" s="219"/>
+      <c r="AL11" s="219"/>
+      <c r="AM11" s="219"/>
     </row>
     <row r="12" spans="2:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="330" t="s">
+      <c r="B12" s="251" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="331"/>
-[...6 lines deleted...]
-      <c r="J12" s="363" t="s">
+      <c r="C12" s="252"/>
+      <c r="D12" s="252"/>
+      <c r="E12" s="236"/>
+      <c r="F12" s="236"/>
+      <c r="G12" s="236"/>
+      <c r="H12" s="236"/>
+      <c r="I12" s="236"/>
+      <c r="J12" s="234" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="363"/>
-[...6 lines deleted...]
-      <c r="R12" s="364" t="s">
+      <c r="K12" s="234"/>
+      <c r="L12" s="234"/>
+      <c r="M12" s="234"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="221"/>
+      <c r="Q12" s="221"/>
+      <c r="R12" s="235" t="s">
         <v>87</v>
       </c>
-      <c r="S12" s="364"/>
-[...9 lines deleted...]
-      <c r="AC12" s="34"/>
+      <c r="S12" s="235"/>
+      <c r="T12" s="235"/>
+      <c r="U12" s="235"/>
+      <c r="V12" s="235"/>
+      <c r="W12" s="235"/>
+      <c r="X12" s="235"/>
+      <c r="Y12" s="235"/>
+      <c r="Z12" s="236"/>
+      <c r="AA12" s="237"/>
+      <c r="AB12" s="32"/>
+      <c r="AC12" s="32"/>
     </row>
     <row r="13" spans="2:39" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="156"/>
-[...26 lines deleted...]
-      <c r="AC13" s="34"/>
+      <c r="B13" s="90"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="45"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="99"/>
+      <c r="G13" s="99"/>
+      <c r="H13" s="99"/>
+      <c r="I13" s="99"/>
+      <c r="J13" s="93"/>
+      <c r="K13" s="93"/>
+      <c r="L13" s="93"/>
+      <c r="M13" s="93"/>
+      <c r="N13" s="100"/>
+      <c r="O13" s="100"/>
+      <c r="P13" s="101"/>
+      <c r="Q13" s="100"/>
+      <c r="R13" s="94"/>
+      <c r="S13" s="94"/>
+      <c r="T13" s="94"/>
+      <c r="U13" s="94"/>
+      <c r="V13" s="94"/>
+      <c r="W13" s="94"/>
+      <c r="X13" s="94"/>
+      <c r="Y13" s="94"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="95"/>
+      <c r="AB13" s="32"/>
+      <c r="AC13" s="32"/>
     </row>
     <row r="14" spans="2:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="330" t="s">
+      <c r="B14" s="251" t="s">
         <v>86</v>
       </c>
-      <c r="C14" s="331"/>
-[...8 lines deleted...]
-      <c r="L14" s="363" t="s">
+      <c r="C14" s="252"/>
+      <c r="D14" s="253"/>
+      <c r="E14" s="253"/>
+      <c r="F14" s="253"/>
+      <c r="G14" s="253"/>
+      <c r="H14" s="253"/>
+      <c r="I14" s="253"/>
+      <c r="J14" s="32"/>
+      <c r="K14" s="32"/>
+      <c r="L14" s="234" t="s">
         <v>89</v>
       </c>
-      <c r="M14" s="363"/>
-      <c r="N14" s="371" t="s">
+      <c r="M14" s="234"/>
+      <c r="N14" s="243" t="s">
         <v>90</v>
       </c>
-      <c r="O14" s="371"/>
-[...2 lines deleted...]
-      <c r="R14" s="371" t="s">
+      <c r="O14" s="243"/>
+      <c r="P14" s="98"/>
+      <c r="Q14" s="32"/>
+      <c r="R14" s="243" t="s">
         <v>91</v>
       </c>
-      <c r="S14" s="371"/>
-[...8 lines deleted...]
-      <c r="AC14" s="34"/>
+      <c r="S14" s="243"/>
+      <c r="T14" s="243"/>
+      <c r="U14" s="243"/>
+      <c r="V14" s="243"/>
+      <c r="W14" s="243"/>
+      <c r="X14" s="243"/>
+      <c r="Y14" s="98"/>
+      <c r="AA14" s="33"/>
+      <c r="AB14" s="32"/>
+      <c r="AC14" s="32"/>
     </row>
     <row r="15" spans="2:39" ht="2.85" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="89"/>
-[...26 lines deleted...]
-      <c r="AC15" s="97"/>
+      <c r="B15" s="78"/>
+      <c r="C15" s="79"/>
+      <c r="D15" s="79"/>
+      <c r="E15" s="79"/>
+      <c r="F15" s="79"/>
+      <c r="G15" s="42"/>
+      <c r="H15" s="42"/>
+      <c r="I15" s="42"/>
+      <c r="J15" s="42"/>
+      <c r="K15" s="42"/>
+      <c r="L15" s="102"/>
+      <c r="M15" s="80"/>
+      <c r="N15" s="102"/>
+      <c r="O15" s="42"/>
+      <c r="P15" s="42"/>
+      <c r="Q15" s="42"/>
+      <c r="R15" s="42"/>
+      <c r="S15" s="103"/>
+      <c r="T15" s="103"/>
+      <c r="U15" s="103"/>
+      <c r="V15" s="103"/>
+      <c r="W15" s="103"/>
+      <c r="X15" s="103"/>
+      <c r="Y15" s="103"/>
+      <c r="Z15" s="103"/>
+      <c r="AA15" s="104"/>
+      <c r="AB15" s="86"/>
+      <c r="AC15" s="86"/>
     </row>
     <row r="16" spans="2:39" ht="9.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="368" t="s">
+      <c r="B16" s="240" t="s">
         <v>84</v>
       </c>
-      <c r="C16" s="368"/>
-[...58 lines deleted...]
-      <c r="B18" s="127" t="s">
+      <c r="C16" s="240"/>
+      <c r="D16" s="240"/>
+      <c r="E16" s="240"/>
+      <c r="F16" s="240"/>
+      <c r="G16" s="240"/>
+      <c r="H16" s="240"/>
+      <c r="I16" s="240"/>
+      <c r="J16" s="240"/>
+      <c r="K16" s="240"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="45"/>
+      <c r="AA16" s="45"/>
+      <c r="AB16" s="45"/>
+      <c r="AC16" s="45"/>
+    </row>
+    <row r="17" spans="2:43" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="81"/>
+      <c r="C17" s="91"/>
+      <c r="D17" s="91"/>
+      <c r="E17" s="91"/>
+      <c r="F17" s="91"/>
+      <c r="G17" s="91"/>
+      <c r="H17" s="91"/>
+      <c r="I17" s="91"/>
+      <c r="J17" s="91"/>
+      <c r="K17" s="91"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="91"/>
+      <c r="N17" s="91"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="91"/>
+      <c r="Q17" s="91"/>
+      <c r="R17" s="91"/>
+      <c r="S17" s="92"/>
+      <c r="T17" s="92"/>
+      <c r="U17" s="92"/>
+      <c r="V17" s="92"/>
+      <c r="W17" s="92"/>
+      <c r="X17" s="92"/>
+      <c r="Y17" s="92"/>
+      <c r="Z17" s="92"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="45"/>
+      <c r="AC17" s="45"/>
+    </row>
+    <row r="18" spans="2:43" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="107" t="s">
         <v>80</v>
       </c>
-      <c r="C18" s="366" t="s">
+      <c r="C18" s="238" t="s">
         <v>93</v>
       </c>
-      <c r="D18" s="366"/>
-[...27 lines deleted...]
-      <c r="B19" s="127" t="s">
+      <c r="D18" s="238"/>
+      <c r="E18" s="238"/>
+      <c r="F18" s="238"/>
+      <c r="G18" s="238"/>
+      <c r="H18" s="238"/>
+      <c r="I18" s="238"/>
+      <c r="J18" s="238"/>
+      <c r="K18" s="238"/>
+      <c r="L18" s="238"/>
+      <c r="M18" s="238"/>
+      <c r="N18" s="238"/>
+      <c r="O18" s="238"/>
+      <c r="P18" s="238"/>
+      <c r="Q18" s="238"/>
+      <c r="R18" s="238"/>
+      <c r="S18" s="238"/>
+      <c r="T18" s="238"/>
+      <c r="U18" s="238"/>
+      <c r="V18" s="238"/>
+      <c r="W18" s="238"/>
+      <c r="X18" s="238"/>
+      <c r="Y18" s="238"/>
+      <c r="Z18" s="238"/>
+      <c r="AA18" s="239"/>
+      <c r="AB18" s="45"/>
+      <c r="AC18" s="45"/>
+    </row>
+    <row r="19" spans="2:43" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="107" t="s">
         <v>81</v>
       </c>
-      <c r="C19" s="366" t="s">
+      <c r="C19" s="238" t="s">
         <v>94</v>
       </c>
-      <c r="D19" s="366"/>
-[...87 lines deleted...]
-      <c r="B21" s="340" t="s">
+      <c r="D19" s="238"/>
+      <c r="E19" s="238"/>
+      <c r="F19" s="238"/>
+      <c r="G19" s="238"/>
+      <c r="H19" s="238"/>
+      <c r="I19" s="238"/>
+      <c r="J19" s="238"/>
+      <c r="K19" s="238"/>
+      <c r="L19" s="238"/>
+      <c r="M19" s="238"/>
+      <c r="N19" s="238"/>
+      <c r="O19" s="238"/>
+      <c r="P19" s="238"/>
+      <c r="Q19" s="238"/>
+      <c r="R19" s="238"/>
+      <c r="S19" s="238"/>
+      <c r="T19" s="238"/>
+      <c r="U19" s="238"/>
+      <c r="V19" s="238"/>
+      <c r="W19" s="238"/>
+      <c r="X19" s="238"/>
+      <c r="Y19" s="238"/>
+      <c r="Z19" s="238"/>
+      <c r="AA19" s="239"/>
+      <c r="AB19" s="45"/>
+      <c r="AC19" s="45"/>
+    </row>
+    <row r="20" spans="2:43" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="22"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
+      <c r="K20" s="23"/>
+      <c r="L20" s="23"/>
+      <c r="M20" s="23"/>
+      <c r="N20" s="23"/>
+      <c r="O20" s="23"/>
+      <c r="AA20" s="84"/>
+    </row>
+    <row r="21" spans="2:43" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="229" t="s">
         <v>95</v>
       </c>
-      <c r="C21" s="340"/>
-[...12 lines deleted...]
-      <c r="P21" s="373" t="s">
+      <c r="C21" s="229"/>
+      <c r="D21" s="229"/>
+      <c r="E21" s="229"/>
+      <c r="F21" s="229"/>
+      <c r="G21" s="229"/>
+      <c r="H21" s="229"/>
+      <c r="I21" s="229"/>
+      <c r="J21" s="229"/>
+      <c r="K21" s="229"/>
+      <c r="L21" s="48"/>
+      <c r="M21" s="48"/>
+      <c r="N21" s="48"/>
+      <c r="O21" s="48"/>
+      <c r="P21" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="Q21" s="373"/>
-[...9 lines deleted...]
-      <c r="AA21" s="374"/>
+      <c r="Q21" s="244"/>
+      <c r="R21" s="244"/>
+      <c r="S21" s="244"/>
+      <c r="T21" s="244"/>
+      <c r="U21" s="244"/>
+      <c r="V21" s="244"/>
+      <c r="W21" s="244"/>
+      <c r="X21" s="245"/>
+      <c r="Y21" s="245"/>
+      <c r="Z21" s="245"/>
+      <c r="AA21" s="245"/>
       <c r="AB21" s="2"/>
       <c r="AC21" s="2"/>
-      <c r="AD21" s="88" t="s">
+      <c r="AD21" s="77" t="s">
         <v>27</v>
       </c>
-      <c r="AE21" s="56"/>
-[...2 lines deleted...]
-      <c r="AH21" s="57" t="s">
+      <c r="AE21" s="50"/>
+      <c r="AF21" s="50"/>
+      <c r="AG21" s="50"/>
+      <c r="AH21" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="AI21" s="58"/>
-[...10 lines deleted...]
-      <c r="B22" s="321" t="s">
+      <c r="AI21" s="52"/>
+      <c r="AJ21" s="52"/>
+      <c r="AK21" s="52"/>
+      <c r="AL21" s="52"/>
+      <c r="AM21" s="52"/>
+      <c r="AN21" s="52"/>
+      <c r="AO21" s="52"/>
+      <c r="AP21" s="52"/>
+      <c r="AQ21" s="53"/>
+    </row>
+    <row r="22" spans="2:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="231" t="s">
         <v>29</v>
       </c>
-      <c r="C22" s="322"/>
-[...12 lines deleted...]
-      <c r="P22" s="333" t="s">
+      <c r="C22" s="232"/>
+      <c r="D22" s="273"/>
+      <c r="E22" s="273"/>
+      <c r="F22" s="273"/>
+      <c r="G22" s="273"/>
+      <c r="H22" s="273"/>
+      <c r="I22" s="273"/>
+      <c r="J22" s="273"/>
+      <c r="K22" s="273"/>
+      <c r="L22" s="273"/>
+      <c r="M22" s="273"/>
+      <c r="N22" s="273"/>
+      <c r="O22" s="273"/>
+      <c r="P22" s="270" t="s">
         <v>33</v>
       </c>
-      <c r="Q22" s="333"/>
-[...12 lines deleted...]
-      <c r="AD22" s="88" t="s">
+      <c r="Q22" s="270"/>
+      <c r="R22" s="270"/>
+      <c r="S22" s="270"/>
+      <c r="T22" s="273"/>
+      <c r="U22" s="273"/>
+      <c r="V22" s="273"/>
+      <c r="W22" s="273"/>
+      <c r="X22" s="273"/>
+      <c r="Y22" s="273"/>
+      <c r="Z22" s="273"/>
+      <c r="AA22" s="274"/>
+      <c r="AB22" s="86"/>
+      <c r="AC22" s="86"/>
+      <c r="AD22" s="77" t="s">
         <v>35</v>
       </c>
-      <c r="AE22" s="56"/>
-[...2 lines deleted...]
-      <c r="AH22" s="57" t="s">
+      <c r="AE22" s="50"/>
+      <c r="AF22" s="50"/>
+      <c r="AG22" s="50"/>
+      <c r="AH22" s="51" t="s">
         <v>36</v>
       </c>
-      <c r="AI22" s="58"/>
-[...54 lines deleted...]
-      <c r="B24" s="340" t="s">
+      <c r="AI22" s="52"/>
+      <c r="AJ22" s="52"/>
+      <c r="AK22" s="52"/>
+      <c r="AL22" s="52"/>
+      <c r="AM22" s="52"/>
+      <c r="AN22" s="52"/>
+      <c r="AO22" s="52"/>
+      <c r="AP22" s="52"/>
+      <c r="AQ22" s="53"/>
+    </row>
+    <row r="23" spans="2:43" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="241"/>
+      <c r="C23" s="242"/>
+      <c r="D23" s="246"/>
+      <c r="E23" s="246"/>
+      <c r="F23" s="246"/>
+      <c r="G23" s="246"/>
+      <c r="H23" s="246"/>
+      <c r="I23" s="246"/>
+      <c r="J23" s="246"/>
+      <c r="K23" s="246"/>
+      <c r="L23" s="246"/>
+      <c r="M23" s="246"/>
+      <c r="N23" s="246"/>
+      <c r="O23" s="246"/>
+      <c r="P23" s="247"/>
+      <c r="Q23" s="247"/>
+      <c r="R23" s="233"/>
+      <c r="S23" s="233"/>
+      <c r="T23" s="233"/>
+      <c r="U23" s="233"/>
+      <c r="V23" s="103"/>
+      <c r="W23" s="103"/>
+      <c r="X23" s="248"/>
+      <c r="Y23" s="248"/>
+      <c r="Z23" s="248"/>
+      <c r="AA23" s="249"/>
+      <c r="AB23" s="86"/>
+      <c r="AC23" s="86"/>
+      <c r="AD23" s="83"/>
+      <c r="AE23" s="83"/>
+      <c r="AF23" s="83"/>
+      <c r="AG23" s="77"/>
+      <c r="AH23" s="51"/>
+      <c r="AI23" s="52"/>
+      <c r="AJ23" s="52"/>
+      <c r="AK23" s="52"/>
+      <c r="AL23" s="52"/>
+      <c r="AM23" s="52"/>
+      <c r="AN23" s="52"/>
+      <c r="AO23" s="52"/>
+      <c r="AP23" s="52"/>
+      <c r="AQ23" s="53"/>
+    </row>
+    <row r="24" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="229" t="s">
         <v>96</v>
       </c>
-      <c r="C24" s="340"/>
-[...42 lines deleted...]
-      <c r="B25" s="321" t="s">
+      <c r="C24" s="229"/>
+      <c r="D24" s="229"/>
+      <c r="E24" s="229"/>
+      <c r="F24" s="229"/>
+      <c r="G24" s="229"/>
+      <c r="H24" s="229"/>
+      <c r="I24" s="229"/>
+      <c r="J24" s="229"/>
+      <c r="K24" s="229"/>
+      <c r="L24" s="229"/>
+      <c r="M24" s="112"/>
+      <c r="N24" s="112"/>
+      <c r="O24" s="112"/>
+      <c r="P24" s="112"/>
+      <c r="Q24" s="112"/>
+      <c r="R24" s="108"/>
+      <c r="S24" s="108"/>
+      <c r="T24" s="108"/>
+      <c r="U24" s="108"/>
+      <c r="V24" s="113"/>
+      <c r="W24" s="113"/>
+      <c r="X24" s="114"/>
+      <c r="Y24" s="114"/>
+      <c r="Z24" s="114"/>
+      <c r="AA24" s="114"/>
+      <c r="AB24" s="86"/>
+      <c r="AC24" s="86"/>
+      <c r="AD24" s="83"/>
+      <c r="AE24" s="83"/>
+      <c r="AF24" s="83"/>
+      <c r="AG24" s="77"/>
+      <c r="AH24" s="51"/>
+      <c r="AI24" s="52"/>
+      <c r="AJ24" s="52"/>
+      <c r="AK24" s="52"/>
+      <c r="AL24" s="52"/>
+      <c r="AM24" s="52"/>
+      <c r="AN24" s="52"/>
+      <c r="AO24" s="52"/>
+      <c r="AP24" s="52"/>
+      <c r="AQ24" s="53"/>
+    </row>
+    <row r="25" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="231" t="s">
         <v>97</v>
       </c>
-      <c r="C25" s="322"/>
-[...11 lines deleted...]
-      <c r="O25" s="324" t="s">
+      <c r="C25" s="232"/>
+      <c r="D25" s="250"/>
+      <c r="E25" s="250"/>
+      <c r="F25" s="250"/>
+      <c r="G25" s="250"/>
+      <c r="H25" s="250"/>
+      <c r="I25" s="250"/>
+      <c r="J25" s="250"/>
+      <c r="K25" s="250"/>
+      <c r="L25" s="250"/>
+      <c r="M25" s="250"/>
+      <c r="N25" s="250"/>
+      <c r="O25" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P25" s="324"/>
-[...13 lines deleted...]
-      <c r="AD25" s="327" t="s">
+      <c r="P25" s="220"/>
+      <c r="Q25" s="279"/>
+      <c r="R25" s="279"/>
+      <c r="S25" s="279"/>
+      <c r="T25" s="279"/>
+      <c r="U25" s="279"/>
+      <c r="V25" s="279"/>
+      <c r="W25" s="279"/>
+      <c r="X25" s="279"/>
+      <c r="Y25" s="279"/>
+      <c r="Z25" s="279"/>
+      <c r="AA25" s="280"/>
+      <c r="AB25" s="86"/>
+      <c r="AC25" s="86"/>
+      <c r="AD25" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AE25" s="328"/>
-[...2 lines deleted...]
-      <c r="AH25" s="57" t="s">
+      <c r="AE25" s="227"/>
+      <c r="AF25" s="227"/>
+      <c r="AG25" s="228"/>
+      <c r="AH25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AI25" s="58"/>
-[...10 lines deleted...]
-      <c r="B26" s="330" t="s">
+      <c r="AI25" s="52"/>
+      <c r="AJ25" s="52"/>
+      <c r="AK25" s="52"/>
+      <c r="AL25" s="52"/>
+      <c r="AM25" s="52"/>
+      <c r="AN25" s="52"/>
+      <c r="AO25" s="52"/>
+      <c r="AP25" s="52"/>
+      <c r="AQ25" s="53"/>
+    </row>
+    <row r="26" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="251" t="s">
         <v>98</v>
       </c>
-      <c r="C26" s="331"/>
-[...16 lines deleted...]
-      <c r="T26" s="333" t="s">
+      <c r="C26" s="252"/>
+      <c r="D26" s="253"/>
+      <c r="E26" s="253"/>
+      <c r="F26" s="253"/>
+      <c r="G26" s="253"/>
+      <c r="H26" s="253"/>
+      <c r="I26" s="253"/>
+      <c r="J26" s="253"/>
+      <c r="K26" s="253"/>
+      <c r="L26" s="253"/>
+      <c r="M26" s="253"/>
+      <c r="N26" s="253"/>
+      <c r="O26" s="253"/>
+      <c r="P26" s="253"/>
+      <c r="Q26" s="253"/>
+      <c r="R26" s="253"/>
+      <c r="S26" s="253"/>
+      <c r="T26" s="270" t="s">
         <v>40</v>
       </c>
-      <c r="U26" s="333"/>
-[...54 lines deleted...]
-      <c r="B28" s="340" t="s">
+      <c r="U26" s="270"/>
+      <c r="V26" s="270"/>
+      <c r="W26" s="270"/>
+      <c r="X26" s="270"/>
+      <c r="Y26" s="268"/>
+      <c r="Z26" s="268"/>
+      <c r="AA26" s="269"/>
+      <c r="AB26" s="86"/>
+      <c r="AC26" s="86"/>
+      <c r="AD26" s="87"/>
+      <c r="AE26" s="88"/>
+      <c r="AF26" s="88"/>
+      <c r="AG26" s="89"/>
+      <c r="AH26" s="51"/>
+      <c r="AI26" s="52"/>
+      <c r="AJ26" s="52"/>
+      <c r="AK26" s="52"/>
+      <c r="AL26" s="52"/>
+      <c r="AM26" s="52"/>
+      <c r="AN26" s="52"/>
+      <c r="AO26" s="52"/>
+      <c r="AP26" s="52"/>
+      <c r="AQ26" s="53"/>
+    </row>
+    <row r="27" spans="2:43" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="56"/>
+      <c r="C27" s="43"/>
+      <c r="D27" s="43"/>
+      <c r="E27" s="43"/>
+      <c r="F27" s="43"/>
+      <c r="G27" s="43"/>
+      <c r="H27" s="43"/>
+      <c r="I27" s="43"/>
+      <c r="J27" s="43"/>
+      <c r="K27" s="43"/>
+      <c r="L27" s="43"/>
+      <c r="M27" s="57"/>
+      <c r="N27" s="57"/>
+      <c r="O27" s="57"/>
+      <c r="P27" s="57"/>
+      <c r="Q27" s="57"/>
+      <c r="R27" s="57"/>
+      <c r="S27" s="57"/>
+      <c r="T27" s="57"/>
+      <c r="U27" s="57"/>
+      <c r="V27" s="57"/>
+      <c r="W27" s="57"/>
+      <c r="X27" s="57"/>
+      <c r="Y27" s="57"/>
+      <c r="Z27" s="57"/>
+      <c r="AA27" s="58"/>
+      <c r="AB27" s="96"/>
+      <c r="AC27" s="96"/>
+    </row>
+    <row r="28" spans="2:43" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="229" t="s">
         <v>99</v>
       </c>
-      <c r="C28" s="340"/>
-[...13 lines deleted...]
-      <c r="Q28" s="361" t="s">
+      <c r="C28" s="229"/>
+      <c r="D28" s="229"/>
+      <c r="E28" s="229"/>
+      <c r="F28" s="229"/>
+      <c r="G28" s="229"/>
+      <c r="H28" s="229"/>
+      <c r="I28" s="229"/>
+      <c r="J28" s="229"/>
+      <c r="K28" s="229"/>
+      <c r="L28" s="229"/>
+      <c r="M28" s="112"/>
+      <c r="N28" s="112"/>
+      <c r="O28" s="112"/>
+      <c r="P28" s="112"/>
+      <c r="Q28" s="230" t="s">
         <v>103</v>
       </c>
-      <c r="R28" s="361"/>
-[...27 lines deleted...]
-      <c r="B29" s="321" t="s">
+      <c r="R28" s="230"/>
+      <c r="S28" s="230"/>
+      <c r="T28" s="230"/>
+      <c r="U28" s="230"/>
+      <c r="V28" s="230"/>
+      <c r="W28" s="230"/>
+      <c r="X28" s="230"/>
+      <c r="Y28" s="230"/>
+      <c r="Z28" s="230"/>
+      <c r="AA28" s="230"/>
+      <c r="AB28" s="86"/>
+      <c r="AC28" s="86"/>
+      <c r="AD28" s="83"/>
+      <c r="AE28" s="83"/>
+      <c r="AF28" s="83"/>
+      <c r="AG28" s="77"/>
+      <c r="AH28" s="51"/>
+      <c r="AI28" s="52"/>
+      <c r="AJ28" s="52"/>
+      <c r="AK28" s="52"/>
+      <c r="AL28" s="52"/>
+      <c r="AM28" s="52"/>
+      <c r="AN28" s="52"/>
+      <c r="AO28" s="52"/>
+      <c r="AP28" s="52"/>
+      <c r="AQ28" s="53"/>
+    </row>
+    <row r="29" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="231" t="s">
         <v>97</v>
       </c>
-      <c r="C29" s="322"/>
-[...11 lines deleted...]
-      <c r="O29" s="324" t="s">
+      <c r="C29" s="232"/>
+      <c r="D29" s="250"/>
+      <c r="E29" s="250"/>
+      <c r="F29" s="250"/>
+      <c r="G29" s="250"/>
+      <c r="H29" s="250"/>
+      <c r="I29" s="250"/>
+      <c r="J29" s="250"/>
+      <c r="K29" s="250"/>
+      <c r="L29" s="250"/>
+      <c r="M29" s="250"/>
+      <c r="N29" s="250"/>
+      <c r="O29" s="220" t="s">
         <v>31</v>
       </c>
-      <c r="P29" s="324"/>
-[...13 lines deleted...]
-      <c r="AD29" s="327" t="s">
+      <c r="P29" s="220"/>
+      <c r="Q29" s="279"/>
+      <c r="R29" s="279"/>
+      <c r="S29" s="279"/>
+      <c r="T29" s="279"/>
+      <c r="U29" s="279"/>
+      <c r="V29" s="279"/>
+      <c r="W29" s="279"/>
+      <c r="X29" s="279"/>
+      <c r="Y29" s="279"/>
+      <c r="Z29" s="279"/>
+      <c r="AA29" s="280"/>
+      <c r="AB29" s="86"/>
+      <c r="AC29" s="86"/>
+      <c r="AD29" s="226" t="s">
         <v>38</v>
       </c>
-      <c r="AE29" s="328"/>
-[...2 lines deleted...]
-      <c r="AH29" s="57" t="s">
+      <c r="AE29" s="227"/>
+      <c r="AF29" s="227"/>
+      <c r="AG29" s="228"/>
+      <c r="AH29" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="AI29" s="58"/>
-[...10 lines deleted...]
-      <c r="B30" s="330" t="s">
+      <c r="AI29" s="52"/>
+      <c r="AJ29" s="52"/>
+      <c r="AK29" s="52"/>
+      <c r="AL29" s="52"/>
+      <c r="AM29" s="52"/>
+      <c r="AN29" s="52"/>
+      <c r="AO29" s="52"/>
+      <c r="AP29" s="52"/>
+      <c r="AQ29" s="53"/>
+    </row>
+    <row r="30" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="251" t="s">
         <v>100</v>
       </c>
-      <c r="C30" s="331"/>
-[...6 lines deleted...]
-      <c r="J30" s="334" t="s">
+      <c r="C30" s="252"/>
+      <c r="D30" s="252"/>
+      <c r="E30" s="250"/>
+      <c r="F30" s="250"/>
+      <c r="G30" s="250"/>
+      <c r="H30" s="250"/>
+      <c r="I30" s="250"/>
+      <c r="J30" s="287" t="s">
         <v>101</v>
       </c>
-      <c r="K30" s="334"/>
-[...6 lines deleted...]
-      <c r="R30" s="324" t="s">
+      <c r="K30" s="287"/>
+      <c r="L30" s="287"/>
+      <c r="M30" s="253"/>
+      <c r="N30" s="253"/>
+      <c r="O30" s="253"/>
+      <c r="P30" s="253"/>
+      <c r="Q30" s="253"/>
+      <c r="R30" s="220" t="s">
         <v>102</v>
       </c>
-      <c r="S30" s="324"/>
-[...26 lines deleted...]
-      <c r="B31" s="330" t="s">
+      <c r="S30" s="220"/>
+      <c r="T30" s="268"/>
+      <c r="U30" s="268"/>
+      <c r="V30" s="268"/>
+      <c r="W30" s="268"/>
+      <c r="X30" s="268"/>
+      <c r="Y30" s="268"/>
+      <c r="Z30" s="268"/>
+      <c r="AA30" s="269"/>
+      <c r="AB30" s="86"/>
+      <c r="AC30" s="86"/>
+      <c r="AD30" s="87"/>
+      <c r="AE30" s="88"/>
+      <c r="AF30" s="88"/>
+      <c r="AG30" s="89"/>
+      <c r="AH30" s="51"/>
+      <c r="AI30" s="52"/>
+      <c r="AJ30" s="52"/>
+      <c r="AK30" s="52"/>
+      <c r="AL30" s="52"/>
+      <c r="AM30" s="52"/>
+      <c r="AN30" s="52"/>
+      <c r="AO30" s="52"/>
+      <c r="AP30" s="52"/>
+      <c r="AQ30" s="53"/>
+    </row>
+    <row r="31" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="251" t="s">
         <v>98</v>
       </c>
-      <c r="C31" s="331"/>
-[...16 lines deleted...]
-      <c r="T31" s="333" t="s">
+      <c r="C31" s="252"/>
+      <c r="D31" s="253"/>
+      <c r="E31" s="253"/>
+      <c r="F31" s="253"/>
+      <c r="G31" s="253"/>
+      <c r="H31" s="253"/>
+      <c r="I31" s="253"/>
+      <c r="J31" s="253"/>
+      <c r="K31" s="253"/>
+      <c r="L31" s="253"/>
+      <c r="M31" s="253"/>
+      <c r="N31" s="253"/>
+      <c r="O31" s="253"/>
+      <c r="P31" s="253"/>
+      <c r="Q31" s="253"/>
+      <c r="R31" s="253"/>
+      <c r="S31" s="253"/>
+      <c r="T31" s="270" t="s">
         <v>40</v>
       </c>
-      <c r="U31" s="333"/>
-[...51 lines deleted...]
-      <c r="AC32" s="169"/>
+      <c r="U31" s="270"/>
+      <c r="V31" s="270"/>
+      <c r="W31" s="270"/>
+      <c r="X31" s="270"/>
+      <c r="Y31" s="268"/>
+      <c r="Z31" s="268"/>
+      <c r="AA31" s="269"/>
+      <c r="AB31" s="86"/>
+      <c r="AC31" s="86"/>
+      <c r="AD31" s="87"/>
+      <c r="AE31" s="88"/>
+      <c r="AF31" s="88"/>
+      <c r="AG31" s="89"/>
+      <c r="AH31" s="51"/>
+      <c r="AI31" s="52"/>
+      <c r="AJ31" s="52"/>
+      <c r="AK31" s="52"/>
+      <c r="AL31" s="52"/>
+      <c r="AM31" s="52"/>
+      <c r="AN31" s="52"/>
+      <c r="AO31" s="52"/>
+      <c r="AP31" s="52"/>
+      <c r="AQ31" s="53"/>
+    </row>
+    <row r="32" spans="2:43" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="56"/>
+      <c r="C32" s="43"/>
+      <c r="D32" s="43"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="43"/>
+      <c r="H32" s="43"/>
+      <c r="I32" s="43"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="57"/>
+      <c r="N32" s="57"/>
+      <c r="O32" s="57"/>
+      <c r="P32" s="57"/>
+      <c r="Q32" s="57"/>
+      <c r="R32" s="57"/>
+      <c r="S32" s="57"/>
+      <c r="T32" s="57"/>
+      <c r="U32" s="57"/>
+      <c r="V32" s="57"/>
+      <c r="W32" s="57"/>
+      <c r="X32" s="57"/>
+      <c r="Y32" s="57"/>
+      <c r="Z32" s="57"/>
+      <c r="AA32" s="58"/>
+      <c r="AB32" s="96"/>
+      <c r="AC32" s="96"/>
     </row>
     <row r="33" spans="1:42" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="44"/>
-[...26 lines deleted...]
-      <c r="AC33" s="65"/>
+      <c r="B33" s="42"/>
+      <c r="C33" s="32"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="32"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="32"/>
+      <c r="H33" s="32"/>
+      <c r="I33" s="32"/>
+      <c r="J33" s="32"/>
+      <c r="K33" s="32"/>
+      <c r="L33" s="32"/>
+      <c r="M33" s="32"/>
+      <c r="N33" s="32"/>
+      <c r="O33" s="32"/>
+      <c r="P33" s="32"/>
+      <c r="Q33" s="32"/>
+      <c r="R33" s="32"/>
+      <c r="S33" s="32"/>
+      <c r="T33" s="32"/>
+      <c r="U33" s="32"/>
+      <c r="V33" s="32"/>
+      <c r="W33" s="32"/>
+      <c r="X33" s="32"/>
+      <c r="Y33" s="32"/>
+      <c r="Z33" s="32"/>
+      <c r="AA33" s="32"/>
+      <c r="AB33" s="32"/>
+      <c r="AC33" s="32"/>
     </row>
     <row r="34" spans="1:42" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="309" t="s">
+      <c r="B34" s="290" t="s">
         <v>49</v>
       </c>
-      <c r="C34" s="484"/>
-      <c r="D34" s="309" t="s">
+      <c r="C34" s="386"/>
+      <c r="D34" s="290" t="s">
         <v>50</v>
       </c>
-      <c r="E34" s="310"/>
-[...3 lines deleted...]
-      <c r="I34" s="309" t="s">
+      <c r="E34" s="291"/>
+      <c r="F34" s="291"/>
+      <c r="G34" s="291"/>
+      <c r="H34" s="386"/>
+      <c r="I34" s="290" t="s">
         <v>49</v>
       </c>
-      <c r="J34" s="484"/>
-      <c r="K34" s="315" t="s">
+      <c r="J34" s="386"/>
+      <c r="K34" s="267" t="s">
         <v>50</v>
       </c>
-      <c r="L34" s="315"/>
-[...1 lines deleted...]
-      <c r="N34" s="309" t="s">
+      <c r="L34" s="267"/>
+      <c r="M34" s="267"/>
+      <c r="N34" s="290" t="s">
         <v>49</v>
       </c>
-      <c r="O34" s="484"/>
-      <c r="P34" s="315" t="s">
+      <c r="O34" s="386"/>
+      <c r="P34" s="267" t="s">
         <v>50</v>
       </c>
-      <c r="Q34" s="315"/>
-[...6 lines deleted...]
-      <c r="X34" s="309" t="s">
+      <c r="Q34" s="267"/>
+      <c r="R34" s="267"/>
+      <c r="S34" s="267"/>
+      <c r="T34" s="267"/>
+      <c r="U34" s="267"/>
+      <c r="V34" s="116"/>
+      <c r="W34" s="116"/>
+      <c r="X34" s="290" t="s">
         <v>49</v>
       </c>
-      <c r="Y34" s="484"/>
-      <c r="Z34" s="309" t="s">
+      <c r="Y34" s="386"/>
+      <c r="Z34" s="290" t="s">
         <v>50</v>
       </c>
-      <c r="AA34" s="484"/>
-[...5 lines deleted...]
-      <c r="AG34" s="84"/>
+      <c r="AA34" s="386"/>
+      <c r="AB34" s="76"/>
+      <c r="AC34" s="76"/>
+      <c r="AD34" s="73"/>
+      <c r="AE34" s="73"/>
+      <c r="AF34" s="73"/>
+      <c r="AG34" s="73"/>
     </row>
     <row r="35" spans="1:42" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B35" s="313"/>
-[...31 lines deleted...]
-      <c r="AH35" s="164" t="s">
+      <c r="B35" s="294"/>
+      <c r="C35" s="387"/>
+      <c r="D35" s="294"/>
+      <c r="E35" s="295"/>
+      <c r="F35" s="295"/>
+      <c r="G35" s="295"/>
+      <c r="H35" s="387"/>
+      <c r="I35" s="294"/>
+      <c r="J35" s="387"/>
+      <c r="K35" s="267"/>
+      <c r="L35" s="267"/>
+      <c r="M35" s="267"/>
+      <c r="N35" s="294"/>
+      <c r="O35" s="387"/>
+      <c r="P35" s="267"/>
+      <c r="Q35" s="267"/>
+      <c r="R35" s="267"/>
+      <c r="S35" s="267"/>
+      <c r="T35" s="267"/>
+      <c r="U35" s="267"/>
+      <c r="V35" s="117"/>
+      <c r="W35" s="117"/>
+      <c r="X35" s="294"/>
+      <c r="Y35" s="387"/>
+      <c r="Z35" s="294"/>
+      <c r="AA35" s="387"/>
+      <c r="AB35" s="76"/>
+      <c r="AC35" s="76"/>
+      <c r="AD35" s="73"/>
+      <c r="AE35" s="73"/>
+      <c r="AF35" s="73"/>
+      <c r="AG35" s="73"/>
+      <c r="AH35" s="61" t="s">
         <v>52</v>
       </c>
-      <c r="AJ35" s="164" t="s">
+      <c r="AJ35" s="61" t="s">
         <v>53</v>
       </c>
       <c r="AN35" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AP35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="350">
+      <c r="B36" s="254">
         <v>1</v>
       </c>
-      <c r="C36" s="350"/>
-[...5 lines deleted...]
-      <c r="I36" s="350">
+      <c r="C36" s="254"/>
+      <c r="D36" s="388"/>
+      <c r="E36" s="388"/>
+      <c r="F36" s="388"/>
+      <c r="G36" s="388"/>
+      <c r="H36" s="389"/>
+      <c r="I36" s="254">
         <v>26</v>
       </c>
-      <c r="J36" s="350"/>
-[...3 lines deleted...]
-      <c r="N36" s="350">
+      <c r="J36" s="254"/>
+      <c r="K36" s="389"/>
+      <c r="L36" s="390"/>
+      <c r="M36" s="391"/>
+      <c r="N36" s="254">
         <v>51</v>
       </c>
-      <c r="O36" s="350"/>
-[...8 lines deleted...]
-      <c r="X36" s="350">
+      <c r="O36" s="254"/>
+      <c r="P36" s="388"/>
+      <c r="Q36" s="388"/>
+      <c r="R36" s="388"/>
+      <c r="S36" s="388"/>
+      <c r="T36" s="388"/>
+      <c r="U36" s="388"/>
+      <c r="V36" s="118"/>
+      <c r="W36" s="118"/>
+      <c r="X36" s="254">
         <v>76</v>
       </c>
-      <c r="Y36" s="350"/>
-[...7 lines deleted...]
-      <c r="AG36" s="98"/>
+      <c r="Y36" s="254"/>
+      <c r="Z36" s="392"/>
+      <c r="AA36" s="392"/>
+      <c r="AB36" s="119"/>
+      <c r="AC36"/>
+      <c r="AD36"/>
+      <c r="AE36"/>
+      <c r="AF36"/>
+      <c r="AG36"/>
       <c r="AN36" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AP36" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="37" spans="1:42" s="72" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B37" s="350">
+    <row r="37" spans="1:42" s="63" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="32"/>
+      <c r="B37" s="254">
         <v>2</v>
       </c>
-      <c r="C37" s="350"/>
-[...5 lines deleted...]
-      <c r="I37" s="350">
+      <c r="C37" s="254"/>
+      <c r="D37" s="388"/>
+      <c r="E37" s="388"/>
+      <c r="F37" s="388"/>
+      <c r="G37" s="388"/>
+      <c r="H37" s="389"/>
+      <c r="I37" s="254">
         <v>27</v>
       </c>
-      <c r="J37" s="350"/>
-[...3 lines deleted...]
-      <c r="N37" s="350">
+      <c r="J37" s="254"/>
+      <c r="K37" s="388"/>
+      <c r="L37" s="388"/>
+      <c r="M37" s="388"/>
+      <c r="N37" s="254">
         <v>52</v>
       </c>
-      <c r="O37" s="350"/>
-[...8 lines deleted...]
-      <c r="X37" s="350">
+      <c r="O37" s="254"/>
+      <c r="P37" s="388"/>
+      <c r="Q37" s="388"/>
+      <c r="R37" s="388"/>
+      <c r="S37" s="388"/>
+      <c r="T37" s="388"/>
+      <c r="U37" s="388"/>
+      <c r="V37" s="118"/>
+      <c r="W37" s="118"/>
+      <c r="X37" s="254">
         <v>77</v>
       </c>
-      <c r="Y37" s="350"/>
-[...7 lines deleted...]
-      <c r="AG37" s="98"/>
+      <c r="Y37" s="254"/>
+      <c r="Z37" s="392"/>
+      <c r="AA37" s="392"/>
+      <c r="AB37" s="119"/>
+      <c r="AC37"/>
+      <c r="AD37"/>
+      <c r="AE37"/>
+      <c r="AF37"/>
+      <c r="AG37"/>
       <c r="AH37" s="1">
         <v>295412394</v>
       </c>
       <c r="AJ37" s="1">
         <v>295412063</v>
       </c>
-      <c r="AP37" s="72" t="s">
+      <c r="AP37" s="63" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="38" spans="1:42" s="72" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B38" s="350">
+    <row r="38" spans="1:42" s="63" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="32"/>
+      <c r="B38" s="254">
         <v>3</v>
       </c>
-      <c r="C38" s="350"/>
-[...5 lines deleted...]
-      <c r="I38" s="350">
+      <c r="C38" s="254"/>
+      <c r="D38" s="388"/>
+      <c r="E38" s="388"/>
+      <c r="F38" s="388"/>
+      <c r="G38" s="388"/>
+      <c r="H38" s="389"/>
+      <c r="I38" s="254">
         <v>28</v>
       </c>
-      <c r="J38" s="350"/>
-[...3 lines deleted...]
-      <c r="N38" s="350">
+      <c r="J38" s="254"/>
+      <c r="K38" s="388"/>
+      <c r="L38" s="388"/>
+      <c r="M38" s="388"/>
+      <c r="N38" s="254">
         <v>53</v>
       </c>
-      <c r="O38" s="350"/>
-[...8 lines deleted...]
-      <c r="X38" s="350">
+      <c r="O38" s="254"/>
+      <c r="P38" s="393"/>
+      <c r="Q38" s="394"/>
+      <c r="R38" s="394"/>
+      <c r="S38" s="394"/>
+      <c r="T38" s="394"/>
+      <c r="U38" s="395"/>
+      <c r="V38" s="118"/>
+      <c r="W38" s="118"/>
+      <c r="X38" s="254">
         <v>78</v>
       </c>
-      <c r="Y38" s="350"/>
-[...7 lines deleted...]
-      <c r="AG38" s="98"/>
+      <c r="Y38" s="254"/>
+      <c r="Z38" s="392"/>
+      <c r="AA38" s="392"/>
+      <c r="AB38" s="119"/>
+      <c r="AC38"/>
+      <c r="AD38"/>
+      <c r="AE38"/>
+      <c r="AF38"/>
+      <c r="AG38"/>
     </row>
     <row r="39" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="350">
+      <c r="B39" s="254">
         <v>4</v>
       </c>
-      <c r="C39" s="350"/>
-[...5 lines deleted...]
-      <c r="I39" s="350">
+      <c r="C39" s="254"/>
+      <c r="D39" s="388"/>
+      <c r="E39" s="388"/>
+      <c r="F39" s="388"/>
+      <c r="G39" s="388"/>
+      <c r="H39" s="389"/>
+      <c r="I39" s="254">
         <v>29</v>
       </c>
-      <c r="J39" s="350"/>
-[...3 lines deleted...]
-      <c r="N39" s="350">
+      <c r="J39" s="254"/>
+      <c r="K39" s="388"/>
+      <c r="L39" s="388"/>
+      <c r="M39" s="388"/>
+      <c r="N39" s="254">
         <v>54</v>
       </c>
-      <c r="O39" s="350"/>
-[...8 lines deleted...]
-      <c r="X39" s="350">
+      <c r="O39" s="254"/>
+      <c r="P39" s="388"/>
+      <c r="Q39" s="388"/>
+      <c r="R39" s="388"/>
+      <c r="S39" s="388"/>
+      <c r="T39" s="388"/>
+      <c r="U39" s="388"/>
+      <c r="V39" s="118"/>
+      <c r="W39" s="118"/>
+      <c r="X39" s="254">
         <v>79</v>
       </c>
-      <c r="Y39" s="350"/>
-[...7 lines deleted...]
-      <c r="AG39" s="98"/>
+      <c r="Y39" s="254"/>
+      <c r="Z39" s="392"/>
+      <c r="AA39" s="392"/>
+      <c r="AB39" s="119"/>
+      <c r="AC39"/>
+      <c r="AD39"/>
+      <c r="AE39"/>
+      <c r="AF39"/>
+      <c r="AG39"/>
     </row>
     <row r="40" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B40" s="350">
+      <c r="B40" s="254">
         <v>5</v>
       </c>
-      <c r="C40" s="350"/>
-[...5 lines deleted...]
-      <c r="I40" s="350">
+      <c r="C40" s="254"/>
+      <c r="D40" s="388"/>
+      <c r="E40" s="388"/>
+      <c r="F40" s="388"/>
+      <c r="G40" s="388"/>
+      <c r="H40" s="389"/>
+      <c r="I40" s="254">
         <v>30</v>
       </c>
-      <c r="J40" s="350"/>
-[...3 lines deleted...]
-      <c r="N40" s="350">
+      <c r="J40" s="254"/>
+      <c r="K40" s="396"/>
+      <c r="L40" s="396"/>
+      <c r="M40" s="396"/>
+      <c r="N40" s="254">
         <v>55</v>
       </c>
-      <c r="O40" s="350"/>
-[...8 lines deleted...]
-      <c r="X40" s="350">
+      <c r="O40" s="254"/>
+      <c r="P40" s="388"/>
+      <c r="Q40" s="388"/>
+      <c r="R40" s="388"/>
+      <c r="S40" s="388"/>
+      <c r="T40" s="388"/>
+      <c r="U40" s="388"/>
+      <c r="V40" s="120"/>
+      <c r="W40" s="120"/>
+      <c r="X40" s="254">
         <v>80</v>
       </c>
-      <c r="Y40" s="350"/>
-[...7 lines deleted...]
-      <c r="AG40" s="98"/>
+      <c r="Y40" s="254"/>
+      <c r="Z40" s="392"/>
+      <c r="AA40" s="392"/>
+      <c r="AB40" s="119"/>
+      <c r="AC40"/>
+      <c r="AD40"/>
+      <c r="AE40"/>
+      <c r="AF40"/>
+      <c r="AG40"/>
     </row>
     <row r="41" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="350">
+      <c r="B41" s="254">
         <v>6</v>
       </c>
-      <c r="C41" s="350"/>
-[...5 lines deleted...]
-      <c r="I41" s="350">
+      <c r="C41" s="254"/>
+      <c r="D41" s="388"/>
+      <c r="E41" s="388"/>
+      <c r="F41" s="388"/>
+      <c r="G41" s="388"/>
+      <c r="H41" s="389"/>
+      <c r="I41" s="254">
         <v>31</v>
       </c>
-      <c r="J41" s="350"/>
-[...3 lines deleted...]
-      <c r="N41" s="350">
+      <c r="J41" s="254"/>
+      <c r="K41" s="396"/>
+      <c r="L41" s="396"/>
+      <c r="M41" s="396"/>
+      <c r="N41" s="254">
         <v>56</v>
       </c>
-      <c r="O41" s="350"/>
-[...8 lines deleted...]
-      <c r="X41" s="350">
+      <c r="O41" s="254"/>
+      <c r="P41" s="388"/>
+      <c r="Q41" s="388"/>
+      <c r="R41" s="388"/>
+      <c r="S41" s="388"/>
+      <c r="T41" s="388"/>
+      <c r="U41" s="388"/>
+      <c r="V41" s="120"/>
+      <c r="W41" s="120"/>
+      <c r="X41" s="254">
         <v>81</v>
       </c>
-      <c r="Y41" s="350"/>
-[...7 lines deleted...]
-      <c r="AG41" s="98"/>
+      <c r="Y41" s="254"/>
+      <c r="Z41" s="392"/>
+      <c r="AA41" s="392"/>
+      <c r="AB41" s="119"/>
+      <c r="AC41"/>
+      <c r="AD41"/>
+      <c r="AE41"/>
+      <c r="AF41"/>
+      <c r="AG41"/>
     </row>
     <row r="42" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="350">
+      <c r="B42" s="254">
         <v>7</v>
       </c>
-      <c r="C42" s="350"/>
-[...5 lines deleted...]
-      <c r="I42" s="350">
+      <c r="C42" s="254"/>
+      <c r="D42" s="388"/>
+      <c r="E42" s="388"/>
+      <c r="F42" s="388"/>
+      <c r="G42" s="388"/>
+      <c r="H42" s="389"/>
+      <c r="I42" s="254">
         <v>32</v>
       </c>
-      <c r="J42" s="350"/>
-[...3 lines deleted...]
-      <c r="N42" s="350">
+      <c r="J42" s="254"/>
+      <c r="K42" s="396"/>
+      <c r="L42" s="396"/>
+      <c r="M42" s="396"/>
+      <c r="N42" s="254">
         <v>57</v>
       </c>
-      <c r="O42" s="350"/>
-[...8 lines deleted...]
-      <c r="X42" s="350">
+      <c r="O42" s="254"/>
+      <c r="P42" s="388"/>
+      <c r="Q42" s="388"/>
+      <c r="R42" s="388"/>
+      <c r="S42" s="388"/>
+      <c r="T42" s="388"/>
+      <c r="U42" s="388"/>
+      <c r="V42" s="120"/>
+      <c r="W42" s="120"/>
+      <c r="X42" s="254">
         <v>82</v>
       </c>
-      <c r="Y42" s="350"/>
-[...7 lines deleted...]
-      <c r="AG42" s="98"/>
+      <c r="Y42" s="254"/>
+      <c r="Z42" s="392"/>
+      <c r="AA42" s="392"/>
+      <c r="AB42" s="119"/>
+      <c r="AC42"/>
+      <c r="AD42"/>
+      <c r="AE42"/>
+      <c r="AF42"/>
+      <c r="AG42"/>
       <c r="AH42" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B43" s="350">
+      <c r="B43" s="254">
         <v>8</v>
       </c>
-      <c r="C43" s="350"/>
-[...5 lines deleted...]
-      <c r="I43" s="350">
+      <c r="C43" s="254"/>
+      <c r="D43" s="388"/>
+      <c r="E43" s="388"/>
+      <c r="F43" s="388"/>
+      <c r="G43" s="388"/>
+      <c r="H43" s="389"/>
+      <c r="I43" s="254">
         <v>33</v>
       </c>
-      <c r="J43" s="350"/>
-[...3 lines deleted...]
-      <c r="N43" s="350">
+      <c r="J43" s="254"/>
+      <c r="K43" s="396"/>
+      <c r="L43" s="396"/>
+      <c r="M43" s="396"/>
+      <c r="N43" s="254">
         <v>58</v>
       </c>
-      <c r="O43" s="350"/>
-[...8 lines deleted...]
-      <c r="X43" s="350">
+      <c r="O43" s="254"/>
+      <c r="P43" s="388"/>
+      <c r="Q43" s="388"/>
+      <c r="R43" s="388"/>
+      <c r="S43" s="388"/>
+      <c r="T43" s="388"/>
+      <c r="U43" s="388"/>
+      <c r="V43" s="120"/>
+      <c r="W43" s="120"/>
+      <c r="X43" s="254">
         <v>83</v>
       </c>
-      <c r="Y43" s="350"/>
-[...7 lines deleted...]
-      <c r="AG43" s="98"/>
+      <c r="Y43" s="254"/>
+      <c r="Z43" s="392"/>
+      <c r="AA43" s="392"/>
+      <c r="AB43" s="119"/>
+      <c r="AC43"/>
+      <c r="AD43"/>
+      <c r="AE43"/>
+      <c r="AF43"/>
+      <c r="AG43"/>
       <c r="AH43" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="44" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B44" s="350">
+      <c r="B44" s="254">
         <v>9</v>
       </c>
-      <c r="C44" s="350"/>
-[...5 lines deleted...]
-      <c r="I44" s="350">
+      <c r="C44" s="254"/>
+      <c r="D44" s="388"/>
+      <c r="E44" s="388"/>
+      <c r="F44" s="388"/>
+      <c r="G44" s="388"/>
+      <c r="H44" s="389"/>
+      <c r="I44" s="254">
         <v>34</v>
       </c>
-      <c r="J44" s="350"/>
-[...3 lines deleted...]
-      <c r="N44" s="350">
+      <c r="J44" s="254"/>
+      <c r="K44" s="396"/>
+      <c r="L44" s="396"/>
+      <c r="M44" s="396"/>
+      <c r="N44" s="254">
         <v>59</v>
       </c>
-      <c r="O44" s="350"/>
-[...8 lines deleted...]
-      <c r="X44" s="350">
+      <c r="O44" s="254"/>
+      <c r="P44" s="388"/>
+      <c r="Q44" s="388"/>
+      <c r="R44" s="388"/>
+      <c r="S44" s="388"/>
+      <c r="T44" s="388"/>
+      <c r="U44" s="388"/>
+      <c r="V44" s="120"/>
+      <c r="W44" s="120"/>
+      <c r="X44" s="254">
         <v>84</v>
       </c>
-      <c r="Y44" s="350"/>
-[...7 lines deleted...]
-      <c r="AG44" s="98"/>
+      <c r="Y44" s="254"/>
+      <c r="Z44" s="392"/>
+      <c r="AA44" s="392"/>
+      <c r="AB44" s="119"/>
+      <c r="AC44"/>
+      <c r="AD44"/>
+      <c r="AE44"/>
+      <c r="AF44"/>
+      <c r="AG44"/>
       <c r="AH44" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="45" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="350">
+      <c r="B45" s="254">
         <v>10</v>
       </c>
-      <c r="C45" s="350"/>
-[...5 lines deleted...]
-      <c r="I45" s="350">
+      <c r="C45" s="254"/>
+      <c r="D45" s="388"/>
+      <c r="E45" s="388"/>
+      <c r="F45" s="388"/>
+      <c r="G45" s="388"/>
+      <c r="H45" s="389"/>
+      <c r="I45" s="254">
         <v>35</v>
       </c>
-      <c r="J45" s="350"/>
-[...3 lines deleted...]
-      <c r="N45" s="350">
+      <c r="J45" s="254"/>
+      <c r="K45" s="396"/>
+      <c r="L45" s="396"/>
+      <c r="M45" s="396"/>
+      <c r="N45" s="254">
         <v>60</v>
       </c>
-      <c r="O45" s="350"/>
-[...8 lines deleted...]
-      <c r="X45" s="350">
+      <c r="O45" s="254"/>
+      <c r="P45" s="388"/>
+      <c r="Q45" s="388"/>
+      <c r="R45" s="388"/>
+      <c r="S45" s="388"/>
+      <c r="T45" s="388"/>
+      <c r="U45" s="388"/>
+      <c r="V45" s="120"/>
+      <c r="W45" s="120"/>
+      <c r="X45" s="254">
         <v>85</v>
       </c>
-      <c r="Y45" s="350"/>
-[...8 lines deleted...]
-      <c r="AH45" s="52" t="s">
+      <c r="Y45" s="254"/>
+      <c r="Z45" s="392"/>
+      <c r="AA45" s="392"/>
+      <c r="AB45" s="119"/>
+      <c r="AC45"/>
+      <c r="AD45"/>
+      <c r="AE45"/>
+      <c r="AF45"/>
+      <c r="AG45"/>
+      <c r="AH45" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B46" s="350">
+      <c r="B46" s="254">
         <v>11</v>
       </c>
-      <c r="C46" s="350"/>
-[...5 lines deleted...]
-      <c r="I46" s="350">
+      <c r="C46" s="254"/>
+      <c r="D46" s="388"/>
+      <c r="E46" s="388"/>
+      <c r="F46" s="388"/>
+      <c r="G46" s="388"/>
+      <c r="H46" s="389"/>
+      <c r="I46" s="254">
         <v>36</v>
       </c>
-      <c r="J46" s="350"/>
-[...3 lines deleted...]
-      <c r="N46" s="350">
+      <c r="J46" s="254"/>
+      <c r="K46" s="396"/>
+      <c r="L46" s="396"/>
+      <c r="M46" s="396"/>
+      <c r="N46" s="254">
         <v>61</v>
       </c>
-      <c r="O46" s="350"/>
-[...8 lines deleted...]
-      <c r="X46" s="350">
+      <c r="O46" s="254"/>
+      <c r="P46" s="388"/>
+      <c r="Q46" s="388"/>
+      <c r="R46" s="388"/>
+      <c r="S46" s="388"/>
+      <c r="T46" s="388"/>
+      <c r="U46" s="388"/>
+      <c r="V46" s="120"/>
+      <c r="W46" s="120"/>
+      <c r="X46" s="254">
         <v>86</v>
       </c>
-      <c r="Y46" s="350"/>
-[...8 lines deleted...]
-      <c r="AH46" s="52" t="s">
+      <c r="Y46" s="254"/>
+      <c r="Z46" s="392"/>
+      <c r="AA46" s="392"/>
+      <c r="AB46" s="119"/>
+      <c r="AC46"/>
+      <c r="AD46"/>
+      <c r="AE46"/>
+      <c r="AF46"/>
+      <c r="AG46"/>
+      <c r="AH46" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="47" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="350">
+      <c r="B47" s="254">
         <v>12</v>
       </c>
-      <c r="C47" s="350"/>
-[...5 lines deleted...]
-      <c r="I47" s="350">
+      <c r="C47" s="254"/>
+      <c r="D47" s="388"/>
+      <c r="E47" s="388"/>
+      <c r="F47" s="388"/>
+      <c r="G47" s="388"/>
+      <c r="H47" s="389"/>
+      <c r="I47" s="254">
         <v>37</v>
       </c>
-      <c r="J47" s="350"/>
-[...3 lines deleted...]
-      <c r="N47" s="350">
+      <c r="J47" s="254"/>
+      <c r="K47" s="396"/>
+      <c r="L47" s="396"/>
+      <c r="M47" s="396"/>
+      <c r="N47" s="254">
         <v>62</v>
       </c>
-      <c r="O47" s="350"/>
-[...8 lines deleted...]
-      <c r="X47" s="350">
+      <c r="O47" s="254"/>
+      <c r="P47" s="388"/>
+      <c r="Q47" s="388"/>
+      <c r="R47" s="388"/>
+      <c r="S47" s="388"/>
+      <c r="T47" s="388"/>
+      <c r="U47" s="388"/>
+      <c r="V47" s="120"/>
+      <c r="W47" s="120"/>
+      <c r="X47" s="254">
         <v>87</v>
       </c>
-      <c r="Y47" s="350"/>
-[...7 lines deleted...]
-      <c r="AG47" s="98"/>
+      <c r="Y47" s="254"/>
+      <c r="Z47" s="392"/>
+      <c r="AA47" s="392"/>
+      <c r="AB47" s="119"/>
+      <c r="AC47"/>
+      <c r="AD47"/>
+      <c r="AE47"/>
+      <c r="AF47"/>
+      <c r="AG47"/>
     </row>
     <row r="48" spans="1:42" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="350">
+      <c r="B48" s="254">
         <v>13</v>
       </c>
-      <c r="C48" s="350"/>
-[...5 lines deleted...]
-      <c r="I48" s="350">
+      <c r="C48" s="254"/>
+      <c r="D48" s="388"/>
+      <c r="E48" s="388"/>
+      <c r="F48" s="388"/>
+      <c r="G48" s="388"/>
+      <c r="H48" s="389"/>
+      <c r="I48" s="254">
         <v>38</v>
       </c>
-      <c r="J48" s="350"/>
-[...3 lines deleted...]
-      <c r="N48" s="350">
+      <c r="J48" s="254"/>
+      <c r="K48" s="396"/>
+      <c r="L48" s="396"/>
+      <c r="M48" s="396"/>
+      <c r="N48" s="254">
         <v>63</v>
       </c>
-      <c r="O48" s="350"/>
-[...8 lines deleted...]
-      <c r="X48" s="350">
+      <c r="O48" s="254"/>
+      <c r="P48" s="388"/>
+      <c r="Q48" s="388"/>
+      <c r="R48" s="388"/>
+      <c r="S48" s="388"/>
+      <c r="T48" s="388"/>
+      <c r="U48" s="388"/>
+      <c r="V48" s="120"/>
+      <c r="W48" s="120"/>
+      <c r="X48" s="254">
         <v>88</v>
       </c>
-      <c r="Y48" s="350"/>
-[...7 lines deleted...]
-      <c r="AG48" s="98"/>
+      <c r="Y48" s="254"/>
+      <c r="Z48" s="392"/>
+      <c r="AA48" s="392"/>
+      <c r="AB48" s="119"/>
+      <c r="AC48"/>
+      <c r="AD48"/>
+      <c r="AE48"/>
+      <c r="AF48"/>
+      <c r="AG48"/>
     </row>
     <row r="49" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="350">
+      <c r="B49" s="254">
         <v>14</v>
       </c>
-      <c r="C49" s="350"/>
-[...5 lines deleted...]
-      <c r="I49" s="350">
+      <c r="C49" s="254"/>
+      <c r="D49" s="388"/>
+      <c r="E49" s="388"/>
+      <c r="F49" s="388"/>
+      <c r="G49" s="388"/>
+      <c r="H49" s="389"/>
+      <c r="I49" s="254">
         <v>39</v>
       </c>
-      <c r="J49" s="350"/>
-[...3 lines deleted...]
-      <c r="N49" s="350">
+      <c r="J49" s="254"/>
+      <c r="K49" s="396"/>
+      <c r="L49" s="396"/>
+      <c r="M49" s="396"/>
+      <c r="N49" s="254">
         <v>64</v>
       </c>
-      <c r="O49" s="350"/>
-[...8 lines deleted...]
-      <c r="X49" s="350">
+      <c r="O49" s="254"/>
+      <c r="P49" s="388"/>
+      <c r="Q49" s="388"/>
+      <c r="R49" s="388"/>
+      <c r="S49" s="388"/>
+      <c r="T49" s="388"/>
+      <c r="U49" s="388"/>
+      <c r="V49" s="120"/>
+      <c r="W49" s="120"/>
+      <c r="X49" s="254">
         <v>89</v>
       </c>
-      <c r="Y49" s="350"/>
-[...7 lines deleted...]
-      <c r="AG49" s="98"/>
+      <c r="Y49" s="254"/>
+      <c r="Z49" s="392"/>
+      <c r="AA49" s="392"/>
+      <c r="AB49" s="119"/>
+      <c r="AC49"/>
+      <c r="AD49"/>
+      <c r="AE49"/>
+      <c r="AF49"/>
+      <c r="AG49"/>
     </row>
     <row r="50" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="350">
+      <c r="B50" s="254">
         <v>15</v>
       </c>
-      <c r="C50" s="350"/>
-[...5 lines deleted...]
-      <c r="I50" s="350">
+      <c r="C50" s="254"/>
+      <c r="D50" s="388"/>
+      <c r="E50" s="388"/>
+      <c r="F50" s="388"/>
+      <c r="G50" s="388"/>
+      <c r="H50" s="389"/>
+      <c r="I50" s="254">
         <v>40</v>
       </c>
-      <c r="J50" s="350"/>
-[...3 lines deleted...]
-      <c r="N50" s="350">
+      <c r="J50" s="254"/>
+      <c r="K50" s="396"/>
+      <c r="L50" s="396"/>
+      <c r="M50" s="396"/>
+      <c r="N50" s="254">
         <v>65</v>
       </c>
-      <c r="O50" s="350"/>
-[...8 lines deleted...]
-      <c r="X50" s="350">
+      <c r="O50" s="254"/>
+      <c r="P50" s="388"/>
+      <c r="Q50" s="388"/>
+      <c r="R50" s="388"/>
+      <c r="S50" s="388"/>
+      <c r="T50" s="388"/>
+      <c r="U50" s="388"/>
+      <c r="V50" s="120"/>
+      <c r="W50" s="120"/>
+      <c r="X50" s="254">
         <v>90</v>
       </c>
-      <c r="Y50" s="350"/>
-[...7 lines deleted...]
-      <c r="AG50" s="98"/>
+      <c r="Y50" s="254"/>
+      <c r="Z50" s="392"/>
+      <c r="AA50" s="392"/>
+      <c r="AB50" s="119"/>
+      <c r="AC50"/>
+      <c r="AD50"/>
+      <c r="AE50"/>
+      <c r="AF50"/>
+      <c r="AG50"/>
     </row>
     <row r="51" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="350">
+      <c r="B51" s="254">
         <v>16</v>
       </c>
-      <c r="C51" s="350"/>
-[...5 lines deleted...]
-      <c r="I51" s="350">
+      <c r="C51" s="254"/>
+      <c r="D51" s="388"/>
+      <c r="E51" s="388"/>
+      <c r="F51" s="388"/>
+      <c r="G51" s="388"/>
+      <c r="H51" s="389"/>
+      <c r="I51" s="254">
         <v>41</v>
       </c>
-      <c r="J51" s="350"/>
-[...3 lines deleted...]
-      <c r="N51" s="350">
+      <c r="J51" s="254"/>
+      <c r="K51" s="396"/>
+      <c r="L51" s="396"/>
+      <c r="M51" s="396"/>
+      <c r="N51" s="254">
         <v>66</v>
       </c>
-      <c r="O51" s="350"/>
-[...8 lines deleted...]
-      <c r="X51" s="350">
+      <c r="O51" s="254"/>
+      <c r="P51" s="388"/>
+      <c r="Q51" s="388"/>
+      <c r="R51" s="388"/>
+      <c r="S51" s="388"/>
+      <c r="T51" s="388"/>
+      <c r="U51" s="388"/>
+      <c r="V51" s="120"/>
+      <c r="W51" s="120"/>
+      <c r="X51" s="254">
         <v>91</v>
       </c>
-      <c r="Y51" s="350"/>
-[...7 lines deleted...]
-      <c r="AG51" s="98"/>
+      <c r="Y51" s="254"/>
+      <c r="Z51" s="392"/>
+      <c r="AA51" s="392"/>
+      <c r="AB51" s="119"/>
+      <c r="AC51"/>
+      <c r="AD51"/>
+      <c r="AE51"/>
+      <c r="AF51"/>
+      <c r="AG51"/>
     </row>
     <row r="52" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="350">
+      <c r="B52" s="254">
         <v>17</v>
       </c>
-      <c r="C52" s="350"/>
-[...5 lines deleted...]
-      <c r="I52" s="350">
+      <c r="C52" s="254"/>
+      <c r="D52" s="388"/>
+      <c r="E52" s="388"/>
+      <c r="F52" s="388"/>
+      <c r="G52" s="388"/>
+      <c r="H52" s="389"/>
+      <c r="I52" s="254">
         <v>42</v>
       </c>
-      <c r="J52" s="350"/>
-[...3 lines deleted...]
-      <c r="N52" s="350">
+      <c r="J52" s="254"/>
+      <c r="K52" s="396"/>
+      <c r="L52" s="396"/>
+      <c r="M52" s="396"/>
+      <c r="N52" s="254">
         <v>67</v>
       </c>
-      <c r="O52" s="350"/>
-[...8 lines deleted...]
-      <c r="X52" s="350">
+      <c r="O52" s="254"/>
+      <c r="P52" s="388"/>
+      <c r="Q52" s="388"/>
+      <c r="R52" s="388"/>
+      <c r="S52" s="388"/>
+      <c r="T52" s="388"/>
+      <c r="U52" s="388"/>
+      <c r="V52" s="120"/>
+      <c r="W52" s="120"/>
+      <c r="X52" s="254">
         <v>92</v>
       </c>
-      <c r="Y52" s="350"/>
-[...7 lines deleted...]
-      <c r="AG52" s="98"/>
+      <c r="Y52" s="254"/>
+      <c r="Z52" s="392"/>
+      <c r="AA52" s="392"/>
+      <c r="AB52" s="119"/>
+      <c r="AC52"/>
+      <c r="AD52"/>
+      <c r="AE52"/>
+      <c r="AF52"/>
+      <c r="AG52"/>
     </row>
     <row r="53" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="350">
+      <c r="B53" s="254">
         <v>18</v>
       </c>
-      <c r="C53" s="350"/>
-[...5 lines deleted...]
-      <c r="I53" s="350">
+      <c r="C53" s="254"/>
+      <c r="D53" s="388"/>
+      <c r="E53" s="388"/>
+      <c r="F53" s="388"/>
+      <c r="G53" s="388"/>
+      <c r="H53" s="389"/>
+      <c r="I53" s="254">
         <v>43</v>
       </c>
-      <c r="J53" s="350"/>
-[...3 lines deleted...]
-      <c r="N53" s="350">
+      <c r="J53" s="254"/>
+      <c r="K53" s="397"/>
+      <c r="L53" s="398"/>
+      <c r="M53" s="399"/>
+      <c r="N53" s="254">
         <v>68</v>
       </c>
-      <c r="O53" s="350"/>
-[...8 lines deleted...]
-      <c r="X53" s="350">
+      <c r="O53" s="254"/>
+      <c r="P53" s="389"/>
+      <c r="Q53" s="390"/>
+      <c r="R53" s="390"/>
+      <c r="S53" s="390"/>
+      <c r="T53" s="390"/>
+      <c r="U53" s="391"/>
+      <c r="V53" s="120"/>
+      <c r="W53" s="120"/>
+      <c r="X53" s="254">
         <v>93</v>
       </c>
-      <c r="Y53" s="350"/>
-[...7 lines deleted...]
-      <c r="AG53" s="98"/>
+      <c r="Y53" s="254"/>
+      <c r="Z53" s="392"/>
+      <c r="AA53" s="392"/>
+      <c r="AB53" s="119"/>
+      <c r="AC53"/>
+      <c r="AD53"/>
+      <c r="AE53"/>
+      <c r="AF53"/>
+      <c r="AG53"/>
     </row>
     <row r="54" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="350">
+      <c r="B54" s="254">
         <v>19</v>
       </c>
-      <c r="C54" s="350"/>
-[...5 lines deleted...]
-      <c r="I54" s="350">
+      <c r="C54" s="254"/>
+      <c r="D54" s="388"/>
+      <c r="E54" s="388"/>
+      <c r="F54" s="388"/>
+      <c r="G54" s="388"/>
+      <c r="H54" s="389"/>
+      <c r="I54" s="254">
         <v>44</v>
       </c>
-      <c r="J54" s="350"/>
-[...3 lines deleted...]
-      <c r="N54" s="350">
+      <c r="J54" s="254"/>
+      <c r="K54" s="397"/>
+      <c r="L54" s="398"/>
+      <c r="M54" s="399"/>
+      <c r="N54" s="254">
         <v>69</v>
       </c>
-      <c r="O54" s="350"/>
-[...8 lines deleted...]
-      <c r="X54" s="350">
+      <c r="O54" s="254"/>
+      <c r="P54" s="389"/>
+      <c r="Q54" s="390"/>
+      <c r="R54" s="390"/>
+      <c r="S54" s="390"/>
+      <c r="T54" s="390"/>
+      <c r="U54" s="391"/>
+      <c r="V54" s="120"/>
+      <c r="W54" s="120"/>
+      <c r="X54" s="254">
         <v>94</v>
       </c>
-      <c r="Y54" s="350"/>
-[...7 lines deleted...]
-      <c r="AG54" s="98"/>
+      <c r="Y54" s="254"/>
+      <c r="Z54" s="392"/>
+      <c r="AA54" s="392"/>
+      <c r="AB54" s="119"/>
+      <c r="AC54"/>
+      <c r="AD54"/>
+      <c r="AE54"/>
+      <c r="AF54"/>
+      <c r="AG54"/>
     </row>
     <row r="55" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="350">
+      <c r="B55" s="254">
         <v>20</v>
       </c>
-      <c r="C55" s="350"/>
-[...5 lines deleted...]
-      <c r="I55" s="350">
+      <c r="C55" s="254"/>
+      <c r="D55" s="388"/>
+      <c r="E55" s="388"/>
+      <c r="F55" s="388"/>
+      <c r="G55" s="388"/>
+      <c r="H55" s="389"/>
+      <c r="I55" s="254">
         <v>45</v>
       </c>
-      <c r="J55" s="350"/>
-[...3 lines deleted...]
-      <c r="N55" s="350">
+      <c r="J55" s="254"/>
+      <c r="K55" s="397"/>
+      <c r="L55" s="398"/>
+      <c r="M55" s="399"/>
+      <c r="N55" s="254">
         <v>70</v>
       </c>
-      <c r="O55" s="350"/>
-[...8 lines deleted...]
-      <c r="X55" s="350">
+      <c r="O55" s="254"/>
+      <c r="P55" s="389"/>
+      <c r="Q55" s="390"/>
+      <c r="R55" s="390"/>
+      <c r="S55" s="390"/>
+      <c r="T55" s="390"/>
+      <c r="U55" s="391"/>
+      <c r="V55" s="120"/>
+      <c r="W55" s="120"/>
+      <c r="X55" s="254">
         <v>95</v>
       </c>
-      <c r="Y55" s="350"/>
-[...7 lines deleted...]
-      <c r="AG55" s="98"/>
+      <c r="Y55" s="254"/>
+      <c r="Z55" s="392"/>
+      <c r="AA55" s="392"/>
+      <c r="AB55" s="119"/>
+      <c r="AC55"/>
+      <c r="AD55"/>
+      <c r="AE55"/>
+      <c r="AF55"/>
+      <c r="AG55"/>
     </row>
     <row r="56" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="350">
+      <c r="B56" s="254">
         <v>21</v>
       </c>
-      <c r="C56" s="350"/>
-[...5 lines deleted...]
-      <c r="I56" s="350">
+      <c r="C56" s="254"/>
+      <c r="D56" s="388"/>
+      <c r="E56" s="388"/>
+      <c r="F56" s="388"/>
+      <c r="G56" s="388"/>
+      <c r="H56" s="389"/>
+      <c r="I56" s="254">
         <v>46</v>
       </c>
-      <c r="J56" s="350"/>
-[...3 lines deleted...]
-      <c r="N56" s="350">
+      <c r="J56" s="254"/>
+      <c r="K56" s="396"/>
+      <c r="L56" s="396"/>
+      <c r="M56" s="396"/>
+      <c r="N56" s="254">
         <v>71</v>
       </c>
-      <c r="O56" s="350"/>
-[...8 lines deleted...]
-      <c r="X56" s="350">
+      <c r="O56" s="254"/>
+      <c r="P56" s="388"/>
+      <c r="Q56" s="388"/>
+      <c r="R56" s="388"/>
+      <c r="S56" s="388"/>
+      <c r="T56" s="388"/>
+      <c r="U56" s="388"/>
+      <c r="V56" s="120"/>
+      <c r="W56" s="120"/>
+      <c r="X56" s="254">
         <v>96</v>
       </c>
-      <c r="Y56" s="350"/>
-[...7 lines deleted...]
-      <c r="AG56" s="98"/>
+      <c r="Y56" s="254"/>
+      <c r="Z56" s="392"/>
+      <c r="AA56" s="392"/>
+      <c r="AB56" s="119"/>
+      <c r="AC56"/>
+      <c r="AD56"/>
+      <c r="AE56"/>
+      <c r="AF56"/>
+      <c r="AG56"/>
     </row>
     <row r="57" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="350">
+      <c r="B57" s="254">
         <v>22</v>
       </c>
-      <c r="C57" s="350"/>
-[...5 lines deleted...]
-      <c r="I57" s="350">
+      <c r="C57" s="254"/>
+      <c r="D57" s="388"/>
+      <c r="E57" s="388"/>
+      <c r="F57" s="388"/>
+      <c r="G57" s="388"/>
+      <c r="H57" s="389"/>
+      <c r="I57" s="254">
         <v>47</v>
       </c>
-      <c r="J57" s="350"/>
-[...3 lines deleted...]
-      <c r="N57" s="350">
+      <c r="J57" s="254"/>
+      <c r="K57" s="397"/>
+      <c r="L57" s="398"/>
+      <c r="M57" s="399"/>
+      <c r="N57" s="254">
         <v>72</v>
       </c>
-      <c r="O57" s="350"/>
-[...8 lines deleted...]
-      <c r="X57" s="350">
+      <c r="O57" s="254"/>
+      <c r="P57" s="389"/>
+      <c r="Q57" s="390"/>
+      <c r="R57" s="390"/>
+      <c r="S57" s="390"/>
+      <c r="T57" s="390"/>
+      <c r="U57" s="391"/>
+      <c r="V57" s="120"/>
+      <c r="W57" s="120"/>
+      <c r="X57" s="254">
         <v>97</v>
       </c>
-      <c r="Y57" s="350"/>
-[...7 lines deleted...]
-      <c r="AG57" s="98"/>
+      <c r="Y57" s="254"/>
+      <c r="Z57" s="392"/>
+      <c r="AA57" s="392"/>
+      <c r="AB57" s="119"/>
+      <c r="AC57"/>
+      <c r="AD57"/>
+      <c r="AE57"/>
+      <c r="AF57"/>
+      <c r="AG57"/>
     </row>
     <row r="58" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="350">
+      <c r="B58" s="254">
         <v>23</v>
       </c>
-      <c r="C58" s="350"/>
-[...5 lines deleted...]
-      <c r="I58" s="350">
+      <c r="C58" s="254"/>
+      <c r="D58" s="388"/>
+      <c r="E58" s="388"/>
+      <c r="F58" s="388"/>
+      <c r="G58" s="388"/>
+      <c r="H58" s="389"/>
+      <c r="I58" s="254">
         <v>48</v>
       </c>
-      <c r="J58" s="350"/>
-[...3 lines deleted...]
-      <c r="N58" s="350">
+      <c r="J58" s="254"/>
+      <c r="K58" s="397"/>
+      <c r="L58" s="398"/>
+      <c r="M58" s="399"/>
+      <c r="N58" s="254">
         <v>73</v>
       </c>
-      <c r="O58" s="350"/>
-[...8 lines deleted...]
-      <c r="X58" s="350">
+      <c r="O58" s="254"/>
+      <c r="P58" s="389"/>
+      <c r="Q58" s="390"/>
+      <c r="R58" s="390"/>
+      <c r="S58" s="390"/>
+      <c r="T58" s="390"/>
+      <c r="U58" s="391"/>
+      <c r="V58" s="120"/>
+      <c r="W58" s="120"/>
+      <c r="X58" s="254">
         <v>98</v>
       </c>
-      <c r="Y58" s="350"/>
-[...7 lines deleted...]
-      <c r="AG58" s="98"/>
+      <c r="Y58" s="254"/>
+      <c r="Z58" s="392"/>
+      <c r="AA58" s="392"/>
+      <c r="AB58" s="119"/>
+      <c r="AC58"/>
+      <c r="AD58"/>
+      <c r="AE58"/>
+      <c r="AF58"/>
+      <c r="AG58"/>
     </row>
     <row r="59" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="350">
+      <c r="B59" s="254">
         <v>24</v>
       </c>
-      <c r="C59" s="350"/>
-[...5 lines deleted...]
-      <c r="I59" s="350">
+      <c r="C59" s="254"/>
+      <c r="D59" s="388"/>
+      <c r="E59" s="388"/>
+      <c r="F59" s="388"/>
+      <c r="G59" s="388"/>
+      <c r="H59" s="389"/>
+      <c r="I59" s="254">
         <v>49</v>
       </c>
-      <c r="J59" s="350"/>
-[...3 lines deleted...]
-      <c r="N59" s="350">
+      <c r="J59" s="254"/>
+      <c r="K59" s="396"/>
+      <c r="L59" s="396"/>
+      <c r="M59" s="396"/>
+      <c r="N59" s="254">
         <v>74</v>
       </c>
-      <c r="O59" s="350"/>
-[...8 lines deleted...]
-      <c r="X59" s="350">
+      <c r="O59" s="254"/>
+      <c r="P59" s="388"/>
+      <c r="Q59" s="388"/>
+      <c r="R59" s="388"/>
+      <c r="S59" s="388"/>
+      <c r="T59" s="388"/>
+      <c r="U59" s="388"/>
+      <c r="V59" s="120"/>
+      <c r="W59" s="120"/>
+      <c r="X59" s="254">
         <v>99</v>
       </c>
-      <c r="Y59" s="350"/>
-[...7 lines deleted...]
-      <c r="AG59" s="98"/>
+      <c r="Y59" s="254"/>
+      <c r="Z59" s="392"/>
+      <c r="AA59" s="392"/>
+      <c r="AB59" s="119"/>
+      <c r="AC59"/>
+      <c r="AD59"/>
+      <c r="AE59"/>
+      <c r="AF59"/>
+      <c r="AG59"/>
     </row>
     <row r="60" spans="1:48" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="350">
+      <c r="B60" s="254">
         <v>25</v>
       </c>
-      <c r="C60" s="350"/>
-[...5 lines deleted...]
-      <c r="I60" s="350">
+      <c r="C60" s="254"/>
+      <c r="D60" s="388"/>
+      <c r="E60" s="388"/>
+      <c r="F60" s="388"/>
+      <c r="G60" s="388"/>
+      <c r="H60" s="389"/>
+      <c r="I60" s="254">
         <v>50</v>
       </c>
-      <c r="J60" s="350"/>
-[...3 lines deleted...]
-      <c r="N60" s="350">
+      <c r="J60" s="254"/>
+      <c r="K60" s="396"/>
+      <c r="L60" s="396"/>
+      <c r="M60" s="396"/>
+      <c r="N60" s="254">
         <v>75</v>
       </c>
-      <c r="O60" s="350"/>
-[...8 lines deleted...]
-      <c r="X60" s="350">
+      <c r="O60" s="254"/>
+      <c r="P60" s="388"/>
+      <c r="Q60" s="388"/>
+      <c r="R60" s="388"/>
+      <c r="S60" s="388"/>
+      <c r="T60" s="388"/>
+      <c r="U60" s="388"/>
+      <c r="V60" s="120"/>
+      <c r="W60" s="120"/>
+      <c r="X60" s="254">
         <v>100</v>
       </c>
-      <c r="Y60" s="350"/>
-[...10 lines deleted...]
-      <c r="A61" s="129" t="s">
+      <c r="Y60" s="254"/>
+      <c r="Z60" s="392"/>
+      <c r="AA60" s="392"/>
+      <c r="AB60" s="119"/>
+      <c r="AC60"/>
+      <c r="AD60"/>
+      <c r="AE60"/>
+      <c r="AF60"/>
+      <c r="AG60"/>
+    </row>
+    <row r="61" spans="1:48" s="21" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="66" t="s">
         <v>62</v>
       </c>
-      <c r="B61" s="129"/>
-[...28 lines deleted...]
-      <c r="A62" s="135" t="s">
+      <c r="B61" s="66"/>
+      <c r="C61" s="66"/>
+      <c r="D61" s="66"/>
+      <c r="E61" s="66"/>
+      <c r="F61" s="66"/>
+      <c r="G61" s="66"/>
+      <c r="H61" s="66"/>
+      <c r="I61" s="67"/>
+      <c r="J61" s="67"/>
+      <c r="K61" s="35"/>
+      <c r="L61" s="35"/>
+      <c r="M61" s="35"/>
+      <c r="N61" s="35"/>
+      <c r="O61" s="35"/>
+      <c r="P61" s="35"/>
+      <c r="Q61" s="35"/>
+      <c r="R61" s="35"/>
+      <c r="S61" s="35"/>
+      <c r="T61" s="35"/>
+      <c r="U61" s="35"/>
+      <c r="V61" s="35"/>
+      <c r="W61" s="35"/>
+      <c r="X61" s="35"/>
+      <c r="Y61" s="32"/>
+      <c r="Z61" s="32"/>
+      <c r="AB61" s="32"/>
+    </row>
+    <row r="62" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="68" t="s">
         <v>63</v>
       </c>
-      <c r="B62" s="135"/>
-[...46 lines deleted...]
-      <c r="A63" s="300" t="s">
+      <c r="B62" s="68"/>
+      <c r="C62" s="68"/>
+      <c r="D62" s="68"/>
+      <c r="E62" s="68"/>
+      <c r="F62" s="68"/>
+      <c r="G62" s="68"/>
+      <c r="H62" s="68"/>
+      <c r="I62" s="68"/>
+      <c r="J62" s="68"/>
+      <c r="K62" s="68"/>
+      <c r="L62" s="68"/>
+      <c r="M62" s="68"/>
+      <c r="N62" s="68"/>
+      <c r="O62" s="68"/>
+      <c r="P62" s="68"/>
+      <c r="Q62" s="68"/>
+      <c r="R62" s="68"/>
+      <c r="S62" s="68"/>
+      <c r="T62" s="68"/>
+      <c r="U62" s="68"/>
+      <c r="V62" s="68"/>
+      <c r="W62" s="68"/>
+      <c r="X62" s="68"/>
+      <c r="Y62" s="68"/>
+      <c r="Z62" s="68"/>
+      <c r="AB62" s="68"/>
+      <c r="AC62" s="109"/>
+      <c r="AD62" s="109"/>
+      <c r="AE62" s="109"/>
+      <c r="AG62" s="109"/>
+      <c r="AH62" s="109"/>
+      <c r="AI62" s="109"/>
+      <c r="AJ62" s="109"/>
+      <c r="AK62" s="109"/>
+      <c r="AL62" s="109"/>
+      <c r="AM62" s="109"/>
+      <c r="AN62" s="109"/>
+      <c r="AO62" s="109"/>
+      <c r="AP62" s="109"/>
+      <c r="AQ62" s="109"/>
+      <c r="AR62" s="109"/>
+      <c r="AS62" s="109"/>
+      <c r="AT62" s="109"/>
+      <c r="AU62" s="109"/>
+      <c r="AV62" s="109"/>
+    </row>
+    <row r="63" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="B63" s="300"/>
-[...47 lines deleted...]
-      <c r="A64" s="300" t="s">
+      <c r="B63" s="283"/>
+      <c r="C63" s="283"/>
+      <c r="D63" s="283"/>
+      <c r="E63" s="283"/>
+      <c r="F63" s="283"/>
+      <c r="G63" s="283"/>
+      <c r="H63" s="283"/>
+      <c r="I63" s="283"/>
+      <c r="J63" s="283"/>
+      <c r="K63" s="283"/>
+      <c r="L63" s="283"/>
+      <c r="M63" s="283"/>
+      <c r="N63" s="283"/>
+      <c r="O63" s="283"/>
+      <c r="P63" s="283"/>
+      <c r="Q63" s="283"/>
+      <c r="R63" s="283"/>
+      <c r="S63" s="283"/>
+      <c r="T63" s="283"/>
+      <c r="U63" s="283"/>
+      <c r="V63" s="283"/>
+      <c r="W63" s="283"/>
+      <c r="X63" s="283"/>
+      <c r="Y63" s="283"/>
+      <c r="Z63" s="283"/>
+      <c r="AA63" s="283"/>
+      <c r="AB63" s="68"/>
+      <c r="AC63" s="109"/>
+      <c r="AD63" s="109"/>
+      <c r="AE63" s="109"/>
+      <c r="AG63" s="109"/>
+      <c r="AH63" s="109"/>
+      <c r="AI63" s="109"/>
+      <c r="AJ63" s="109"/>
+      <c r="AK63" s="109"/>
+      <c r="AL63" s="109"/>
+      <c r="AM63" s="109"/>
+      <c r="AN63" s="109"/>
+      <c r="AO63" s="109"/>
+      <c r="AP63" s="109"/>
+      <c r="AQ63" s="109"/>
+      <c r="AR63" s="109"/>
+      <c r="AS63" s="109"/>
+      <c r="AT63" s="109"/>
+      <c r="AU63" s="109"/>
+      <c r="AV63" s="109"/>
+    </row>
+    <row r="64" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="283" t="s">
         <v>116</v>
       </c>
-      <c r="B64" s="300"/>
-[...47 lines deleted...]
-      <c r="A65" s="135" t="s">
+      <c r="B64" s="283"/>
+      <c r="C64" s="283"/>
+      <c r="D64" s="283"/>
+      <c r="E64" s="283"/>
+      <c r="F64" s="283"/>
+      <c r="G64" s="283"/>
+      <c r="H64" s="283"/>
+      <c r="I64" s="283"/>
+      <c r="J64" s="283"/>
+      <c r="K64" s="283"/>
+      <c r="L64" s="283"/>
+      <c r="M64" s="283"/>
+      <c r="N64" s="283"/>
+      <c r="O64" s="283"/>
+      <c r="P64" s="283"/>
+      <c r="Q64" s="283"/>
+      <c r="R64" s="283"/>
+      <c r="S64" s="283"/>
+      <c r="T64" s="283"/>
+      <c r="U64" s="283"/>
+      <c r="V64" s="283"/>
+      <c r="W64" s="283"/>
+      <c r="X64" s="283"/>
+      <c r="Y64" s="283"/>
+      <c r="Z64" s="283"/>
+      <c r="AA64" s="283"/>
+      <c r="AB64" s="68"/>
+      <c r="AC64" s="109"/>
+      <c r="AD64" s="109"/>
+      <c r="AE64" s="109"/>
+      <c r="AG64" s="109"/>
+      <c r="AH64" s="109"/>
+      <c r="AI64" s="109"/>
+      <c r="AJ64" s="109"/>
+      <c r="AK64" s="109"/>
+      <c r="AL64" s="109"/>
+      <c r="AM64" s="109"/>
+      <c r="AN64" s="109"/>
+      <c r="AO64" s="109"/>
+      <c r="AP64" s="109"/>
+      <c r="AQ64" s="109"/>
+      <c r="AR64" s="109"/>
+      <c r="AS64" s="109"/>
+      <c r="AT64" s="109"/>
+      <c r="AU64" s="109"/>
+      <c r="AV64" s="109"/>
+    </row>
+    <row r="65" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="68" t="s">
         <v>66</v>
       </c>
-      <c r="B65" s="135"/>
-[...46 lines deleted...]
-      <c r="A66" s="135" t="s">
+      <c r="B65" s="68"/>
+      <c r="C65" s="68"/>
+      <c r="D65" s="68"/>
+      <c r="E65" s="68"/>
+      <c r="F65" s="68"/>
+      <c r="G65" s="68"/>
+      <c r="H65" s="68"/>
+      <c r="I65" s="68"/>
+      <c r="J65" s="68"/>
+      <c r="K65" s="68"/>
+      <c r="L65" s="68"/>
+      <c r="M65" s="68"/>
+      <c r="N65" s="68"/>
+      <c r="O65" s="68"/>
+      <c r="P65" s="68"/>
+      <c r="Q65" s="68"/>
+      <c r="R65" s="68"/>
+      <c r="S65" s="68"/>
+      <c r="T65" s="68"/>
+      <c r="U65" s="68"/>
+      <c r="V65" s="68"/>
+      <c r="W65" s="68"/>
+      <c r="X65" s="68"/>
+      <c r="Y65" s="68"/>
+      <c r="Z65" s="68"/>
+      <c r="AB65" s="68"/>
+      <c r="AC65" s="109"/>
+      <c r="AD65" s="109"/>
+      <c r="AE65" s="109"/>
+      <c r="AG65" s="109"/>
+      <c r="AH65" s="109"/>
+      <c r="AI65" s="109"/>
+      <c r="AJ65" s="109"/>
+      <c r="AK65" s="109"/>
+      <c r="AL65" s="109"/>
+      <c r="AM65" s="109"/>
+      <c r="AN65" s="109"/>
+      <c r="AO65" s="109"/>
+      <c r="AP65" s="109"/>
+      <c r="AQ65" s="109"/>
+      <c r="AR65" s="109"/>
+      <c r="AS65" s="109"/>
+      <c r="AT65" s="109"/>
+      <c r="AU65" s="109"/>
+      <c r="AV65" s="109"/>
+    </row>
+    <row r="66" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="68" t="s">
         <v>67</v>
       </c>
-      <c r="B66" s="135"/>
-[...46 lines deleted...]
-      <c r="A67" s="135" t="s">
+      <c r="B66" s="68"/>
+      <c r="C66" s="68"/>
+      <c r="D66" s="68"/>
+      <c r="E66" s="68"/>
+      <c r="F66" s="68"/>
+      <c r="G66" s="68"/>
+      <c r="H66" s="68"/>
+      <c r="I66" s="68"/>
+      <c r="J66" s="68"/>
+      <c r="K66" s="68"/>
+      <c r="L66" s="68"/>
+      <c r="M66" s="68"/>
+      <c r="N66" s="68"/>
+      <c r="O66" s="68"/>
+      <c r="P66" s="68"/>
+      <c r="Q66" s="68"/>
+      <c r="R66" s="68"/>
+      <c r="S66" s="68"/>
+      <c r="T66" s="68"/>
+      <c r="U66" s="68"/>
+      <c r="V66" s="68"/>
+      <c r="W66" s="68"/>
+      <c r="X66" s="68"/>
+      <c r="Y66" s="68"/>
+      <c r="Z66" s="68"/>
+      <c r="AB66" s="68"/>
+      <c r="AC66" s="109"/>
+      <c r="AD66" s="109"/>
+      <c r="AE66" s="109"/>
+      <c r="AG66" s="109"/>
+      <c r="AH66" s="109"/>
+      <c r="AI66" s="109"/>
+      <c r="AJ66" s="109"/>
+      <c r="AK66" s="109"/>
+      <c r="AL66" s="109"/>
+      <c r="AM66" s="109"/>
+      <c r="AN66" s="109"/>
+      <c r="AO66" s="109"/>
+      <c r="AP66" s="109"/>
+      <c r="AQ66" s="109"/>
+      <c r="AR66" s="109"/>
+      <c r="AS66" s="109"/>
+      <c r="AT66" s="109"/>
+      <c r="AU66" s="109"/>
+      <c r="AV66" s="109"/>
+    </row>
+    <row r="67" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="68" t="s">
         <v>105</v>
       </c>
-      <c r="B67" s="135"/>
-[...46 lines deleted...]
-      <c r="A68" s="135" t="s">
+      <c r="B67" s="68"/>
+      <c r="C67" s="68"/>
+      <c r="D67" s="68"/>
+      <c r="E67" s="68"/>
+      <c r="F67" s="68"/>
+      <c r="G67" s="68"/>
+      <c r="H67" s="68"/>
+      <c r="I67" s="68"/>
+      <c r="J67" s="68"/>
+      <c r="K67" s="68"/>
+      <c r="L67" s="68"/>
+      <c r="M67" s="68"/>
+      <c r="N67" s="68"/>
+      <c r="O67" s="68"/>
+      <c r="P67" s="68"/>
+      <c r="Q67" s="68"/>
+      <c r="R67" s="68"/>
+      <c r="S67" s="68"/>
+      <c r="T67" s="68"/>
+      <c r="U67" s="68"/>
+      <c r="V67" s="68"/>
+      <c r="W67" s="68"/>
+      <c r="X67" s="68"/>
+      <c r="Y67" s="68"/>
+      <c r="Z67" s="68"/>
+      <c r="AB67" s="68"/>
+      <c r="AC67" s="109"/>
+      <c r="AD67" s="109"/>
+      <c r="AE67" s="109"/>
+      <c r="AG67" s="109"/>
+      <c r="AH67" s="109"/>
+      <c r="AI67" s="109"/>
+      <c r="AJ67" s="109"/>
+      <c r="AK67" s="109"/>
+      <c r="AL67" s="109"/>
+      <c r="AM67" s="109"/>
+      <c r="AN67" s="109"/>
+      <c r="AO67" s="109"/>
+      <c r="AP67" s="109"/>
+      <c r="AQ67" s="109"/>
+      <c r="AR67" s="109"/>
+      <c r="AS67" s="109"/>
+      <c r="AT67" s="109"/>
+      <c r="AU67" s="109"/>
+      <c r="AV67" s="109"/>
+    </row>
+    <row r="68" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="68" t="s">
         <v>106</v>
       </c>
-      <c r="B68" s="135"/>
-[...46 lines deleted...]
-      <c r="A69" s="135" t="s">
+      <c r="B68" s="68"/>
+      <c r="C68" s="68"/>
+      <c r="D68" s="68"/>
+      <c r="E68" s="68"/>
+      <c r="F68" s="68"/>
+      <c r="G68" s="68"/>
+      <c r="H68" s="68"/>
+      <c r="I68" s="68"/>
+      <c r="J68" s="68"/>
+      <c r="K68" s="68"/>
+      <c r="L68" s="68"/>
+      <c r="M68" s="68"/>
+      <c r="N68" s="68"/>
+      <c r="O68" s="68"/>
+      <c r="P68" s="68"/>
+      <c r="Q68" s="68"/>
+      <c r="R68" s="68"/>
+      <c r="S68" s="68"/>
+      <c r="T68" s="68"/>
+      <c r="U68" s="68"/>
+      <c r="V68" s="68"/>
+      <c r="W68" s="68"/>
+      <c r="X68" s="68"/>
+      <c r="Y68" s="68"/>
+      <c r="Z68" s="68"/>
+      <c r="AB68" s="68"/>
+      <c r="AC68" s="109"/>
+      <c r="AD68" s="109"/>
+      <c r="AE68" s="109"/>
+      <c r="AG68" s="109"/>
+      <c r="AH68" s="109"/>
+      <c r="AI68" s="109"/>
+      <c r="AJ68" s="109"/>
+      <c r="AK68" s="109"/>
+      <c r="AL68" s="109"/>
+      <c r="AM68" s="109"/>
+      <c r="AN68" s="109"/>
+      <c r="AO68" s="109"/>
+      <c r="AP68" s="109"/>
+      <c r="AQ68" s="109"/>
+      <c r="AR68" s="109"/>
+      <c r="AS68" s="109"/>
+      <c r="AT68" s="109"/>
+      <c r="AU68" s="109"/>
+      <c r="AV68" s="109"/>
+    </row>
+    <row r="69" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="68" t="s">
         <v>70</v>
       </c>
-      <c r="B69" s="135"/>
-[...46 lines deleted...]
-      <c r="A70" s="136" t="s">
+      <c r="B69" s="68"/>
+      <c r="C69" s="68"/>
+      <c r="D69" s="68"/>
+      <c r="E69" s="68"/>
+      <c r="F69" s="68"/>
+      <c r="G69" s="68"/>
+      <c r="H69" s="68"/>
+      <c r="I69" s="68"/>
+      <c r="J69" s="68"/>
+      <c r="K69" s="68"/>
+      <c r="L69" s="68"/>
+      <c r="M69" s="68"/>
+      <c r="N69" s="68"/>
+      <c r="O69" s="68"/>
+      <c r="P69" s="68"/>
+      <c r="Q69" s="68"/>
+      <c r="R69" s="68"/>
+      <c r="S69" s="68"/>
+      <c r="T69" s="68"/>
+      <c r="U69" s="68"/>
+      <c r="V69" s="68"/>
+      <c r="W69" s="68"/>
+      <c r="X69" s="68"/>
+      <c r="Y69" s="68"/>
+      <c r="Z69" s="68"/>
+      <c r="AB69" s="68"/>
+      <c r="AC69" s="109"/>
+      <c r="AD69" s="109"/>
+      <c r="AE69" s="109"/>
+      <c r="AG69" s="109"/>
+      <c r="AH69" s="109"/>
+      <c r="AI69" s="109"/>
+      <c r="AJ69" s="109"/>
+      <c r="AK69" s="109"/>
+      <c r="AL69" s="109"/>
+      <c r="AM69" s="109"/>
+      <c r="AN69" s="109"/>
+      <c r="AO69" s="109"/>
+      <c r="AP69" s="109"/>
+      <c r="AQ69" s="109"/>
+      <c r="AR69" s="109"/>
+      <c r="AS69" s="109"/>
+      <c r="AT69" s="109"/>
+      <c r="AU69" s="109"/>
+      <c r="AV69" s="109"/>
+    </row>
+    <row r="70" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="68" t="s">
         <v>71</v>
       </c>
-      <c r="B70" s="136"/>
-[...46 lines deleted...]
-      <c r="A71" s="136" t="s">
+      <c r="B70" s="68"/>
+      <c r="C70" s="68"/>
+      <c r="D70" s="68"/>
+      <c r="E70" s="68"/>
+      <c r="F70" s="68"/>
+      <c r="G70" s="68"/>
+      <c r="H70" s="68"/>
+      <c r="I70" s="68"/>
+      <c r="J70" s="68"/>
+      <c r="K70" s="68"/>
+      <c r="L70" s="68"/>
+      <c r="M70" s="68"/>
+      <c r="N70" s="68"/>
+      <c r="O70" s="68"/>
+      <c r="P70" s="68"/>
+      <c r="Q70" s="68"/>
+      <c r="R70" s="68"/>
+      <c r="S70" s="68"/>
+      <c r="T70" s="68"/>
+      <c r="U70" s="68"/>
+      <c r="V70" s="68"/>
+      <c r="W70" s="68"/>
+      <c r="X70" s="68"/>
+      <c r="Y70" s="68"/>
+      <c r="Z70" s="68"/>
+      <c r="AB70" s="68"/>
+      <c r="AC70" s="109"/>
+      <c r="AD70" s="109"/>
+      <c r="AE70" s="109"/>
+      <c r="AG70" s="109"/>
+      <c r="AH70" s="109"/>
+      <c r="AI70" s="109"/>
+      <c r="AJ70" s="109"/>
+      <c r="AK70" s="109"/>
+      <c r="AL70" s="109"/>
+      <c r="AM70" s="109"/>
+      <c r="AN70" s="109"/>
+      <c r="AO70" s="109"/>
+      <c r="AP70" s="109"/>
+      <c r="AQ70" s="109"/>
+      <c r="AR70" s="109"/>
+      <c r="AS70" s="109"/>
+      <c r="AT70" s="109"/>
+      <c r="AU70" s="109"/>
+      <c r="AV70" s="109"/>
+    </row>
+    <row r="71" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="68" t="s">
         <v>107</v>
       </c>
-      <c r="B71" s="136"/>
-[...27 lines deleted...]
-      <c r="A72" s="136" t="s">
+      <c r="B71" s="68"/>
+      <c r="C71" s="68"/>
+      <c r="D71" s="68"/>
+      <c r="E71" s="68"/>
+      <c r="F71" s="68"/>
+      <c r="G71" s="68"/>
+      <c r="H71" s="68"/>
+      <c r="I71" s="68"/>
+      <c r="J71" s="68"/>
+      <c r="K71" s="68"/>
+      <c r="L71" s="68"/>
+      <c r="M71" s="68"/>
+      <c r="N71" s="68"/>
+      <c r="O71" s="68"/>
+      <c r="P71" s="68"/>
+      <c r="Q71" s="68"/>
+      <c r="R71" s="68"/>
+      <c r="S71" s="68"/>
+      <c r="T71" s="68"/>
+      <c r="U71" s="68"/>
+      <c r="V71" s="68"/>
+      <c r="W71" s="68"/>
+      <c r="X71" s="68"/>
+      <c r="Y71" s="68"/>
+      <c r="Z71" s="68"/>
+      <c r="AB71" s="68"/>
+    </row>
+    <row r="72" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="68" t="s">
         <v>108</v>
       </c>
-      <c r="B72" s="136"/>
-[...27 lines deleted...]
-      <c r="A73" s="300" t="s">
+      <c r="B72" s="68"/>
+      <c r="C72" s="68"/>
+      <c r="D72" s="68"/>
+      <c r="E72" s="68"/>
+      <c r="F72" s="68"/>
+      <c r="G72" s="68"/>
+      <c r="H72" s="68"/>
+      <c r="I72" s="68"/>
+      <c r="J72" s="68"/>
+      <c r="K72" s="68"/>
+      <c r="L72" s="68"/>
+      <c r="M72" s="68"/>
+      <c r="N72" s="68"/>
+      <c r="O72" s="68"/>
+      <c r="P72" s="68"/>
+      <c r="Q72" s="68"/>
+      <c r="R72" s="68"/>
+      <c r="S72" s="68"/>
+      <c r="T72" s="68"/>
+      <c r="U72" s="68"/>
+      <c r="V72" s="68"/>
+      <c r="W72" s="68"/>
+      <c r="X72" s="68"/>
+      <c r="Y72" s="68"/>
+      <c r="Z72" s="68"/>
+      <c r="AB72" s="68"/>
+    </row>
+    <row r="73" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="283" t="s">
         <v>119</v>
       </c>
-      <c r="B73" s="300"/>
-[...28 lines deleted...]
-      <c r="A74" s="136" t="s">
+      <c r="B73" s="283"/>
+      <c r="C73" s="283"/>
+      <c r="D73" s="283"/>
+      <c r="E73" s="283"/>
+      <c r="F73" s="283"/>
+      <c r="G73" s="283"/>
+      <c r="H73" s="283"/>
+      <c r="I73" s="283"/>
+      <c r="J73" s="283"/>
+      <c r="K73" s="283"/>
+      <c r="L73" s="283"/>
+      <c r="M73" s="283"/>
+      <c r="N73" s="283"/>
+      <c r="O73" s="283"/>
+      <c r="P73" s="283"/>
+      <c r="Q73" s="283"/>
+      <c r="R73" s="283"/>
+      <c r="S73" s="283"/>
+      <c r="T73" s="283"/>
+      <c r="U73" s="283"/>
+      <c r="V73" s="283"/>
+      <c r="W73" s="283"/>
+      <c r="X73" s="283"/>
+      <c r="Y73" s="283"/>
+      <c r="Z73" s="283"/>
+      <c r="AA73" s="283"/>
+      <c r="AB73" s="68"/>
+    </row>
+    <row r="74" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="B74" s="136"/>
-[...27 lines deleted...]
-      <c r="A75" s="300" t="s">
+      <c r="B74" s="68"/>
+      <c r="C74" s="68"/>
+      <c r="D74" s="68"/>
+      <c r="E74" s="68"/>
+      <c r="F74" s="68"/>
+      <c r="G74" s="68"/>
+      <c r="H74" s="68"/>
+      <c r="I74" s="68"/>
+      <c r="J74" s="68"/>
+      <c r="K74" s="68"/>
+      <c r="L74" s="68"/>
+      <c r="M74" s="68"/>
+      <c r="N74" s="68"/>
+      <c r="O74" s="68"/>
+      <c r="P74" s="68"/>
+      <c r="Q74" s="68"/>
+      <c r="R74" s="68"/>
+      <c r="S74" s="68"/>
+      <c r="T74" s="68"/>
+      <c r="U74" s="68"/>
+      <c r="V74" s="68"/>
+      <c r="W74" s="68"/>
+      <c r="X74" s="68"/>
+      <c r="Y74" s="68"/>
+      <c r="Z74" s="68"/>
+      <c r="AB74" s="68"/>
+    </row>
+    <row r="75" spans="1:48" s="21" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="283" t="s">
         <v>117</v>
       </c>
-      <c r="B75" s="300"/>
-[...58 lines deleted...]
-      <c r="C77" s="303" t="s">
+      <c r="B75" s="283"/>
+      <c r="C75" s="283"/>
+      <c r="D75" s="283"/>
+      <c r="E75" s="283"/>
+      <c r="F75" s="283"/>
+      <c r="G75" s="283"/>
+      <c r="H75" s="283"/>
+      <c r="I75" s="283"/>
+      <c r="J75" s="283"/>
+      <c r="K75" s="283"/>
+      <c r="L75" s="283"/>
+      <c r="M75" s="283"/>
+      <c r="N75" s="283"/>
+      <c r="O75" s="283"/>
+      <c r="P75" s="283"/>
+      <c r="Q75" s="283"/>
+      <c r="R75" s="283"/>
+      <c r="S75" s="283"/>
+      <c r="T75" s="283"/>
+      <c r="U75" s="283"/>
+      <c r="V75" s="283"/>
+      <c r="W75" s="283"/>
+      <c r="X75" s="283"/>
+      <c r="Y75" s="283"/>
+      <c r="Z75" s="283"/>
+      <c r="AA75" s="283"/>
+      <c r="AB75" s="68"/>
+    </row>
+    <row r="76" spans="1:48" s="21" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="68"/>
+      <c r="B76" s="68"/>
+      <c r="C76" s="68"/>
+      <c r="D76" s="68"/>
+      <c r="E76" s="68"/>
+      <c r="F76" s="68"/>
+      <c r="G76" s="68"/>
+      <c r="H76" s="68"/>
+      <c r="I76" s="68"/>
+      <c r="J76" s="68"/>
+      <c r="K76" s="68"/>
+      <c r="L76" s="68"/>
+      <c r="M76" s="68"/>
+      <c r="N76" s="68"/>
+      <c r="O76" s="68"/>
+      <c r="P76" s="68"/>
+      <c r="Q76" s="68"/>
+      <c r="R76" s="68"/>
+      <c r="S76" s="68"/>
+      <c r="T76" s="68"/>
+      <c r="U76" s="68"/>
+      <c r="V76" s="68"/>
+      <c r="W76" s="68"/>
+      <c r="X76" s="68"/>
+      <c r="Y76" s="68"/>
+      <c r="Z76" s="68"/>
+      <c r="AB76" s="68"/>
+    </row>
+    <row r="77" spans="1:48" s="21" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="110"/>
+      <c r="C77" s="288" t="s">
         <v>109</v>
       </c>
-      <c r="D77" s="303"/>
-[...1 lines deleted...]
-      <c r="J77" s="133" t="s">
+      <c r="D77" s="288"/>
+      <c r="I77" s="68"/>
+      <c r="J77" s="21" t="s">
         <v>110</v>
       </c>
-      <c r="Q77" s="304"/>
-[...13 lines deleted...]
-      <c r="A78" s="305" t="s">
+      <c r="Q77" s="289"/>
+      <c r="R77" s="289"/>
+      <c r="S77" s="289"/>
+      <c r="T77" s="289"/>
+      <c r="U77" s="289"/>
+      <c r="V77" s="289"/>
+      <c r="W77" s="289"/>
+      <c r="X77" s="289"/>
+      <c r="Y77" s="289"/>
+      <c r="Z77" s="289"/>
+      <c r="AA77" s="289"/>
+      <c r="AB77" s="85"/>
+    </row>
+    <row r="78" spans="1:48" s="21" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="284" t="s">
         <v>111</v>
       </c>
-      <c r="B78" s="305"/>
-[...2 lines deleted...]
-      <c r="E78" s="141" t="s">
+      <c r="B78" s="284"/>
+      <c r="C78" s="221"/>
+      <c r="D78" s="221"/>
+      <c r="E78" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="F78" s="142"/>
-      <c r="G78" s="141" t="s">
+      <c r="F78" s="111"/>
+      <c r="G78" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="H78" s="306"/>
-[...34 lines deleted...]
-      <c r="AB79" s="146"/>
+      <c r="H78" s="221"/>
+      <c r="I78" s="221"/>
+      <c r="AC78" s="105"/>
+      <c r="AD78" s="32"/>
+      <c r="AE78" s="32"/>
+    </row>
+    <row r="79" spans="1:48" s="21" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="283"/>
+      <c r="C79" s="284"/>
+      <c r="D79" s="284"/>
+      <c r="E79" s="285"/>
+      <c r="F79" s="285"/>
+      <c r="G79" s="285"/>
+      <c r="H79" s="285"/>
+      <c r="I79" s="285"/>
+      <c r="J79" s="285"/>
+      <c r="K79" s="285"/>
+      <c r="L79" s="285"/>
+      <c r="M79" s="285"/>
+      <c r="N79" s="285"/>
+      <c r="O79" s="285"/>
+      <c r="P79" s="285"/>
+      <c r="Q79" s="285"/>
+      <c r="R79" s="285"/>
+      <c r="S79" s="285"/>
+      <c r="T79" s="285"/>
+      <c r="U79" s="285"/>
+      <c r="V79" s="285"/>
+      <c r="W79" s="285"/>
+      <c r="X79" s="285"/>
+      <c r="Y79" s="68"/>
+      <c r="Z79" s="68"/>
+      <c r="AA79" s="68"/>
+      <c r="AB79" s="68"/>
     </row>
     <row r="80" spans="1:48" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="319" t="s">
+      <c r="A80" s="286" t="s">
         <v>113</v>
       </c>
-      <c r="B80" s="319"/>
-[...26 lines deleted...]
-      <c r="AC80" s="146"/>
+      <c r="B80" s="286"/>
+      <c r="C80" s="286"/>
+      <c r="D80" s="286"/>
+      <c r="E80" s="286"/>
+      <c r="F80" s="286"/>
+      <c r="G80" s="286"/>
+      <c r="H80" s="286"/>
+      <c r="I80" s="286"/>
+      <c r="J80" s="286"/>
+      <c r="K80" s="286"/>
+      <c r="L80" s="286"/>
+      <c r="M80" s="286"/>
+      <c r="N80" s="286"/>
+      <c r="O80" s="286"/>
+      <c r="P80" s="286"/>
+      <c r="Q80" s="286"/>
+      <c r="R80" s="286"/>
+      <c r="S80" s="286"/>
+      <c r="T80" s="286"/>
+      <c r="U80" s="286"/>
+      <c r="V80" s="286"/>
+      <c r="W80" s="286"/>
+      <c r="X80" s="286"/>
+      <c r="Y80" s="286"/>
+      <c r="Z80" s="286"/>
+      <c r="AA80" s="286"/>
+      <c r="AB80" s="68"/>
+      <c r="AC80" s="68"/>
     </row>
     <row r="81" spans="1:27" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="320" t="s">
+      <c r="A81" s="224" t="s">
         <v>114</v>
       </c>
-      <c r="B81" s="320"/>
-[...24 lines deleted...]
-      <c r="AA81" s="126" t="s">
+      <c r="B81" s="224"/>
+      <c r="C81" s="224"/>
+      <c r="D81" s="224"/>
+      <c r="E81" s="32"/>
+      <c r="F81" s="32"/>
+      <c r="G81" s="32"/>
+      <c r="H81" s="32"/>
+      <c r="I81" s="32"/>
+      <c r="J81" s="32"/>
+      <c r="K81" s="32"/>
+      <c r="L81" s="32"/>
+      <c r="M81" s="32"/>
+      <c r="N81" s="32"/>
+      <c r="O81" s="32"/>
+      <c r="P81" s="32"/>
+      <c r="Q81" s="32"/>
+      <c r="R81" s="32"/>
+      <c r="S81" s="32"/>
+      <c r="T81" s="32"/>
+      <c r="U81" s="32"/>
+      <c r="V81" s="32"/>
+      <c r="W81" s="32"/>
+      <c r="X81" s="32"/>
+      <c r="Y81" s="32"/>
+      <c r="Z81" s="105"/>
+      <c r="AA81" s="106" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="82" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-    </row>
+    <row r="82" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="83" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="84" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="85" spans="1:27" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="294">
-    <mergeCell ref="Q7:AA7"/>
-[...255 lines deleted...]
-    <mergeCell ref="P56:U56"/>
+    <mergeCell ref="A81:D81"/>
+    <mergeCell ref="A78:B78"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="H78:I78"/>
+    <mergeCell ref="B79:D79"/>
+    <mergeCell ref="E79:X79"/>
+    <mergeCell ref="A80:AA80"/>
+    <mergeCell ref="A63:AA63"/>
+    <mergeCell ref="A64:AA64"/>
+    <mergeCell ref="A73:AA73"/>
+    <mergeCell ref="A75:AA75"/>
+    <mergeCell ref="C77:D77"/>
+    <mergeCell ref="Q77:AA77"/>
     <mergeCell ref="X60:Y60"/>
     <mergeCell ref="Z60:AA60"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="D60:H60"/>
     <mergeCell ref="I60:J60"/>
     <mergeCell ref="K60:M60"/>
     <mergeCell ref="N60:O60"/>
     <mergeCell ref="P60:U60"/>
     <mergeCell ref="X58:Y58"/>
     <mergeCell ref="Z58:AA58"/>
     <mergeCell ref="B59:C59"/>
     <mergeCell ref="D59:H59"/>
     <mergeCell ref="I59:J59"/>
     <mergeCell ref="K59:M59"/>
     <mergeCell ref="N59:O59"/>
     <mergeCell ref="P59:U59"/>
     <mergeCell ref="X59:Y59"/>
     <mergeCell ref="Z59:AA59"/>
     <mergeCell ref="B58:C58"/>
     <mergeCell ref="D58:H58"/>
     <mergeCell ref="I58:J58"/>
     <mergeCell ref="K58:M58"/>
     <mergeCell ref="N58:O58"/>
     <mergeCell ref="P58:U58"/>
-    <mergeCell ref="A81:D81"/>
-[...11 lines deleted...]
-    <mergeCell ref="Q77:AA77"/>
+    <mergeCell ref="X56:Y56"/>
+    <mergeCell ref="Z56:AA56"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:H57"/>
+    <mergeCell ref="I57:J57"/>
+    <mergeCell ref="K57:M57"/>
+    <mergeCell ref="N57:O57"/>
+    <mergeCell ref="P57:U57"/>
+    <mergeCell ref="X57:Y57"/>
+    <mergeCell ref="Z57:AA57"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:H56"/>
+    <mergeCell ref="I56:J56"/>
+    <mergeCell ref="K56:M56"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="P56:U56"/>
+    <mergeCell ref="X54:Y54"/>
+    <mergeCell ref="Z54:AA54"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="D55:H55"/>
+    <mergeCell ref="I55:J55"/>
+    <mergeCell ref="K55:M55"/>
+    <mergeCell ref="N55:O55"/>
+    <mergeCell ref="P55:U55"/>
+    <mergeCell ref="X55:Y55"/>
+    <mergeCell ref="Z55:AA55"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:H54"/>
+    <mergeCell ref="I54:J54"/>
+    <mergeCell ref="K54:M54"/>
+    <mergeCell ref="N54:O54"/>
+    <mergeCell ref="P54:U54"/>
+    <mergeCell ref="X52:Y52"/>
+    <mergeCell ref="Z52:AA52"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="D53:H53"/>
+    <mergeCell ref="I53:J53"/>
+    <mergeCell ref="K53:M53"/>
+    <mergeCell ref="N53:O53"/>
+    <mergeCell ref="P53:U53"/>
+    <mergeCell ref="X53:Y53"/>
+    <mergeCell ref="Z53:AA53"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="D52:H52"/>
+    <mergeCell ref="I52:J52"/>
+    <mergeCell ref="K52:M52"/>
+    <mergeCell ref="N52:O52"/>
+    <mergeCell ref="P52:U52"/>
+    <mergeCell ref="X50:Y50"/>
+    <mergeCell ref="Z50:AA50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:H51"/>
+    <mergeCell ref="I51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:O51"/>
+    <mergeCell ref="P51:U51"/>
+    <mergeCell ref="X51:Y51"/>
+    <mergeCell ref="Z51:AA51"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="D50:H50"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:O50"/>
+    <mergeCell ref="P50:U50"/>
+    <mergeCell ref="X48:Y48"/>
+    <mergeCell ref="Z48:AA48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="D49:H49"/>
+    <mergeCell ref="I49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:O49"/>
+    <mergeCell ref="P49:U49"/>
+    <mergeCell ref="X49:Y49"/>
+    <mergeCell ref="Z49:AA49"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="D48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:O48"/>
+    <mergeCell ref="P48:U48"/>
+    <mergeCell ref="X46:Y46"/>
+    <mergeCell ref="Z46:AA46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:O47"/>
+    <mergeCell ref="P47:U47"/>
+    <mergeCell ref="X47:Y47"/>
+    <mergeCell ref="Z47:AA47"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="D46:H46"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:O46"/>
+    <mergeCell ref="P46:U46"/>
+    <mergeCell ref="X44:Y44"/>
+    <mergeCell ref="Z44:AA44"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="D45:H45"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:O45"/>
+    <mergeCell ref="P45:U45"/>
+    <mergeCell ref="X45:Y45"/>
+    <mergeCell ref="Z45:AA45"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:H44"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:O44"/>
+    <mergeCell ref="P44:U44"/>
+    <mergeCell ref="X42:Y42"/>
+    <mergeCell ref="Z42:AA42"/>
+    <mergeCell ref="B43:C43"/>
+    <mergeCell ref="D43:H43"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:U43"/>
+    <mergeCell ref="X43:Y43"/>
+    <mergeCell ref="Z43:AA43"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="D42:H42"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="X40:Y40"/>
+    <mergeCell ref="Z40:AA40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="D41:H41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:O41"/>
+    <mergeCell ref="P41:U41"/>
+    <mergeCell ref="X41:Y41"/>
+    <mergeCell ref="Z41:AA41"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="D40:H40"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="P40:U40"/>
+    <mergeCell ref="X38:Y38"/>
+    <mergeCell ref="Z38:AA38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="D39:H39"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:U39"/>
+    <mergeCell ref="X39:Y39"/>
+    <mergeCell ref="Z39:AA39"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="D38:H38"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="D36:H36"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="P36:U36"/>
+    <mergeCell ref="X36:Y36"/>
+    <mergeCell ref="Z36:AA36"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="D37:H37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="P37:U37"/>
+    <mergeCell ref="X37:Y37"/>
+    <mergeCell ref="Z37:AA37"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="D31:S31"/>
+    <mergeCell ref="T31:X31"/>
+    <mergeCell ref="Y31:AA31"/>
+    <mergeCell ref="B34:C35"/>
+    <mergeCell ref="D34:H35"/>
+    <mergeCell ref="I34:J35"/>
+    <mergeCell ref="K34:M35"/>
+    <mergeCell ref="N34:O35"/>
+    <mergeCell ref="P34:U35"/>
+    <mergeCell ref="X34:Y35"/>
+    <mergeCell ref="Z34:AA35"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="D29:N29"/>
+    <mergeCell ref="O29:P29"/>
+    <mergeCell ref="Q29:AA29"/>
+    <mergeCell ref="AD29:AG29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E30:I30"/>
+    <mergeCell ref="J30:L30"/>
+    <mergeCell ref="M30:Q30"/>
+    <mergeCell ref="R30:S30"/>
+    <mergeCell ref="T30:AA30"/>
+    <mergeCell ref="AD25:AG25"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="D26:S26"/>
+    <mergeCell ref="T26:X26"/>
+    <mergeCell ref="Y26:AA26"/>
+    <mergeCell ref="B28:L28"/>
+    <mergeCell ref="Q28:AA28"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="D23:Q23"/>
+    <mergeCell ref="R23:U23"/>
+    <mergeCell ref="X23:AA23"/>
+    <mergeCell ref="B24:L24"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="D25:N25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="C18:AA18"/>
+    <mergeCell ref="C19:AA19"/>
+    <mergeCell ref="B21:K21"/>
+    <mergeCell ref="P21:AA21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D22:O22"/>
+    <mergeCell ref="P22:S22"/>
+    <mergeCell ref="T22:AA22"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="D14:I14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="R14:X14"/>
+    <mergeCell ref="B16:K16"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="E12:I12"/>
+    <mergeCell ref="J12:M12"/>
+    <mergeCell ref="N12:Q12"/>
+    <mergeCell ref="R12:Y12"/>
+    <mergeCell ref="Z12:AA12"/>
+    <mergeCell ref="AG10:AM10"/>
+    <mergeCell ref="B11:F11"/>
+    <mergeCell ref="G11:K11"/>
+    <mergeCell ref="L11:O11"/>
+    <mergeCell ref="P11:T11"/>
+    <mergeCell ref="U11:Z11"/>
+    <mergeCell ref="AD11:AF11"/>
+    <mergeCell ref="AG11:AM11"/>
+    <mergeCell ref="Q7:AA7"/>
+    <mergeCell ref="AD7:AF7"/>
+    <mergeCell ref="AG7:AM7"/>
+    <mergeCell ref="AD8:AF8"/>
+    <mergeCell ref="AG8:AM8"/>
+    <mergeCell ref="AD9:AF9"/>
+    <mergeCell ref="AG9:AM9"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="J1:AA1"/>
+    <mergeCell ref="B3:P4"/>
+    <mergeCell ref="Q4:AA4"/>
+    <mergeCell ref="E5:N5"/>
+    <mergeCell ref="B6:P6"/>
+    <mergeCell ref="Q6:AA6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="AH25" r:id="rId1" xr:uid="{00000000-0004-0000-0800-000000000000}"/>
     <hyperlink ref="AH22" r:id="rId2" xr:uid="{00000000-0004-0000-0800-000001000000}"/>
     <hyperlink ref="AH21" r:id="rId3" xr:uid="{00000000-0004-0000-0800-000002000000}"/>
     <hyperlink ref="AH29" r:id="rId4" xr:uid="{00000000-0004-0000-0800-000003000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0.19685039370078741" top="0.11811023622047245" bottom="0.11811023622047245" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="78" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId5"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="aaf653b8-6636-4b5f-bd3c-51f8064fe489">2YMDZMNZ4YN7-1872399082-3311519</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="aaf653b8-6636-4b5f-bd3c-51f8064fe489">
+      <Url>https://govraa.sharepoint.com/sites/Agricultura/_layouts/15/DocIdRedir.aspx?ID=2YMDZMNZ4YN7-1872399082-3311519</Url>
+      <Description>2YMDZMNZ4YN7-1872399082-3311519</Description>
+    </_dlc_DocIdUrl>
+    <TaxCatchAll xmlns="aaf653b8-6636-4b5f-bd3c-51f8064fe489" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7e866659-691f-45ca-8910-7599053579b6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...50 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="aaf653b8-6636-4b5f-bd3c-51f8064fe489" xmlns:ns3="7e866659-691f-45ca-8910-7599053579b6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e0362bd61bbccaec20feb57ced2a312" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010081F658E63919394BAC67ED83173FB3D5" ma:contentTypeVersion="15" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="c158b4f477aa019c630887e56870d3fe">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="aaf653b8-6636-4b5f-bd3c-51f8064fe489" xmlns:ns3="7e866659-691f-45ca-8910-7599053579b6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6930ecad59217ab543d56c548cde91c3" ns2:_="" ns3:_="">
     <xsd:import namespace="aaf653b8-6636-4b5f-bd3c-51f8064fe489"/>
     <xsd:import namespace="7e866659-691f-45ca-8910-7599053579b6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="aaf653b8-6636-4b5f-bd3c-51f8064fe489" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Valor do ID do Documento" ma:description="O valor do ID do documento atribuído a este item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="ID do Documento" ma:description="Ligação permanente a este documento." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -27991,50 +27118,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="22" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="25" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -28091,99 +27223,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A65BE61F-F63F-4FBB-A3EC-CCB5423B7565}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BB66861-6B3F-44BB-990C-7E7FC14B4725}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="aaf653b8-6636-4b5f-bd3c-51f8064fe489"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7e866659-691f-45ca-8910-7599053579b6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBA34D0A-1B90-4F97-AFAA-27B6B4E691A3}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4285E69A-44E2-4211-8EBA-F3D7F59C7BA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BB66861-6B3F-44BB-990C-7E7FC14B4725}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A65BE61F-F63F-4FBB-A3EC-CCB5423B7565}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos com Nome</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -28216,32 +27391,32 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maria MT. Andrade</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010081F658E63919394BAC67ED83173FB3D5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>159116000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>97048325-5ed0-484e-9f69-6ecbcd0fb45b</vt:lpwstr>
+    <vt:lpwstr>d0fd6291-f9c4-4ecd-804d-1954c59a15fa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>